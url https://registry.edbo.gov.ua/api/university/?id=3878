--- v0 (2025-11-03)
+++ v1 (2026-03-21)
@@ -221,51 +221,51 @@
           <t>Код</t>
         </is>
       </c>
       <c r="B2" s="3" t="inlineStr">
         <is>
           <t>3878</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="2" t="inlineStr">
         <is>
           <t>Код головного закладу</t>
         </is>
       </c>
       <c r="B3" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="2" t="inlineStr">
         <is>
           <t>Коротка назва</t>
         </is>
       </c>
       <c r="B4" s="3" t="inlineStr">
         <is>
-          <t>Навчальний центр</t>
+          <t>ДНЗ «ХАРКІВСЬКИЙ ОНЦ АПК»</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="2" t="inlineStr">
         <is>
           <t>Назва закладу освіти (англ.)</t>
         </is>
       </c>
       <c r="B5" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="2" t="inlineStr">
         <is>
           <t>ОЦ «Крим-Україна», ОЦ «Донбас-Україна»</t>
         </is>
       </c>
       <c r="B6" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="2" t="inlineStr">
         <is>
           <t>Рік заснування</t>
         </is>
       </c>
@@ -357,77 +357,69 @@
         <is>
           <t>с-ще Пісочин</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Адреса (місцезнаходження)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>вул. Некрасова, 11</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон / факс</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>057-742-70-30, 057-742-75-48</t>
+          <t>+38(057)-742-70-30; +38(057)-742-71-84;</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
-      <c r="B17" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B17" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
-      <c r="B18" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B18" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Д`яченко Дмитро Іванович</t>
         </is>
       </c>
     </row>