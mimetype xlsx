--- v0 (2025-12-05)
+++ v1 (2026-02-08)
@@ -2163,55 +2163,55 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
         <v>43679</v>
       </c>
       <c r="F11" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="G11" s="3"/>
       <c r="H11" s="7" t="inlineStr">
         <is>
-          <t>ДО 004292</t>
+          <t>ДО 006860</t>
         </is>
       </c>
       <c r="I11" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J11" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K11" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D12" s="3"/>
@@ -2534,54 +2534,56 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="8" t="n">
         <v>72752</v>
       </c>
       <c r="F20" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="G20" s="3"/>
       <c r="H20" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I20" s="9"/>
+          <t>ДО 006779</t>
+        </is>
+      </c>
+      <c r="I20" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J20" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K20" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="8" t="n">
@@ -2655,93 +2657,97 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="8" t="n">
         <v>72034</v>
       </c>
       <c r="F23" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="G23" s="3"/>
       <c r="H23" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I23" s="9"/>
+          <t>ДО 006778</t>
+        </is>
+      </c>
+      <c r="I23" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J23" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K23" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D24" s="3"/>
       <c r="E24" s="8" t="n">
         <v>72740</v>
       </c>
       <c r="F24" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="G24" s="3"/>
       <c r="H24" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I24" s="9"/>
+          <t>ДО 006777</t>
+        </is>
+      </c>
+      <c r="I24" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J24" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K24" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
           <t>G18</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="8" t="n">
@@ -2932,51 +2938,51 @@
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Дизайн середовища</t>
         </is>
       </c>
       <c r="E2" s="8" t="n">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
@@ -3130,84 +3136,84 @@
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>H1</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
@@ -3262,51 +3268,51 @@
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
-        <v>53</v>
+        <v>41</v>
       </c>
       <c r="F12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
@@ -3328,51 +3334,51 @@
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="8" t="n">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
@@ -3427,51 +3433,51 @@
       <c r="H16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="8" t="n">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="F17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>201</t>
         </is>
       </c>