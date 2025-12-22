--- v0 (2025-11-04)
+++ v1 (2025-12-22)
@@ -1987,54 +1987,54 @@
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>H2</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Тваринництво</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F4" s="8" t="n">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>H7</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
@@ -2053,51 +2053,51 @@
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>201</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>71</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>204</t>
         </is>
       </c>
@@ -2119,54 +2119,54 @@
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>208</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="F8" s="8" t="n">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I8"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">