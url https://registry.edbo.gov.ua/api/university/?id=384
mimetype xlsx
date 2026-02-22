--- v1 (2025-12-22)
+++ v2 (2026-02-22)
@@ -1954,219 +1954,219 @@
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>H1</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>15</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>H2</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Тваринництво</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="F4" s="8" t="n">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>H7</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>23</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>201</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>71</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>204</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Технологія виробництва і переробки продукції тваринництва</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
         <v>159</v>
       </c>
       <c r="F7" s="8" t="n">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>208</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
         <v>202</v>
       </c>
       <c r="F8" s="8" t="n">
-        <v>81</v>
+        <v>72</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I8"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">