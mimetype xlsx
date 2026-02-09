--- v0 (2025-12-15)
+++ v1 (2026-02-09)
@@ -582,108 +582,108 @@
       </c>
       <c r="D6" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>8322 Водій автотранспортних засобів (категорія C)
 </t>
         </is>
       </c>
       <c r="B7" s="7" t="n">
         <v>20</v>
       </c>
       <c r="C7" s="8" t="inlineStr">
         <is>
           <t>PI 040937</t>
         </is>
       </c>
       <c r="D7" s="9" t="n">
         <v>46448</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
-          <t>8331 Тракторист-машиніст сільськогосподарського виробництва (категорія A1)
+          <t>8331 Тракторист-машиніст сільськогосподарського (лісогосподарського) виробництва (категорія A1)
 </t>
         </is>
       </c>
       <c r="B8" s="7" t="n">
         <v>30</v>
       </c>
       <c r="C8" s="8" t="inlineStr">
         <is>
           <t>PI 040937</t>
         </is>
       </c>
       <c r="D8" s="9" t="n">
         <v>46448</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
-          <t>8331 Тракторист-машиніст сільськогосподарського виробництва (категорія A2)
+          <t>8331 Тракторист-машиніст сільськогосподарського (лісогосподарського) виробництва (категорія A2)
 </t>
         </is>
       </c>
       <c r="B9" s="7" t="n">
         <v>10</v>
       </c>
       <c r="C9" s="8" t="inlineStr">
         <is>
           <t>PI 040937</t>
         </is>
       </c>
       <c r="D9" s="9" t="n">
         <v>46448</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
-          <t>8331 Тракторист-машиніст сільськогосподарського виробництва (категорія B1)
+          <t>8331 Тракторист-машиніст сільськогосподарського (лісогосподарського) виробництва (категорія B1)
 </t>
         </is>
       </c>
       <c r="B10" s="7" t="n">
         <v>10</v>
       </c>
       <c r="C10" s="8" t="inlineStr">
         <is>
           <t>PI 040937</t>
         </is>
       </c>
       <c r="D10" s="9" t="n">
         <v>46448</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
-          <t>8331 Тракторист-машиніст сільськогосподарського виробництва (категорія C,D1,E1,G1,G2)
+          <t>8331 Тракторист-машиніст сільськогосподарського (лісогосподарського) виробництва (категорія C,D1,E1,G1,G2)
 </t>
         </is>
       </c>
       <c r="B11" s="7" t="n">
         <v>10</v>
       </c>
       <c r="C11" s="8" t="inlineStr">
         <is>
           <t>РІ 040937</t>
         </is>
       </c>
       <c r="D11" s="9" t="n">
         <v>46448</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>8331 Тракторист-машиніст сільськогосподарського (лісогосподарського) виробництва
 </t>
         </is>
       </c>
       <c r="B12" s="7" t="n">
         <v>30</v>
       </c>