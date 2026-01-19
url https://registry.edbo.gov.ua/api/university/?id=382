--- v0 (2025-11-20)
+++ v1 (2026-01-19)
@@ -2359,51 +2359,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D3" s="3" t="inlineStr">
         <is>
           <t>Верстати та інструменти</t>
         </is>
       </c>
       <c r="E3" s="8" t="n">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>G9</t>
         </is>
       </c>