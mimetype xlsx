--- v1 (2026-01-19)
+++ v2 (2026-03-18)
@@ -2491,51 +2491,51 @@
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
@@ -2557,51 +2557,51 @@
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>