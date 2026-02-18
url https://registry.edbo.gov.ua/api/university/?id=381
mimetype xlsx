--- v0 (2025-12-12)
+++ v1 (2026-02-18)
@@ -1941,51 +1941,51 @@
       </c>
       <c r="I1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>A2</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>32</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>B5</t>
         </is>
       </c>
@@ -2040,54 +2040,54 @@
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>012</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="F5" s="8" t="n">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>025</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>