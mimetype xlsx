--- v0 (2025-10-08)
+++ v1 (2025-11-23)
@@ -472,51 +472,51 @@
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="45"/>
     <col collapsed="false" hidden="false" max="1024" min="4" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Рівень освіти/ Освітній ступінь</t>
         </is>
       </c>
       <c r="B1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="C1" s="5" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>третій (освітньо-науковий) рівень</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
         <v>6</v>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 28.12.2021 № 282-л</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:C2"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
@@ -572,51 +572,51 @@
         </is>
       </c>
       <c r="E1" s="5" t="inlineStr">
         <is>
           <t>Освітня програма</t>
         </is>
       </c>
       <c r="F1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="G1" s="5" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="H1" s="5" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="I1" s="5" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>I2</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Медицина</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="3" t="inlineStr">
         <is>
           <t>222 Медицина</t>
         </is>
       </c>
@@ -1110,150 +1110,150 @@
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>I2</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Медицина</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>091</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Біологія</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>091</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="F5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>222</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Медицина</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I6"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>