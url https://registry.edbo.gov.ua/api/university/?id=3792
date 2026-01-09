--- v1 (2025-11-23)
+++ v2 (2026-01-09)
@@ -1080,51 +1080,51 @@
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>E1</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
         <v>1</v>
       </c>
       <c r="F2" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>I2</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Медицина</t>