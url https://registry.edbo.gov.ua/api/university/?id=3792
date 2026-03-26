--- v2 (2026-01-09)
+++ v3 (2026-03-26)
@@ -1143,51 +1143,51 @@
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>091</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Біологія</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="6" t="n">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="F4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>091</t>
         </is>
       </c>
@@ -1209,51 +1209,51 @@
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>222</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Медицина</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I6"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>