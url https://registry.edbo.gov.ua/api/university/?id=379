--- v0 (2025-12-05)
+++ v1 (2026-03-10)
@@ -2655,51 +2655,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D3" s="3" t="inlineStr">
         <is>
           <t>Технологічні машини та обладнання</t>
         </is>
       </c>
       <c r="E3" s="8" t="n">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>G18</t>
         </is>
       </c>
@@ -2721,265 +2721,265 @@
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
         <v>116</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="F7" s="8" t="n">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
-        <v>15</v>
+        <v>17</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>132</v>
+        <v>127</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>4</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D11" s="3" t="inlineStr">
         <is>
           <t>на автомобільному транспорті</t>
         </is>
       </c>
       <c r="E11" s="8" t="n">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I11"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>