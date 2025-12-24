--- v0 (2025-11-04)
+++ v1 (2025-12-24)
@@ -7148,1455 +7148,1453 @@
           <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="G81" s="3"/>
       <c r="H81" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I81" s="9"/>
       <c r="J81" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K81" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B82" s="8" t="inlineStr">
         <is>
-          <t>J3</t>
+          <t>I10</t>
         </is>
       </c>
       <c r="C82" s="3" t="inlineStr">
         <is>
-          <t>Туризм та рекреація</t>
+          <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D82" s="3"/>
       <c r="E82" s="6" t="n">
-        <v>68108</v>
+        <v>88192</v>
       </c>
       <c r="F82" s="3" t="inlineStr">
         <is>
-          <t>Туризм</t>
+          <t>Соціальна робота</t>
         </is>
       </c>
       <c r="G82" s="3"/>
       <c r="H82" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I82" s="9"/>
       <c r="J82" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K82" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Бакалавр</t>
         </is>
       </c>
       <c r="B83" s="8" t="inlineStr">
         <is>
-          <t>011</t>
+          <t>J3</t>
         </is>
       </c>
       <c r="C83" s="3" t="inlineStr">
         <is>
-          <t>Освітні, педагогічні науки</t>
+          <t>Туризм та рекреація</t>
         </is>
       </c>
       <c r="D83" s="3"/>
       <c r="E83" s="6" t="n">
-        <v>18625</v>
+        <v>68108</v>
       </c>
       <c r="F83" s="3" t="inlineStr">
         <is>
-          <t>Освітні, педагогічні науки</t>
-[...6 lines deleted...]
-      </c>
+          <t>Туризм</t>
+        </is>
+      </c>
+      <c r="G83" s="3"/>
       <c r="H83" s="8" t="inlineStr">
         <is>
-          <t>УД 04015450</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I83" s="9"/>
       <c r="J83" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K83" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B84" s="8" t="inlineStr">
         <is>
           <t>011</t>
         </is>
       </c>
       <c r="C84" s="3" t="inlineStr">
         <is>
           <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D84" s="3"/>
       <c r="E84" s="6" t="n">
-        <v>49567</v>
+        <v>18625</v>
       </c>
       <c r="F84" s="3" t="inlineStr">
         <is>
-          <t>Соціально-педагогічна робота з дітьми та молоддю</t>
+          <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="G84" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H84" s="8" t="inlineStr">
         <is>
-          <t>- 10349</t>
+          <t>УД 04015450</t>
         </is>
       </c>
       <c r="I84" s="9" t="n">
-        <v>46935</v>
+        <v>46204</v>
       </c>
       <c r="J84" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K84" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B85" s="8" t="inlineStr">
         <is>
-          <t>012</t>
+          <t>011</t>
         </is>
       </c>
       <c r="C85" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта</t>
+          <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D85" s="3"/>
       <c r="E85" s="6" t="n">
-        <v>18654</v>
+        <v>49567</v>
       </c>
       <c r="F85" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта</t>
+          <t>Соціально-педагогічна робота з дітьми та молоддю</t>
         </is>
       </c>
       <c r="G85" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H85" s="8" t="inlineStr">
         <is>
-          <t>УД 04015451</t>
+          <t>- 10349</t>
         </is>
       </c>
       <c r="I85" s="9" t="n">
-        <v>46204</v>
+        <v>46935</v>
       </c>
       <c r="J85" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K85" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B86" s="8" t="inlineStr">
         <is>
           <t>012</t>
         </is>
       </c>
       <c r="C86" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D86" s="3"/>
       <c r="E86" s="6" t="n">
-        <v>48639</v>
+        <v>18654</v>
       </c>
       <c r="F86" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта. Психологія</t>
+          <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="G86" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H86" s="8" t="inlineStr">
         <is>
-          <t>- 10340</t>
+          <t>УД 04015451</t>
         </is>
       </c>
       <c r="I86" s="9" t="n">
-        <v>46569</v>
+        <v>46204</v>
       </c>
       <c r="J86" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K86" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B87" s="8" t="inlineStr">
         <is>
-          <t>013</t>
+          <t>012</t>
         </is>
       </c>
       <c r="C87" s="3" t="inlineStr">
         <is>
-          <t>Початкова освіта</t>
+          <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D87" s="3"/>
       <c r="E87" s="6" t="n">
-        <v>18598</v>
+        <v>48639</v>
       </c>
       <c r="F87" s="3" t="inlineStr">
         <is>
-          <t>Початкова освіта</t>
+          <t>Дошкільна освіта. Психологія</t>
         </is>
       </c>
       <c r="G87" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H87" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I87" s="9"/>
+          <t>- 10340</t>
+        </is>
+      </c>
+      <c r="I87" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J87" s="8" t="inlineStr">
         <is>
-          <t>УД 04008585</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K87" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B88" s="8" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C88" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D88" s="3"/>
       <c r="E88" s="6" t="n">
-        <v>48585</v>
+        <v>18598</v>
       </c>
       <c r="F88" s="3" t="inlineStr">
         <is>
-          <t>Початкова освіта. Психологія</t>
+          <t>Початкова освіта</t>
         </is>
       </c>
       <c r="G88" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H88" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I88" s="9"/>
       <c r="J88" s="8" t="inlineStr">
         <is>
           <t>УД 04008585</t>
         </is>
       </c>
       <c r="K88" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B89" s="8" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C89" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D89" s="3"/>
       <c r="E89" s="6" t="n">
-        <v>48588</v>
+        <v>48585</v>
       </c>
       <c r="F89" s="3" t="inlineStr">
         <is>
-          <t>Початкова освіта. Інформатика в початковій школі</t>
+          <t>Початкова освіта. Психологія</t>
         </is>
       </c>
       <c r="G89" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H89" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I89" s="9"/>
       <c r="J89" s="8" t="inlineStr">
         <is>
           <t>УД 04008585</t>
         </is>
       </c>
       <c r="K89" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B90" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>013</t>
         </is>
       </c>
       <c r="C90" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Початкова освіта</t>
+        </is>
+      </c>
+      <c r="D90" s="3"/>
       <c r="E90" s="6" t="n">
-        <v>61391</v>
+        <v>48588</v>
       </c>
       <c r="F90" s="3" t="inlineStr">
         <is>
-          <t>Англійська мова, зарубіжна література</t>
+          <t>Початкова освіта. Інформатика в початковій школі</t>
         </is>
       </c>
       <c r="G90" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H90" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I90" s="9"/>
       <c r="J90" s="8" t="inlineStr">
         <is>
-          <t>УД 04008589</t>
+          <t>УД 04008585</t>
         </is>
       </c>
       <c r="K90" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B91" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C91" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D91" s="3" t="inlineStr">
         <is>
-          <t>Біологія та здоров’я людини</t>
+          <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E91" s="6" t="n">
-        <v>24107</v>
+        <v>61391</v>
       </c>
       <c r="F91" s="3" t="inlineStr">
         <is>
-          <t>Біологія та здоров'я людини</t>
+          <t>Англійська мова, зарубіжна література</t>
         </is>
       </c>
       <c r="G91" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H91" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I91" s="9"/>
       <c r="J91" s="8" t="inlineStr">
         <is>
-          <t>УД 04011520</t>
+          <t>УД 04008589</t>
         </is>
       </c>
       <c r="K91" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B92" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C92" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D92" s="3" t="inlineStr">
         <is>
-          <t>Географія</t>
+          <t>Біологія та здоров’я людини</t>
         </is>
       </c>
       <c r="E92" s="6" t="n">
-        <v>65052</v>
+        <v>24107</v>
       </c>
       <c r="F92" s="3" t="inlineStr">
         <is>
-          <t>Географія. Підприємництво і фінансова грамотність</t>
+          <t>Біологія та здоров'я людини</t>
         </is>
       </c>
       <c r="G92" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H92" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I92" s="9"/>
       <c r="J92" s="8" t="inlineStr">
         <is>
-          <t>УД 04008594</t>
+          <t>УД 04011520</t>
         </is>
       </c>
       <c r="K92" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B93" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C93" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D93" s="3" t="inlineStr">
         <is>
-          <t>Інформатика</t>
+          <t>Географія</t>
         </is>
       </c>
       <c r="E93" s="6" t="n">
-        <v>48600</v>
+        <v>65052</v>
       </c>
       <c r="F93" s="3" t="inlineStr">
         <is>
-          <t>Інформатика. Програмування</t>
+          <t>Географія. Підприємництво і фінансова грамотність</t>
         </is>
       </c>
       <c r="G93" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H93" s="8" t="inlineStr">
         <is>
-          <t>- 10353</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I93" s="9"/>
       <c r="J93" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K93" s="9"/>
+          <t>УД 04008594</t>
+        </is>
+      </c>
+      <c r="K93" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B94" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C94" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D94" s="3" t="inlineStr">
         <is>
-          <t>Історія та громадянська освіта</t>
+          <t>Інформатика</t>
         </is>
       </c>
       <c r="E94" s="6" t="n">
-        <v>64901</v>
+        <v>48600</v>
       </c>
       <c r="F94" s="3" t="inlineStr">
         <is>
-          <t>Історія та громадянська освіта</t>
+          <t>Інформатика. Програмування</t>
         </is>
       </c>
       <c r="G94" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H94" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I94" s="9"/>
+          <t>- 10353</t>
+        </is>
+      </c>
+      <c r="I94" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J94" s="8" t="inlineStr">
         <is>
-          <t>УД 04008590</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K94" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B95" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C95" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D95" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E95" s="6" t="n">
-        <v>48597</v>
+        <v>64901</v>
       </c>
       <c r="F95" s="3" t="inlineStr">
         <is>
-          <t>Математика. Інформатика</t>
+          <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="G95" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H95" s="8" t="inlineStr">
         <is>
-          <t>- 10354</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I95" s="9"/>
       <c r="J95" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K95" s="9"/>
+          <t>УД 04008590</t>
+        </is>
+      </c>
+      <c r="K95" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B96" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C96" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D96" s="3" t="inlineStr">
         <is>
-          <t>Мистецтво. Музичне мистецтво</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="E96" s="6" t="n">
-        <v>64906</v>
+        <v>48597</v>
       </c>
       <c r="F96" s="3" t="inlineStr">
         <is>
-          <t>Мистецтво. Музичне мистецтво</t>
+          <t>Математика. Інформатика</t>
         </is>
       </c>
       <c r="G96" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H96" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I96" s="9"/>
+          <t>- 10354</t>
+        </is>
+      </c>
+      <c r="I96" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J96" s="8" t="inlineStr">
         <is>
-          <t>УД 04008599</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K96" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B97" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C97" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D97" s="3" t="inlineStr">
         <is>
-          <t>Мистецтво. Образотворче мистецтво</t>
+          <t>Мистецтво. Музичне мистецтво</t>
         </is>
       </c>
       <c r="E97" s="6" t="n">
-        <v>64904</v>
+        <v>64906</v>
       </c>
       <c r="F97" s="3" t="inlineStr">
         <is>
-          <t>Мистецтво. Образотворче мистецтво</t>
+          <t>Мистецтво. Музичне мистецтво</t>
         </is>
       </c>
       <c r="G97" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H97" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I97" s="9"/>
       <c r="J97" s="8" t="inlineStr">
         <is>
-          <t>УД 04008598</t>
+          <t>УД 04008599</t>
         </is>
       </c>
       <c r="K97" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B98" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C98" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D98" s="3" t="inlineStr">
         <is>
-          <t>Німецька мова та зарубіжна література</t>
+          <t>Мистецтво. Образотворче мистецтво</t>
         </is>
       </c>
       <c r="E98" s="6" t="n">
-        <v>61393</v>
+        <v>64904</v>
       </c>
       <c r="F98" s="3" t="inlineStr">
         <is>
-          <t>Німецька мова, англійська мова, зарубіжна література</t>
+          <t>Мистецтво. Образотворче мистецтво</t>
         </is>
       </c>
       <c r="G98" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H98" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I98" s="9"/>
       <c r="J98" s="8" t="inlineStr">
         <is>
-          <t>УД 04008589</t>
+          <t>УД 04008598</t>
         </is>
       </c>
       <c r="K98" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B99" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C99" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D99" s="3" t="inlineStr">
         <is>
-          <t>Технології</t>
+          <t>Німецька мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E99" s="6" t="n">
-        <v>64936</v>
+        <v>61393</v>
       </c>
       <c r="F99" s="3" t="inlineStr">
         <is>
-          <t>Технології</t>
+          <t>Німецька мова, англійська мова, зарубіжна література</t>
         </is>
       </c>
       <c r="G99" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H99" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I99" s="9"/>
       <c r="J99" s="8" t="inlineStr">
         <is>
-          <t>УД 04008597</t>
+          <t>УД 04008589</t>
         </is>
       </c>
       <c r="K99" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B100" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C100" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D100" s="3" t="inlineStr">
         <is>
-          <t>Трудове навчання та технології</t>
+          <t>Технології</t>
         </is>
       </c>
       <c r="E100" s="6" t="n">
-        <v>15856</v>
+        <v>64936</v>
       </c>
       <c r="F100" s="3" t="inlineStr">
         <is>
-          <t>Трудове навчання та технології</t>
+          <t>Технології</t>
         </is>
       </c>
       <c r="G100" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H100" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I100" s="9"/>
       <c r="J100" s="8" t="inlineStr">
         <is>
           <t>УД 04008597</t>
         </is>
       </c>
       <c r="K100" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B101" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C101" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D101" s="3" t="inlineStr">
         <is>
-          <t>Українська мова і література</t>
+          <t>Трудове навчання та технології</t>
         </is>
       </c>
       <c r="E101" s="6" t="n">
-        <v>48590</v>
+        <v>15856</v>
       </c>
       <c r="F101" s="3" t="inlineStr">
         <is>
-          <t>Українська мова і література, зарубіжна література. Англійська мова</t>
+          <t>Трудове навчання та технології</t>
         </is>
       </c>
       <c r="G101" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H101" s="8" t="inlineStr">
         <is>
-          <t>- 10352</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I101" s="9"/>
       <c r="J101" s="8" t="inlineStr">
         <is>
-          <t>УД 04008586</t>
+          <t>УД 04008597</t>
         </is>
       </c>
       <c r="K101" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B102" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C102" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D102" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E102" s="6" t="n">
-        <v>48592</v>
+        <v>48590</v>
       </c>
       <c r="F102" s="3" t="inlineStr">
         <is>
-          <t>Українська мова і література, зарубіжна література. Редагування освітніх видань</t>
+          <t>Українська мова і література, зарубіжна література. Англійська мова</t>
         </is>
       </c>
       <c r="G102" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H102" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I102" s="9"/>
+          <t>- 10352</t>
+        </is>
+      </c>
+      <c r="I102" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J102" s="8" t="inlineStr">
         <is>
           <t>УД 04008586</t>
         </is>
       </c>
       <c r="K102" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B103" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C103" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D103" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E103" s="6" t="n">
-        <v>48644</v>
+        <v>48592</v>
       </c>
       <c r="F103" s="3" t="inlineStr">
         <is>
-          <t>Українська мова і література, зарубіжна література</t>
+          <t>Українська мова і література, зарубіжна література. Редагування освітніх видань</t>
         </is>
       </c>
       <c r="G103" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H103" s="8" t="inlineStr">
         <is>
-          <t>- 10351</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I103" s="9"/>
       <c r="J103" s="8" t="inlineStr">
         <is>
           <t>УД 04008586</t>
         </is>
       </c>
       <c r="K103" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B104" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C104" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D104" s="3" t="inlineStr">
         <is>
-          <t>Фізика та астрономія</t>
+          <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E104" s="6" t="n">
-        <v>60638</v>
+        <v>48644</v>
       </c>
       <c r="F104" s="3" t="inlineStr">
         <is>
-          <t>Фізика та астрономія. Інформатика</t>
+          <t>Українська мова і література, зарубіжна література</t>
         </is>
       </c>
       <c r="G104" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H104" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I104" s="9"/>
+          <t>- 10351</t>
+        </is>
+      </c>
+      <c r="I104" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J104" s="8" t="inlineStr">
         <is>
-          <t>УД 04016924</t>
+          <t>УД 04008586</t>
         </is>
       </c>
       <c r="K104" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B105" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C105" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D105" s="3" t="inlineStr">
         <is>
           <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="E105" s="6" t="n">
-        <v>60647</v>
+        <v>60638</v>
       </c>
       <c r="F105" s="3" t="inlineStr">
         <is>
-          <t>Фізика та астрономія. Математика</t>
+          <t>Фізика та астрономія. Інформатика</t>
         </is>
       </c>
       <c r="G105" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H105" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I105" s="9"/>
       <c r="J105" s="8" t="inlineStr">
         <is>
           <t>УД 04016924</t>
         </is>
       </c>
       <c r="K105" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B106" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C106" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D106" s="3" t="inlineStr">
         <is>
-          <t>Хімія</t>
+          <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="E106" s="6" t="n">
-        <v>48656</v>
+        <v>60647</v>
       </c>
       <c r="F106" s="3" t="inlineStr">
         <is>
-          <t>Хімія. Інформатика</t>
+          <t>Фізика та астрономія. Математика</t>
         </is>
       </c>
       <c r="G106" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H106" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I106" s="9"/>
       <c r="J106" s="8" t="inlineStr">
         <is>
-          <t>УД 04008593</t>
+          <t>УД 04016924</t>
         </is>
       </c>
       <c r="K106" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B107" s="8" t="inlineStr">
         <is>
-          <t>016</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C107" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
+          <t>Середня освіта</t>
         </is>
       </c>
       <c r="D107" s="3" t="inlineStr">
         <is>
-          <t>Логопедія</t>
+          <t>Хімія</t>
         </is>
       </c>
       <c r="E107" s="6" t="n">
-        <v>56023</v>
+        <v>48656</v>
       </c>
       <c r="F107" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта (Логопедія)</t>
+          <t>Хімія. Інформатика</t>
         </is>
       </c>
       <c r="G107" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H107" s="8" t="inlineStr">
         <is>
-          <t>- 10355</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I107" s="9"/>
       <c r="J107" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K107" s="9"/>
+          <t>УД 04008593</t>
+        </is>
+      </c>
+      <c r="K107" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B108" s="8" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>016</t>
         </is>
       </c>
       <c r="C108" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
+          <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D108" s="3" t="inlineStr">
         <is>
-          <t>германські мови та літератури (переклад включно), перша - англійська</t>
+          <t>Логопедія</t>
         </is>
       </c>
       <c r="E108" s="6" t="n">
-        <v>51545</v>
+        <v>56023</v>
       </c>
       <c r="F108" s="3" t="inlineStr">
         <is>
-          <t>Філологія. Переклад (перша-англійська)</t>
+          <t>Спеціальна освіта (Логопедія)</t>
         </is>
       </c>
       <c r="G108" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H108" s="8" t="inlineStr">
         <is>
-          <t>- 10350</t>
+          <t>- 10355</t>
         </is>
       </c>
       <c r="I108" s="9" t="n">
-        <v>46935</v>
+        <v>47300</v>
       </c>
       <c r="J108" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K108" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B109" s="8" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C109" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
-[...2 lines deleted...]
-      <c r="D109" s="3"/>
+          <t>Філологія</t>
+        </is>
+      </c>
+      <c r="D109" s="3" t="inlineStr">
+        <is>
+          <t>германські мови та літератури (переклад включно), перша - англійська</t>
+        </is>
+      </c>
       <c r="E109" s="6" t="n">
-        <v>18604</v>
+        <v>51545</v>
       </c>
       <c r="F109" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Філологія. Переклад (перша-англійська)</t>
         </is>
       </c>
       <c r="G109" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H109" s="8" t="inlineStr">
         <is>
-          <t>- 10362</t>
+          <t>- 10350</t>
         </is>
       </c>
       <c r="I109" s="9" t="n">
-        <v>47665</v>
+        <v>46935</v>
       </c>
       <c r="J109" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K109" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B110" s="8" t="inlineStr">
         <is>
-          <t>054</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C110" s="3" t="inlineStr">
         <is>
-          <t>Соціологія</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D110" s="3"/>
       <c r="E110" s="6" t="n">
-        <v>55792</v>
+        <v>18604</v>
       </c>
       <c r="F110" s="3" t="inlineStr">
         <is>
-          <t>Соціологія</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="G110" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H110" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I110" s="9"/>
+          <t>- 10362</t>
+        </is>
+      </c>
+      <c r="I110" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J110" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K110" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B111" s="8" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C111" s="3" t="inlineStr">
         <is>
           <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D111" s="3"/>
       <c r="E111" s="6" t="n">
         <v>64198</v>
       </c>
       <c r="F111" s="3" t="inlineStr">
         <is>
           <t>Туризм</t>
         </is>
       </c>
       <c r="G111" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H111" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I111" s="9"/>
+          <t>- 19324</t>
+        </is>
+      </c>
+      <c r="I111" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J111" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K111" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B112" s="8" t="inlineStr">
         <is>
           <t>A1</t>
         </is>
       </c>
       <c r="C112" s="3" t="inlineStr">
         <is>
           <t>Освітні науки</t>
         </is>
       </c>
       <c r="D112" s="3"/>
       <c r="E112" s="6" t="n">
@@ -8637,97 +8635,101 @@
         <is>
           <t>A1</t>
         </is>
       </c>
       <c r="C113" s="3" t="inlineStr">
         <is>
           <t>Освітні науки</t>
         </is>
       </c>
       <c r="D113" s="3"/>
       <c r="E113" s="6" t="n">
         <v>86603</v>
       </c>
       <c r="F113" s="3" t="inlineStr">
         <is>
           <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="G113" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H113" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I113" s="9"/>
+          <t>УД 04015450</t>
+        </is>
+      </c>
+      <c r="I113" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J113" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K113" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B114" s="8" t="inlineStr">
         <is>
           <t>A2</t>
         </is>
       </c>
       <c r="C114" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D114" s="3"/>
       <c r="E114" s="6" t="n">
         <v>67835</v>
       </c>
       <c r="F114" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="G114" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H114" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I114" s="9"/>
+          <t>УД 04015451</t>
+        </is>
+      </c>
+      <c r="I114" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J114" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K114" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B115" s="8" t="inlineStr">
         <is>
           <t>A3</t>
         </is>
       </c>
       <c r="C115" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D115" s="3"/>
       <c r="E115" s="6" t="n">
@@ -10544,51 +10546,51 @@
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>A2</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
         <v>17</v>
       </c>
       <c r="F2" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>A3</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
@@ -10796,51 +10798,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D9" s="3" t="inlineStr">
         <is>
           <t>Біологія та здоров’я людини</t>
         </is>
       </c>
       <c r="E9" s="6" t="n">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F9" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
@@ -11018,51 +11020,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D15" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E15" s="6" t="n">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="F15" s="6" t="n">
         <v>12</v>
       </c>
       <c r="G15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
@@ -11387,51 +11389,51 @@
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B25" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="6" t="n">
         <v>55</v>
       </c>
       <c r="F25" s="6" t="n">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="G25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="8" t="inlineStr">
         <is>
           <t>C5</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Соціологія</t>
@@ -11586,51 +11588,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B31" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D31" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E31" s="6" t="n">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="F31" s="6" t="n">
         <v>9</v>
       </c>
       <c r="G31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I31" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B32" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -11993,51 +11995,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B42" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D42" s="3" t="inlineStr">
         <is>
           <t>Фізика</t>
         </is>
       </c>
       <c r="E42" s="6" t="n">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I42" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B43" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -12067,51 +12069,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B44" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D44" s="3" t="inlineStr">
         <is>
           <t>Інформатика</t>
         </is>
       </c>
       <c r="E44" s="6" t="n">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="F44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I44" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B45" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -12178,51 +12180,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B47" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D47" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E47" s="6" t="n">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="F47" s="6" t="n">
         <v>34</v>
       </c>
       <c r="G47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I47" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B48" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -12252,51 +12254,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B49" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C49" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D49" s="3" t="inlineStr">
         <is>
           <t>Мистецтво. Образотворче мистецтво</t>
         </is>
       </c>
       <c r="E49" s="6" t="n">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I49" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B50" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -12437,51 +12439,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B54" s="8" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C54" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D54" s="3" t="inlineStr">
         <is>
           <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="E54" s="6" t="n">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="F54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I54" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B55" s="8" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
@@ -12581,87 +12583,87 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B58" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C58" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D58" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E58" s="6" t="n">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="F58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I58" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B59" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C59" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D59" s="3"/>
       <c r="E59" s="6" t="n">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="F59" s="6" t="n">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="G59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I59" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B60" s="8" t="inlineStr">
         <is>
           <t>054</t>
         </is>
       </c>
       <c r="C60" s="3" t="inlineStr">
         <is>
           <t>Соціологія</t>
@@ -13137,51 +13139,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B74" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C74" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D74" s="3" t="inlineStr">
         <is>
           <t>Хімія</t>
         </is>
       </c>
       <c r="E74" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I74" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B75" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
@@ -13211,51 +13213,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B76" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C76" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D76" s="3" t="inlineStr">
         <is>
           <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="E76" s="6" t="n">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="F76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I76" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B77" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
@@ -13502,51 +13504,51 @@
       <c r="I83" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B84" s="8" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
       <c r="C84" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D84" s="3"/>
       <c r="E84" s="6" t="n">
         <v>9</v>
       </c>
       <c r="F84" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I84" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B85" s="8" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
       <c r="C85" s="3" t="inlineStr">
         <is>
           <t>Туризм та рекреація</t>
@@ -13631,51 +13633,51 @@
       <c r="H87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I87" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B88" s="8" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C88" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D88" s="3"/>
       <c r="E88" s="6" t="n">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F88" s="6" t="n">
         <v>13</v>
       </c>
       <c r="G88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I88" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B89" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -13779,51 +13781,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B92" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C92" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D92" s="3" t="inlineStr">
         <is>
           <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E92" s="6" t="n">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="F92" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G92" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H92" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I92" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B93" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -13853,51 +13855,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B94" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C94" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D94" s="3" t="inlineStr">
         <is>
           <t>Біологія та здоров’я людини</t>
         </is>
       </c>
       <c r="E94" s="6" t="n">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="F94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I94" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B95" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -13930,85 +13932,85 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B96" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C96" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D96" s="3" t="inlineStr">
         <is>
           <t>Географія</t>
         </is>
       </c>
       <c r="E96" s="6" t="n">
         <v>5</v>
       </c>
       <c r="F96" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I96" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B97" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C97" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D97" s="3" t="inlineStr">
         <is>
           <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="E97" s="6" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I97" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B98" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -14222,81 +14224,81 @@
       <c r="I103" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B104" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C104" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D104" s="3"/>
       <c r="E104" s="6" t="n">
         <v>7</v>
       </c>
       <c r="F104" s="6" t="n">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="G104" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H104" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I104" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B105" s="8" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C105" s="3" t="inlineStr">
         <is>
           <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D105" s="3"/>
       <c r="E105" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F105" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G105" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H105" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I105" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B106" s="8" t="inlineStr">
         <is>
           <t>A1</t>
         </is>
       </c>