--- v1 (2025-12-24)
+++ v2 (2026-02-19)
@@ -19,56 +19,56 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Факультети" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ПДО" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Освітні програми" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Здобувачі ВО" sheetId="7" state="visible" r:id="rId8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$10</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$11</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$44</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПДО'!$A$1:$K$18</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$152</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$118</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$108</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -454,134 +454,141 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="B21" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:B21"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:A10"/>
+  <dimension ref="A1:A11"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="100"/>
     <col collapsed="false" hidden="false" max="1024" min="2" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Назва факультета</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>географії, туризму та історії факультет</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
-          <t>дошкільної і технологічної освіти факультет</t>
+          <t>гуманітарний факультет</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
-          <t>іноземних мов факультет</t>
+          <t>дошкільної і технологічної освіти факультет</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
-          <t>мистецтв факультет</t>
+          <t>іноземних мов факультет</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
-          <t>педагогічної освіти факультет</t>
+          <t>мистецтв факультет</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
-          <t>природничий факультет</t>
+          <t>педагогічної освіти факультет</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
-          <t>психолого-педагогічний факультет</t>
+          <t>природничий факультет</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
-          <t>української філології факультет</t>
+          <t>психолого-педагогічний факультет</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
+          <t>української філології факультет</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
+      <c r="A11" s="3" t="inlineStr">
+        <is>
           <t>фізико-математичний факультет</t>
         </is>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:A10"/>
+  <autoFilter ref="A1:A11"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:C4"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
@@ -5884,93 +5891,97 @@
         </is>
       </c>
       <c r="C52" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D52" s="3"/>
       <c r="E52" s="6" t="n">
         <v>67832</v>
       </c>
       <c r="F52" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="G52" s="3"/>
       <c r="H52" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I52" s="9"/>
       <c r="J52" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K52" s="9"/>
+          <t>УД 04008547</t>
+        </is>
+      </c>
+      <c r="K52" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B53" s="8" t="inlineStr">
         <is>
           <t>A3</t>
         </is>
       </c>
       <c r="C53" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D53" s="3"/>
       <c r="E53" s="6" t="n">
         <v>86516</v>
       </c>
       <c r="F53" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="G53" s="3"/>
       <c r="H53" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I53" s="9"/>
       <c r="J53" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K53" s="9"/>
+          <t>УД 04008548</t>
+        </is>
+      </c>
+      <c r="K53" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B54" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C54" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D54" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E54" s="6" t="n">
         <v>67945</v>
       </c>
@@ -6011,269 +6022,281 @@
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D55" s="3" t="inlineStr">
         <is>
           <t>Біологія та здоров’я людини</t>
         </is>
       </c>
       <c r="E55" s="6" t="n">
         <v>67955</v>
       </c>
       <c r="F55" s="3" t="inlineStr">
         <is>
           <t>Біологія та здоров`я людини</t>
         </is>
       </c>
       <c r="G55" s="3"/>
       <c r="H55" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I55" s="9"/>
       <c r="J55" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K55" s="9"/>
+          <t>УД 04011519</t>
+        </is>
+      </c>
+      <c r="K55" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B56" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C56" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D56" s="3" t="inlineStr">
         <is>
           <t>Біологія та здоров’я людини</t>
         </is>
       </c>
       <c r="E56" s="6" t="n">
         <v>86517</v>
       </c>
       <c r="F56" s="3" t="inlineStr">
         <is>
           <t>Біологія та здоров`я людини. Хімія</t>
         </is>
       </c>
       <c r="G56" s="3"/>
       <c r="H56" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I56" s="9"/>
       <c r="J56" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K56" s="9"/>
+          <t>УД 04011519</t>
+        </is>
+      </c>
+      <c r="K56" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B57" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C57" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D57" s="3" t="inlineStr">
         <is>
           <t>Географія</t>
         </is>
       </c>
       <c r="E57" s="6" t="n">
         <v>86515</v>
       </c>
       <c r="F57" s="3" t="inlineStr">
         <is>
           <t>Географія. Геоінформаційні технології</t>
         </is>
       </c>
       <c r="G57" s="3"/>
       <c r="H57" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I57" s="9"/>
       <c r="J57" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K57" s="9"/>
+          <t>УД 04008557</t>
+        </is>
+      </c>
+      <c r="K57" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B58" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C58" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D58" s="3" t="inlineStr">
         <is>
           <t>Інформатика</t>
         </is>
       </c>
       <c r="E58" s="6" t="n">
         <v>86527</v>
       </c>
       <c r="F58" s="3" t="inlineStr">
         <is>
           <t>Інформатика. Програмування</t>
         </is>
       </c>
       <c r="G58" s="3"/>
       <c r="H58" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I58" s="9"/>
       <c r="J58" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K58" s="9"/>
+          <t>УД 04008559</t>
+        </is>
+      </c>
+      <c r="K58" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B59" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C59" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D59" s="3" t="inlineStr">
         <is>
           <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E59" s="6" t="n">
         <v>67962</v>
       </c>
       <c r="F59" s="3" t="inlineStr">
         <is>
           <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="G59" s="3"/>
       <c r="H59" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I59" s="9"/>
       <c r="J59" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K59" s="9"/>
+          <t>УД 04008553</t>
+        </is>
+      </c>
+      <c r="K59" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B60" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C60" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D60" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="E60" s="6" t="n">
         <v>86524</v>
       </c>
       <c r="F60" s="3" t="inlineStr">
         <is>
           <t>Математика. Інформатика</t>
         </is>
       </c>
       <c r="G60" s="3"/>
       <c r="H60" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I60" s="9"/>
       <c r="J60" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K60" s="9"/>
+          <t>УД 04008554</t>
+        </is>
+      </c>
+      <c r="K60" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B61" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C61" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D61" s="3" t="inlineStr">
         <is>
           <t>Мистецтво. Музичне мистецтво</t>
         </is>
       </c>
       <c r="E61" s="6" t="n">
         <v>68004</v>
       </c>
@@ -6314,312 +6337,326 @@
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D62" s="3" t="inlineStr">
         <is>
           <t>Мистецтво. Образотворче мистецтво</t>
         </is>
       </c>
       <c r="E62" s="6" t="n">
         <v>68017</v>
       </c>
       <c r="F62" s="3" t="inlineStr">
         <is>
           <t>Мистецтво. Образотворче мистецтво</t>
         </is>
       </c>
       <c r="G62" s="3"/>
       <c r="H62" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I62" s="9"/>
       <c r="J62" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K62" s="9"/>
+          <t>УД 04008561</t>
+        </is>
+      </c>
+      <c r="K62" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B63" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C63" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D63" s="3" t="inlineStr">
         <is>
           <t>Німецька мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E63" s="6" t="n">
         <v>86519</v>
       </c>
       <c r="F63" s="3" t="inlineStr">
         <is>
           <t>Німецька мова, англійська мова, зарубіжна література</t>
         </is>
       </c>
       <c r="G63" s="3"/>
       <c r="H63" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I63" s="9"/>
       <c r="J63" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K63" s="9"/>
+          <t>УД 04016927</t>
+        </is>
+      </c>
+      <c r="K63" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B64" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C64" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D64" s="3" t="inlineStr">
         <is>
           <t>Технології</t>
         </is>
       </c>
       <c r="E64" s="6" t="n">
         <v>86530</v>
       </c>
       <c r="F64" s="3" t="inlineStr">
         <is>
           <t>Технології. STEM-освіта</t>
         </is>
       </c>
       <c r="G64" s="3"/>
       <c r="H64" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I64" s="9"/>
       <c r="J64" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K64" s="9"/>
+          <t>УД 04008560</t>
+        </is>
+      </c>
+      <c r="K64" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B65" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C65" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D65" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E65" s="6" t="n">
         <v>86528</v>
       </c>
       <c r="F65" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література, зарубіжна література</t>
         </is>
       </c>
       <c r="G65" s="3"/>
       <c r="H65" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I65" s="9"/>
       <c r="J65" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K65" s="9"/>
+          <t>УД 04008549</t>
+        </is>
+      </c>
+      <c r="K65" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B66" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D66" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E66" s="6" t="n">
         <v>86529</v>
       </c>
       <c r="F66" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література, зарубіжна література. Англійська мова</t>
         </is>
       </c>
       <c r="G66" s="3"/>
       <c r="H66" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I66" s="9"/>
       <c r="J66" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K66" s="9"/>
+          <t>УД 04008549</t>
+        </is>
+      </c>
+      <c r="K66" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B67" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C67" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D67" s="3" t="inlineStr">
         <is>
           <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="E67" s="6" t="n">
         <v>86525</v>
       </c>
       <c r="F67" s="3" t="inlineStr">
         <is>
           <t>Фізика та астрономія. Інформатика</t>
         </is>
       </c>
       <c r="G67" s="3"/>
       <c r="H67" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I67" s="9"/>
       <c r="J67" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K67" s="9"/>
+          <t>УД 04016923</t>
+        </is>
+      </c>
+      <c r="K67" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B68" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C68" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D68" s="3" t="inlineStr">
         <is>
           <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="E68" s="6" t="n">
         <v>86526</v>
       </c>
       <c r="F68" s="3" t="inlineStr">
         <is>
           <t>Фізика та астрономія. Математика</t>
         </is>
       </c>
       <c r="G68" s="3"/>
       <c r="H68" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I68" s="9"/>
       <c r="J68" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K68" s="9"/>
+          <t>УД 04016923</t>
+        </is>
+      </c>
+      <c r="K68" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B69" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C69" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D69" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E69" s="6" t="n">
         <v>68048</v>
       </c>
@@ -6975,93 +7012,97 @@
           <t>Перформативні мистецтва</t>
         </is>
       </c>
       <c r="D77" s="3" t="inlineStr">
         <is>
           <t>Хореографічне мистецтво</t>
         </is>
       </c>
       <c r="E77" s="6" t="n">
         <v>68103</v>
       </c>
       <c r="F77" s="3" t="inlineStr">
         <is>
           <t>Хореографія</t>
         </is>
       </c>
       <c r="G77" s="3"/>
       <c r="H77" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I77" s="9"/>
       <c r="J77" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K77" s="9"/>
+          <t>УД 04008564</t>
+        </is>
+      </c>
+      <c r="K77" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B78" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C78" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D78" s="3"/>
       <c r="E78" s="6" t="n">
         <v>68104</v>
       </c>
       <c r="F78" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="G78" s="3"/>
       <c r="H78" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I78" s="9"/>
       <c r="J78" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K78" s="9"/>
+          <t>УД 04008565</t>
+        </is>
+      </c>
+      <c r="K78" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B79" s="8" t="inlineStr">
         <is>
           <t>C5</t>
         </is>
       </c>
       <c r="C79" s="3" t="inlineStr">
         <is>
           <t>Соціологія</t>
         </is>
       </c>
       <c r="D79" s="3"/>
       <c r="E79" s="6" t="n">
         <v>86514</v>
       </c>
       <c r="F79" s="3" t="inlineStr">
         <is>
           <t>Соціологія масової комунікації</t>
         </is>
@@ -7135,132 +7176,138 @@
         </is>
       </c>
       <c r="C81" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D81" s="3"/>
       <c r="E81" s="6" t="n">
         <v>86576</v>
       </c>
       <c r="F81" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="G81" s="3"/>
       <c r="H81" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I81" s="9"/>
       <c r="J81" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K81" s="9"/>
+          <t>УД 04008567</t>
+        </is>
+      </c>
+      <c r="K81" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B82" s="8" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
       <c r="C82" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D82" s="3"/>
       <c r="E82" s="6" t="n">
         <v>88192</v>
       </c>
       <c r="F82" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота</t>
         </is>
       </c>
       <c r="G82" s="3"/>
       <c r="H82" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I82" s="9"/>
       <c r="J82" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K82" s="9"/>
+          <t>УД 04008567</t>
+        </is>
+      </c>
+      <c r="K82" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B83" s="8" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
       <c r="C83" s="3" t="inlineStr">
         <is>
           <t>Туризм та рекреація</t>
         </is>
       </c>
       <c r="D83" s="3"/>
       <c r="E83" s="6" t="n">
         <v>68108</v>
       </c>
       <c r="F83" s="3" t="inlineStr">
         <is>
           <t>Туризм</t>
         </is>
       </c>
       <c r="G83" s="3"/>
       <c r="H83" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I83" s="9"/>
       <c r="J83" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K83" s="9"/>
+          <t>УД 04016922</t>
+        </is>
+      </c>
+      <c r="K83" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B84" s="8" t="inlineStr">
         <is>
           <t>011</t>
         </is>
       </c>
       <c r="C84" s="3" t="inlineStr">
         <is>
           <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D84" s="3"/>
       <c r="E84" s="6" t="n">
         <v>18625</v>
       </c>
       <c r="F84" s="3" t="inlineStr">
         <is>
           <t>Освітні, педагогічні науки</t>
         </is>
@@ -8259,152 +8306,158 @@
       <c r="C105" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D105" s="3" t="inlineStr">
         <is>
           <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="E105" s="6" t="n">
         <v>60638</v>
       </c>
       <c r="F105" s="3" t="inlineStr">
         <is>
           <t>Фізика та астрономія. Інформатика</t>
         </is>
       </c>
       <c r="G105" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H105" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I105" s="9"/>
+          <t>- 19623</t>
+        </is>
+      </c>
+      <c r="I105" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J105" s="8" t="inlineStr">
         <is>
           <t>УД 04016924</t>
         </is>
       </c>
       <c r="K105" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B106" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C106" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D106" s="3" t="inlineStr">
         <is>
           <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="E106" s="6" t="n">
         <v>60647</v>
       </c>
       <c r="F106" s="3" t="inlineStr">
         <is>
           <t>Фізика та астрономія. Математика</t>
         </is>
       </c>
       <c r="G106" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H106" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I106" s="9"/>
+          <t>- 19624</t>
+        </is>
+      </c>
+      <c r="I106" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J106" s="8" t="inlineStr">
         <is>
           <t>УД 04016924</t>
         </is>
       </c>
       <c r="K106" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B107" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C107" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D107" s="3" t="inlineStr">
         <is>
           <t>Хімія</t>
         </is>
       </c>
       <c r="E107" s="6" t="n">
         <v>48656</v>
       </c>
       <c r="F107" s="3" t="inlineStr">
         <is>
           <t>Хімія. Інформатика</t>
         </is>
       </c>
       <c r="G107" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H107" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I107" s="9"/>
+          <t>- 19625</t>
+        </is>
+      </c>
+      <c r="I107" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J107" s="8" t="inlineStr">
         <is>
           <t>УД 04008593</t>
         </is>
       </c>
       <c r="K107" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B108" s="8" t="inlineStr">
         <is>
           <t>016</t>
         </is>
       </c>
       <c r="C108" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
@@ -8731,54 +8784,56 @@
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D115" s="3"/>
       <c r="E115" s="6" t="n">
         <v>86585</v>
       </c>
       <c r="F115" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="G115" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H115" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I115" s="9"/>
       <c r="J115" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K115" s="9"/>
+          <t>УД 04008585</t>
+        </is>
+      </c>
+      <c r="K115" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B116" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C116" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D116" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E116" s="6" t="n">
         <v>86591</v>
       </c>
@@ -8825,101 +8880,105 @@
         <is>
           <t>Біологія та здоров’я людини</t>
         </is>
       </c>
       <c r="E117" s="6" t="n">
         <v>86589</v>
       </c>
       <c r="F117" s="3" t="inlineStr">
         <is>
           <t>Біологія та здоров`я людини</t>
         </is>
       </c>
       <c r="G117" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H117" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I117" s="9"/>
       <c r="J117" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K117" s="9"/>
+          <t>УД 04011520</t>
+        </is>
+      </c>
+      <c r="K117" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B118" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C118" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D118" s="3" t="inlineStr">
         <is>
           <t>Географія</t>
         </is>
       </c>
       <c r="E118" s="6" t="n">
         <v>86556</v>
       </c>
       <c r="F118" s="3" t="inlineStr">
         <is>
           <t>Географія. Підприємництво і фінансова грамотність</t>
         </is>
       </c>
       <c r="G118" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H118" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I118" s="9"/>
       <c r="J118" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K118" s="9"/>
+          <t>УД 04008594</t>
+        </is>
+      </c>
+      <c r="K118" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B119" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C119" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D119" s="3" t="inlineStr">
         <is>
           <t>Інформатика</t>
         </is>
       </c>
       <c r="E119" s="6" t="n">
         <v>86600</v>
       </c>
@@ -8968,54 +9027,56 @@
         <is>
           <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E120" s="6" t="n">
         <v>86554</v>
       </c>
       <c r="F120" s="3" t="inlineStr">
         <is>
           <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="G120" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H120" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I120" s="9"/>
       <c r="J120" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K120" s="9"/>
+          <t>УД 04008590</t>
+        </is>
+      </c>
+      <c r="K120" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B121" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C121" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D121" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="E121" s="6" t="n">
         <v>86597</v>
       </c>
@@ -9113,54 +9174,56 @@
         <is>
           <t>Мистецтво. Образотворче мистецтво</t>
         </is>
       </c>
       <c r="E123" s="6" t="n">
         <v>86595</v>
       </c>
       <c r="F123" s="3" t="inlineStr">
         <is>
           <t>Мистецтво. Образотворче мистецтво</t>
         </is>
       </c>
       <c r="G123" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H123" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I123" s="9"/>
       <c r="J123" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K123" s="9"/>
+          <t>УД 04008598</t>
+        </is>
+      </c>
+      <c r="K123" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B124" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C124" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D124" s="3" t="inlineStr">
         <is>
           <t>Німецька мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E124" s="6" t="n">
         <v>86592</v>
       </c>
@@ -9207,54 +9270,56 @@
         <is>
           <t>Технології</t>
         </is>
       </c>
       <c r="E125" s="6" t="n">
         <v>86604</v>
       </c>
       <c r="F125" s="3" t="inlineStr">
         <is>
           <t>Технології</t>
         </is>
       </c>
       <c r="G125" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H125" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I125" s="9"/>
       <c r="J125" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K125" s="9"/>
+          <t>УД 04008597</t>
+        </is>
+      </c>
+      <c r="K125" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B126" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C126" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D126" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E126" s="6" t="n">
         <v>86601</v>
       </c>
@@ -9346,154 +9411,162 @@
       <c r="C128" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D128" s="3" t="inlineStr">
         <is>
           <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="E128" s="6" t="n">
         <v>86598</v>
       </c>
       <c r="F128" s="3" t="inlineStr">
         <is>
           <t>Фізика та астрономія. Інформатика</t>
         </is>
       </c>
       <c r="G128" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H128" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I128" s="9"/>
+          <t>- 19893</t>
+        </is>
+      </c>
+      <c r="I128" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J128" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K128" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B129" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C129" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D129" s="3" t="inlineStr">
         <is>
           <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="E129" s="6" t="n">
         <v>86599</v>
       </c>
       <c r="F129" s="3" t="inlineStr">
         <is>
           <t>Фізика та астрономія. Математика</t>
         </is>
       </c>
       <c r="G129" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H129" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I129" s="9"/>
+          <t>- 19894</t>
+        </is>
+      </c>
+      <c r="I129" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J129" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K129" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B130" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C130" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D130" s="3" t="inlineStr">
         <is>
           <t>Хімія</t>
         </is>
       </c>
       <c r="E130" s="6" t="n">
         <v>86590</v>
       </c>
       <c r="F130" s="3" t="inlineStr">
         <is>
           <t>Хімія. Інформатика</t>
         </is>
       </c>
       <c r="G130" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H130" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I130" s="9"/>
+          <t>- 19895</t>
+        </is>
+      </c>
+      <c r="I130" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J130" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K130" s="9"/>
+          <t>УД 04008593</t>
+        </is>
+      </c>
+      <c r="K130" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B131" s="8" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
       <c r="C131" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D131" s="3" t="inlineStr">
         <is>
           <t>Логопедія</t>
         </is>
       </c>
       <c r="E131" s="6" t="n">
         <v>86605</v>
       </c>
@@ -9712,54 +9785,56 @@
         <is>
           <t>J3</t>
         </is>
       </c>
       <c r="C136" s="3" t="inlineStr">
         <is>
           <t>Туризм та рекреація</t>
         </is>
       </c>
       <c r="D136" s="3"/>
       <c r="E136" s="6" t="n">
         <v>86567</v>
       </c>
       <c r="F136" s="3" t="inlineStr">
         <is>
           <t>Туризм</t>
         </is>
       </c>
       <c r="G136" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H136" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I136" s="9"/>
+          <t>- 19621</t>
+        </is>
+      </c>
+      <c r="I136" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J136" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K136" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B137" s="8" t="inlineStr">
         <is>
           <t>011</t>
         </is>
       </c>
       <c r="C137" s="3" t="inlineStr">
         <is>
           <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D137" s="3"/>
       <c r="E137" s="6" t="n">
@@ -10458,51 +10533,51 @@
       </c>
       <c r="J152" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K152" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K152"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I118"/>
+  <dimension ref="A1:I108"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -10543,232 +10618,232 @@
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>A2</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="F2" s="6" t="n">
         <v>5</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>A3</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="F3" s="6" t="n">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D4" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E4" s="6" t="n">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="F4" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E5" s="6" t="n">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="F5" s="6" t="n">
         <v>9</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>Німецька мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E6" s="6" t="n">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
           <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E7" s="6" t="n">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F7" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
@@ -10798,51 +10873,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D9" s="3" t="inlineStr">
         <is>
           <t>Біологія та здоров’я людини</t>
         </is>
       </c>
       <c r="E9" s="6" t="n">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="F9" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
@@ -11020,54 +11095,54 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D15" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E15" s="6" t="n">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="F15" s="6" t="n">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="G15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -11131,91 +11206,91 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="8" t="inlineStr">
         <is>
           <t>A5</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D18" s="3" t="inlineStr">
         <is>
           <t>Транспорт</t>
         </is>
       </c>
       <c r="E18" s="6" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F18" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B19" s="8" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D19" s="3" t="inlineStr">
         <is>
           <t>Логопедія</t>
         </is>
       </c>
       <c r="E19" s="6" t="n">
         <v>21</v>
       </c>
       <c r="F19" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B20" s="8" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
@@ -11386,54 +11461,54 @@
       <c r="H24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B25" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="6" t="n">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="F25" s="6" t="n">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="G25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="8" t="inlineStr">
         <is>
           <t>C5</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Соціологія</t>
@@ -11455,51 +11530,51 @@
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B27" s="8" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D27" s="3"/>
       <c r="E27" s="6" t="n">
         <v>10</v>
       </c>
       <c r="F27" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B28" s="8" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Туризм та рекреація</t>
@@ -11518,195 +11593,195 @@
       <c r="H28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I28" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="8" t="inlineStr">
         <is>
           <t>012</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D29" s="3"/>
       <c r="E29" s="6" t="n">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="F29" s="6" t="n">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="G29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B30" s="8" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D30" s="3"/>
       <c r="E30" s="6" t="n">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="F30" s="6" t="n">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="G30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I30" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B31" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D31" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E31" s="6" t="n">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="F31" s="6" t="n">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I31" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B32" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D32" s="3" t="inlineStr">
         <is>
           <t>Англійська мова і література</t>
         </is>
       </c>
       <c r="E32" s="6" t="n">
         <v>23</v>
       </c>
       <c r="F32" s="6" t="n">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="G32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I32" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B33" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D33" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E33" s="6" t="n">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F33" s="6" t="n">
         <v>12</v>
       </c>
       <c r="G33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I33" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B34" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -11810,88 +11885,88 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B37" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D37" s="3" t="inlineStr">
         <is>
           <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E37" s="6" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F37" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I37" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B38" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D38" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="E38" s="6" t="n">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I38" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B39" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -11958,88 +12033,88 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B41" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D41" s="3" t="inlineStr">
         <is>
           <t>Географія</t>
         </is>
       </c>
       <c r="E41" s="6" t="n">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="F41" s="6" t="n">
         <v>8</v>
       </c>
       <c r="G41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I41" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B42" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D42" s="3" t="inlineStr">
         <is>
           <t>Фізика</t>
         </is>
       </c>
       <c r="E42" s="6" t="n">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I42" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B43" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -12069,88 +12144,88 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B44" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D44" s="3" t="inlineStr">
         <is>
           <t>Інформатика</t>
         </is>
       </c>
       <c r="E44" s="6" t="n">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I44" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B45" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D45" s="3" t="inlineStr">
         <is>
           <t>Трудове навчання та технології</t>
         </is>
       </c>
       <c r="E45" s="6" t="n">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F45" s="6" t="n">
         <v>15</v>
       </c>
       <c r="G45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I45" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B46" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -12180,88 +12255,88 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B47" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D47" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E47" s="6" t="n">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="F47" s="6" t="n">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="G47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I47" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B48" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D48" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво</t>
         </is>
       </c>
       <c r="E48" s="6" t="n">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="F48" s="6" t="n">
         <v>7</v>
       </c>
       <c r="G48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I48" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B49" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -12583,87 +12658,87 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B58" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C58" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D58" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E58" s="6" t="n">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="F58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I58" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B59" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C59" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D59" s="3"/>
       <c r="E59" s="6" t="n">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="F59" s="6" t="n">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="G59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I59" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B60" s="8" t="inlineStr">
         <is>
           <t>054</t>
         </is>
       </c>
       <c r="C60" s="3" t="inlineStr">
         <is>
           <t>Соціологія</t>
@@ -12682,87 +12757,87 @@
       <c r="H60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I60" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B61" s="8" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="C61" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D61" s="3"/>
       <c r="E61" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I61" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B62" s="8" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
       <c r="C62" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D62" s="3"/>
       <c r="E62" s="6" t="n">
         <v>16</v>
       </c>
       <c r="F62" s="6" t="n">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="G62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I62" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B63" s="8" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C63" s="3" t="inlineStr">
         <is>
           <t>Туризм</t>
@@ -12781,51 +12856,51 @@
       <c r="H63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I63" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B64" s="8" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C64" s="3" t="inlineStr">
         <is>
           <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D64" s="3"/>
       <c r="E64" s="6" t="n">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I64" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B65" s="8" t="inlineStr">
         <is>
           <t>A1</t>
         </is>
       </c>
@@ -12917,91 +12992,91 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B68" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C68" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D68" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E68" s="6" t="n">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="F68" s="6" t="n">
         <v>7</v>
       </c>
       <c r="G68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I68" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B69" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C69" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D69" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E69" s="6" t="n">
         <v>13</v>
       </c>
       <c r="F69" s="6" t="n">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I69" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B70" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -13361,161 +13436,161 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B80" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C80" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D80" s="3" t="inlineStr">
         <is>
           <t>Мистецтво. Музичне мистецтво</t>
         </is>
       </c>
       <c r="E80" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I80" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B81" s="8" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
       <c r="C81" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D81" s="3" t="inlineStr">
         <is>
           <t>Логопедія</t>
         </is>
       </c>
       <c r="E81" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F81" s="6" t="n">
         <v>40</v>
       </c>
       <c r="G81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I81" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B82" s="8" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C82" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D82" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E82" s="6" t="n">
         <v>7</v>
       </c>
       <c r="F82" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I82" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B83" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C83" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D83" s="3"/>
       <c r="E83" s="6" t="n">
         <v>12</v>
       </c>
       <c r="F83" s="6" t="n">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="G83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I83" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B84" s="8" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
       <c r="C84" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота та консультування</t>
@@ -13557,1193 +13632,835 @@
       <c r="D85" s="3"/>
       <c r="E85" s="6" t="n">
         <v>3</v>
       </c>
       <c r="F85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I85" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B86" s="8" t="inlineStr">
         <is>
-          <t>011</t>
+          <t>013</t>
         </is>
       </c>
       <c r="C86" s="3" t="inlineStr">
         <is>
-          <t>Освітні, педагогічні науки</t>
+          <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D86" s="3"/>
       <c r="E86" s="6" t="n">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="F86" s="6" t="n">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="G86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I86" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B87" s="8" t="inlineStr">
         <is>
-          <t>012</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C87" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта</t>
-[...2 lines deleted...]
-      <c r="D87" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D87" s="3" t="inlineStr">
+        <is>
+          <t>Українська мова і література</t>
+        </is>
+      </c>
       <c r="E87" s="6" t="n">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="F87" s="6" t="n">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I87" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B88" s="8" t="inlineStr">
         <is>
-          <t>013</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C88" s="3" t="inlineStr">
         <is>
-          <t>Початкова освіта</t>
-[...2 lines deleted...]
-      <c r="D88" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D88" s="3" t="inlineStr">
+        <is>
+          <t>Англійська мова та зарубіжна література</t>
+        </is>
+      </c>
       <c r="E88" s="6" t="n">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="F88" s="6" t="n">
-        <v>13</v>
+        <v>1</v>
       </c>
       <c r="G88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I88" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B89" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C89" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D89" s="3" t="inlineStr">
         <is>
-          <t>Українська мова і література</t>
+          <t>Німецька мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E89" s="6" t="n">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="F89" s="6" t="n">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="G89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I89" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B90" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C90" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D90" s="3" t="inlineStr">
         <is>
-          <t>Англійська мова та зарубіжна література</t>
+          <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E90" s="6" t="n">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="F90" s="6" t="n">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="G90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I90" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B91" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C91" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D91" s="3" t="inlineStr">
         <is>
-          <t>Німецька мова та зарубіжна література</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="E91" s="6" t="n">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="F91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I91" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B92" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C92" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D92" s="3" t="inlineStr">
         <is>
-          <t>Історія та громадянська освіта</t>
+          <t>Інформатика</t>
         </is>
       </c>
       <c r="E92" s="6" t="n">
-        <v>13</v>
+        <v>1</v>
       </c>
       <c r="F92" s="6" t="n">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G92" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H92" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I92" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B93" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C93" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D93" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Технології</t>
         </is>
       </c>
       <c r="E93" s="6" t="n">
-        <v>22</v>
+        <v>1</v>
       </c>
       <c r="F93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I93" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B94" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C94" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D94" s="3" t="inlineStr">
         <is>
-          <t>Біологія та здоров’я людини</t>
+          <t>Мистецтво. Образотворче мистецтво</t>
         </is>
       </c>
       <c r="E94" s="6" t="n">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="F94" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I94" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B95" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C95" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Психологія</t>
+        </is>
+      </c>
+      <c r="D95" s="3"/>
       <c r="E95" s="6" t="n">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F95" s="6" t="n">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="G95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I95" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B96" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>A1</t>
         </is>
       </c>
       <c r="C96" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Освітні науки</t>
+        </is>
+      </c>
+      <c r="D96" s="3"/>
       <c r="E96" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F96" s="6" t="n">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I96" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B97" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>A5</t>
         </is>
       </c>
       <c r="C97" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Професійна освіта</t>
+        </is>
+      </c>
+      <c r="D97" s="3"/>
       <c r="E97" s="6" t="n">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="F97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I97" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B98" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>B11</t>
         </is>
       </c>
       <c r="C98" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Філологія</t>
+        </is>
+      </c>
+      <c r="D98" s="3"/>
       <c r="E98" s="6" t="n">
-        <v>17</v>
+        <v>1</v>
       </c>
       <c r="F98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I98" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B99" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>C4</t>
         </is>
       </c>
       <c r="C99" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Психологія</t>
+        </is>
+      </c>
+      <c r="D99" s="3"/>
       <c r="E99" s="6" t="n">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="F99" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I99" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B100" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>E5</t>
         </is>
       </c>
       <c r="C100" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Фізика та астрономія</t>
+        </is>
+      </c>
+      <c r="D100" s="3"/>
       <c r="E100" s="6" t="n">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="F100" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I100" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B101" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>011</t>
         </is>
       </c>
       <c r="C101" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Освітні, педагогічні науки</t>
+        </is>
+      </c>
+      <c r="D101" s="3"/>
       <c r="E101" s="6" t="n">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="F101" s="6" t="n">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G101" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H101" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I101" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B102" s="8" t="inlineStr">
         <is>
-          <t>016</t>
+          <t>012</t>
         </is>
       </c>
       <c r="C102" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Дошкільна освіта</t>
+        </is>
+      </c>
+      <c r="D102" s="3"/>
       <c r="E102" s="6" t="n">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="F102" s="6" t="n">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="G102" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H102" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I102" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B103" s="8" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C103" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D103" s="3"/>
       <c r="E103" s="6" t="n">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="F103" s="6" t="n">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G103" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H103" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I103" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B104" s="8" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>015</t>
         </is>
       </c>
       <c r="C104" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D104" s="3"/>
       <c r="E104" s="6" t="n">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="F104" s="6" t="n">
-        <v>96</v>
+        <v>4</v>
       </c>
       <c r="G104" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H104" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I104" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B105" s="8" t="inlineStr">
         <is>
-          <t>242</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C105" s="3" t="inlineStr">
         <is>
-          <t>Туризм і рекреація</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D105" s="3"/>
       <c r="E105" s="6" t="n">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="F105" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G105" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H105" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I105" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B106" s="8" t="inlineStr">
         <is>
-          <t>A1</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C106" s="3" t="inlineStr">
         <is>
-          <t>Освітні науки</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D106" s="3"/>
       <c r="E106" s="6" t="n">
         <v>4</v>
       </c>
       <c r="F106" s="6" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G106" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H106" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I106" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B107" s="8" t="inlineStr">
         <is>
-          <t>A5</t>
+          <t>054</t>
         </is>
       </c>
       <c r="C107" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта</t>
+          <t>Соціологія</t>
         </is>
       </c>
       <c r="D107" s="3"/>
       <c r="E107" s="6" t="n">
+        <v>6</v>
+      </c>
+      <c r="F107" s="6" t="n">
         <v>1</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="G107" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H107" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I107" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B108" s="8" t="inlineStr">
         <is>
-          <t>B11</t>
+          <t>104</t>
         </is>
       </c>
       <c r="C108" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
+          <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="D108" s="3"/>
       <c r="E108" s="6" t="n">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="F108" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G108" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H108" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I108" s="6" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="109">
-[...328 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I118"/>
+  <autoFilter ref="A1:I108"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>