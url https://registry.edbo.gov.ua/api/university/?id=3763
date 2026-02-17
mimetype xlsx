--- v0 (2025-10-21)
+++ v1 (2026-02-17)
@@ -1054,51 +1054,51 @@
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>102</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Хімія</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
         <v>3</v>
       </c>
       <c r="F5" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>105</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Прикладна фізика та наноматеріали</t>