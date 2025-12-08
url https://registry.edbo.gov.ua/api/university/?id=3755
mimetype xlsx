--- v0 (2025-10-21)
+++ v1 (2025-12-08)
@@ -1479,51 +1479,51 @@
         </is>
       </c>
       <c r="B3" s="8" t="n">
         <v>190</v>
       </c>
       <c r="C3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>7433 Кравець</t>
         </is>
       </c>
       <c r="B4" s="8" t="n">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="C4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>8340 Моторист (машиніст)
 8211 Токар</t>
         </is>
       </c>
       <c r="B5" s="8" t="n">
         <v>75</v>
       </c>
       <c r="C5" s="8" t="n">