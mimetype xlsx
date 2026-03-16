--- v1 (2025-12-08)
+++ v2 (2026-03-16)
@@ -234,51 +234,51 @@
         <is>
           <t>3755</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="2" t="inlineStr">
         <is>
           <t>Код головного закладу</t>
         </is>
       </c>
       <c r="B3" s="3" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="2" t="inlineStr">
         <is>
           <t>Коротка назва</t>
         </is>
       </c>
       <c r="B4" s="3" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>ВП «ОВПТУ СП НУ «ОЮА»</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="2" t="inlineStr">
         <is>
           <t>Назва закладу освіти (англ.)</t>
         </is>
       </c>
       <c r="B5" s="3" t="inlineStr">
         <is>
           <t>Separate structural department "Joint higher professional college of the service industry of National University "Odesa Law Academy"</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="2" t="inlineStr">
         <is>
           <t>ОЦ «Крим-Україна», ОЦ «Донбас-Україна»</t>
         </is>
       </c>
       <c r="B6" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="2" t="inlineStr">
@@ -1479,74 +1479,74 @@
         </is>
       </c>
       <c r="B3" s="8" t="n">
         <v>190</v>
       </c>
       <c r="C3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>7433 Кравець</t>
         </is>
       </c>
       <c r="B4" s="8" t="n">
-        <v>127</v>
+        <v>103</v>
       </c>
       <c r="C4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>8340 Моторист (машиніст)
 8211 Токар</t>
         </is>
       </c>
       <c r="B5" s="8" t="n">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="C5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>8340 Моторист (машиніст)
 8340 Матрос</t>
         </is>
       </c>
       <c r="B6" s="8" t="n">
         <v>47</v>
       </c>
       <c r="C6" s="8" t="n">