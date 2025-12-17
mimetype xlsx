--- v0 (2025-10-27)
+++ v1 (2025-12-17)
@@ -224,115 +224,119 @@
           <t>Код</t>
         </is>
       </c>
       <c r="B2" s="3" t="inlineStr">
         <is>
           <t>3697</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="2" t="inlineStr">
         <is>
           <t>Код головного закладу</t>
         </is>
       </c>
       <c r="B3" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="2" t="inlineStr">
         <is>
           <t>Коротка назва</t>
         </is>
       </c>
       <c r="B4" s="3" t="inlineStr">
         <is>
-          <t>УКРНДІЛГА</t>
+          <t>УкрНДІЛГА</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="2" t="inlineStr">
         <is>
           <t>Назва закладу освіти (англ.)</t>
         </is>
       </c>
-      <c r="B5" s="3"/>
+      <c r="B5" s="3" t="inlineStr">
+        <is>
+          <t>Ukrainian Research Institute of Forestry and Forest Melioration named after G. М. Vysotsky</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="2" t="inlineStr">
         <is>
           <t>ОЦ «Крим-Україна», ОЦ «Донбас-Україна»</t>
         </is>
       </c>
       <c r="B6" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="2" t="inlineStr">
         <is>
           <t>Рік заснування</t>
         </is>
       </c>
       <c r="B7" s="3" t="inlineStr">
         <is>
-          <t>2000</t>
+          <t>1929</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="2" t="inlineStr">
         <is>
           <t>Категорія закладу освіти</t>
         </is>
       </c>
       <c r="B8" s="3" t="inlineStr">
         <is>
           <t>Наукові інститути (установи)</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="2" t="inlineStr">
         <is>
           <t>Форма власності</t>
         </is>
       </c>
       <c r="B9" s="3" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="2" t="inlineStr">
         <is>
           <t>Найменування органу, до сфери управління якого належить заклад освіти</t>
         </is>
       </c>
       <c r="B10" s="3" t="inlineStr">
         <is>
-          <t>Національна академія наук України</t>
+          <t>Державне агентство лісових ресурсів України</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="2" t="inlineStr">
         <is>
           <t>Поштовий індекс (місцезнаходження)</t>
         </is>
       </c>
       <c r="B11" s="3" t="inlineStr">
         <is>
           <t>61024</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="2" t="inlineStr">
         <is>
           <t>Код КАТОТТГ (місцезнаходження)</t>
         </is>
       </c>
       <c r="B12" s="3" t="inlineStr">
         <is>
           <t>UA63120270010216514</t>
         </is>
@@ -396,51 +400,51 @@
         <is>
           <t>uriffm@uriffm.org.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>uriffm.org.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Т.в.о. директора</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Ткач Віктор Петрович</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="B21" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:B21"/>