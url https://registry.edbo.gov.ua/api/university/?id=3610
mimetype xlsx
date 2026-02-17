--- v0 (2025-10-25)
+++ v1 (2026-02-17)
@@ -1084,51 +1084,51 @@
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="6" t="n">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>