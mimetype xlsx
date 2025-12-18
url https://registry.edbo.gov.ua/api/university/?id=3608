--- v0 (2025-10-19)
+++ v1 (2025-12-18)
@@ -469,51 +469,51 @@
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="45"/>
     <col collapsed="false" hidden="false" max="1024" min="4" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Рівень освіти/ Освітній ступінь</t>
         </is>
       </c>
       <c r="B1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="C1" s="5" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>третій (освітньо-науковий) рівень</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
         <v>22</v>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 22.02.2021 № 19-л</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:C2"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
@@ -1039,51 +1039,51 @@
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>102</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Хімія</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="6" t="n">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="F6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I6"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>