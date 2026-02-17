--- v1 (2025-12-18)
+++ v2 (2026-02-17)
@@ -400,63 +400,63 @@
         <is>
           <t>users@bpci.kiev.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>www.bpci.kiev.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Виконувач обов’язків директора</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
-          <t>Броварець Володимир Сергійович</t>
+          <t>Попільніченко Сергій Валентинович</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="B21" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:B21"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">