--- v0 (2025-12-16)
+++ v1 (2026-02-17)
@@ -1373,84 +1373,84 @@
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="6" t="n">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="F6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>5</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>4</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>