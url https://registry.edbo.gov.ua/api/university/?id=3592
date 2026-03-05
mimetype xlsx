--- v0 (2025-12-08)
+++ v1 (2026-03-05)
@@ -858,54 +858,56 @@
         <is>
           <t>161</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
         <v>56722</v>
       </c>
       <c r="F5" s="3" t="inlineStr">
         <is>
           <t>161 Хімічні технологія та інженерія</t>
         </is>
       </c>
       <c r="G5" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H5" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I5" s="9"/>
+          <t>- 19731</t>
+        </is>
+      </c>
+      <c r="I5" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J5" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K5" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>F1</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Прикладна математика</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="6" t="n">