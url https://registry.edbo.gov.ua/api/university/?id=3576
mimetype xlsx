--- v0 (2025-10-24)
+++ v1 (2025-12-25)
@@ -934,51 +934,51 @@
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="F3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>