--- v1 (2025-12-25)
+++ v2 (2026-03-25)
@@ -400,51 +400,51 @@
         <is>
           <t>irr@mail.lviv.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>ird.gov.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>Директор</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Васильців Тарас Григорович</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="B21" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:B21"/>
@@ -934,51 +934,51 @@
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="F3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>