--- v0 (2025-12-04)
+++ v1 (2026-02-03)
@@ -302,51 +302,51 @@
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="2" t="inlineStr">
         <is>
           <t>Форма власності</t>
         </is>
       </c>
       <c r="B9" s="3" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="2" t="inlineStr">
         <is>
           <t>Найменування органу, до сфери управління якого належить заклад освіти</t>
         </is>
       </c>
       <c r="B10" s="3" t="inlineStr">
         <is>
-          <t>Міністерство культури та стратегічних комунікацій України</t>
+          <t>Міністерство культури України</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="2" t="inlineStr">
         <is>
           <t>Поштовий індекс (місцезнаходження)</t>
         </is>
       </c>
       <c r="B11" s="3" t="inlineStr">
         <is>
           <t>01001</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="2" t="inlineStr">
         <is>
           <t>Код КАТОТТГ (місцезнаходження)</t>
         </is>
       </c>
       <c r="B12" s="3" t="inlineStr">
         <is>
           <t>UA80000000000093317</t>
         </is>
@@ -3201,54 +3201,56 @@
         <is>
           <t>025</t>
         </is>
       </c>
       <c r="C57" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D57" s="3"/>
       <c r="E57" s="6" t="n">
         <v>65078</v>
       </c>
       <c r="F57" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="G57" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H57" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I57" s="9"/>
+          <t>- 19251</t>
+        </is>
+      </c>
+      <c r="I57" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J57" s="8" t="inlineStr">
         <is>
           <t>НД 1192885</t>
         </is>
       </c>
       <c r="K57" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B58" s="8" t="inlineStr">
         <is>
           <t>025</t>
         </is>
       </c>
       <c r="C58" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
@@ -4708,51 +4710,51 @@
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>025</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="F5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>026</t>
         </is>
       </c>
@@ -4840,84 +4842,84 @@
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>B5</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="6" t="n">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>025</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
-        <v>137</v>
+        <v>55</v>
       </c>
       <c r="F10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>026</t>
         </is>
       </c>
@@ -5038,51 +5040,51 @@
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B15" s="8" t="inlineStr">
         <is>
           <t>025</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="6" t="n">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="F15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B16" s="8" t="inlineStr">
         <is>
           <t>034</t>
         </is>
       </c>