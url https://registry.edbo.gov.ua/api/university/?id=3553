--- v0 (2025-10-21)
+++ v1 (2025-12-15)
@@ -844,51 +844,51 @@
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>104</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="F3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I3"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>