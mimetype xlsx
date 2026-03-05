--- v1 (2025-12-15)
+++ v2 (2026-03-05)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Освітні програми" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Здобувачі ВО" sheetId="4" state="visible" r:id="rId5"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$2</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$4</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$3</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$3</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
@@ -501,51 +501,51 @@
         <v>6</v>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 07.04.2023 № 116-л</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:C2"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:K4"/>
+  <dimension ref="A1:K3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="1024" min="12" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
@@ -633,128 +633,89 @@
         </is>
       </c>
       <c r="H2" s="8" t="inlineStr">
         <is>
           <t>- 1496</t>
         </is>
       </c>
       <c r="I2" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J2" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K2" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
-          <t>104</t>
+          <t>E5</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
-        <v>87911</v>
+        <v>87054</v>
       </c>
       <c r="F3" s="3" t="inlineStr">
         <is>
-          <t>Теоретична фізика конденсованої речовини</t>
-[...2 lines deleted...]
-      <c r="G3" s="3"/>
+          <t>Освітньо-наукова програма третього рівня вищої освіти Інституту фізики конденсованих систем НАН України</t>
+        </is>
+      </c>
+      <c r="G3" s="3" t="inlineStr">
+        <is>
+          <t>Освітньо-наукова</t>
+        </is>
+      </c>
       <c r="H3" s="8" t="inlineStr">
         <is>
+          <t>- 18565</t>
+        </is>
+      </c>
+      <c r="I3" s="9" t="n">
+        <v>46204</v>
+      </c>
+      <c r="J3" s="8" t="inlineStr">
+        <is>
           <t> </t>
         </is>
       </c>
-      <c r="I3" s="9"/>
-[...4 lines deleted...]
-      </c>
       <c r="K3" s="9"/>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
-[...43 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:K4"/>
+  <autoFilter ref="A1:K3"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:I3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>