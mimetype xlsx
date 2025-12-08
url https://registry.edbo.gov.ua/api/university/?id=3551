--- v0 (2025-10-24)
+++ v1 (2025-12-08)
@@ -1010,51 +1010,51 @@
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>113</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Прикладна математика</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="6" t="n">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="F4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>142</t>
         </is>
       </c>