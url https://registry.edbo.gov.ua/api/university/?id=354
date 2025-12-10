--- v0 (2025-10-24)
+++ v1 (2025-12-10)
@@ -2452,51 +2452,51 @@
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
         <v>7</v>
       </c>
       <c r="F2" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
@@ -2617,51 +2617,51 @@
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
         <v>11</v>
       </c>
       <c r="F7" s="6" t="n">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>