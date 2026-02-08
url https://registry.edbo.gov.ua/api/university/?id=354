--- v1 (2025-12-10)
+++ v2 (2026-02-08)
@@ -372,75 +372,75 @@
         <is>
           <t>м. Київ</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Адреса (місцезнаходження)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>вул. Здановської Юлії, 18</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон / факс</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>(044) 257 70 91 , 257 03 07, 258 20 29</t>
+          <t>+38(044)-257-70-91</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B17" s="3" t="inlineStr">
         <is>
           <t>rector@kkibp.edu.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
-          <t>http://kkibp.kiev.ua.</t>
+          <t>http://kkibp.edu.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>В.о.ректора</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Гіджеліцький Віталій Миколайович</t>
         </is>
@@ -864,54 +864,56 @@
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="3" t="inlineStr">
         <is>
           <t>Правознавство</t>
         </is>
       </c>
       <c r="F5" s="6" t="n">
         <v>30</v>
       </c>
       <c r="G5" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="H5" s="9"/>
+          <t> 19706</t>
+        </is>
+      </c>
+      <c r="H5" s="9" t="n">
+        <v>46400</v>
+      </c>
       <c r="I5" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 26.04.2021 № 53-л</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I5"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:L9"/>
   <sheetViews>
@@ -2078,54 +2080,56 @@
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
         <v>13544</v>
       </c>
       <c r="F17" s="3" t="inlineStr">
         <is>
           <t>Правознавство</t>
         </is>
       </c>
       <c r="G17" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H17" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I17" s="9"/>
+          <t>- 19706</t>
+        </is>
+      </c>
+      <c r="I17" s="9" t="n">
+        <v>46400</v>
+      </c>
       <c r="J17" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K17" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="6" t="n">
@@ -2482,120 +2486,120 @@
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="F3" s="6" t="n">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="6" t="n">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F4" s="6" t="n">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
         <v>7</v>
       </c>
       <c r="F5" s="6" t="n">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
@@ -2614,51 +2618,51 @@
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F7" s="6" t="n">
         <v>8</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
@@ -2680,87 +2684,87 @@
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="6" t="n">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="F9" s="6" t="n">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Підприємництво, торгівля та біржова діяльність</t>
@@ -2782,51 +2786,51 @@
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
         <v>33</v>
       </c>
       <c r="F12" s="6" t="n">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="G12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
@@ -2845,51 +2849,51 @@
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F14" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
@@ -2911,51 +2915,51 @@
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F16" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
@@ -3043,51 +3047,51 @@
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="6" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F20" s="6" t="n">
         <v>14</v>
       </c>
       <c r="G20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>