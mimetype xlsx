--- v0 (2025-10-23)
+++ v1 (2026-02-06)
@@ -1028,54 +1028,54 @@
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>H1</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F3" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>H2</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Тваринництво</t>