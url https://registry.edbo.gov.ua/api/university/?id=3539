--- v1 (2026-02-06)
+++ v2 (2026-03-30)
@@ -612,323 +612,325 @@
         <is>
           <t>091</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Біологія</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
         <v>37033</v>
       </c>
       <c r="F2" s="3" t="inlineStr">
         <is>
           <t>Біологія</t>
         </is>
       </c>
       <c r="G2" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H2" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I2" s="9"/>
+          <t>- 2177</t>
+        </is>
+      </c>
+      <c r="I2" s="9" t="n">
+        <v>46752</v>
+      </c>
       <c r="J2" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K2" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>091</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
         <v>62245</v>
       </c>
       <c r="F3" s="3" t="inlineStr">
         <is>
           <t>Біологія</t>
         </is>
       </c>
       <c r="G3" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H3" s="8" t="inlineStr">
         <is>
           <t>- 5809</t>
         </is>
       </c>
       <c r="I3" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
       <c r="J3" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K3" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>201</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="6" t="n">
         <v>37034</v>
       </c>
       <c r="F4" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="G4" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H4" s="8" t="inlineStr">
         <is>
           <t>- 2265</t>
         </is>
       </c>
       <c r="I4" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
       <c r="J4" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K4" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>204</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Технологія виробництва і переробки продукції тваринництва</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
         <v>37035</v>
       </c>
       <c r="F5" s="3" t="inlineStr">
         <is>
           <t>Тенхнологія виробництва і переробки продукції тваринництва</t>
         </is>
       </c>
       <c r="G5" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H5" s="8" t="inlineStr">
         <is>
           <t>- 2263</t>
         </is>
       </c>
       <c r="I5" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
       <c r="J5" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K5" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>E1</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="6" t="n">
         <v>74194</v>
       </c>
       <c r="F6" s="3" t="inlineStr">
         <is>
           <t>Біологія</t>
         </is>
       </c>
       <c r="G6" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H6" s="8" t="inlineStr">
         <is>
           <t>- 11779</t>
         </is>
       </c>
       <c r="I6" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
       <c r="J6" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K6" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>H1</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
         <v>74192</v>
       </c>
       <c r="F7" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="G7" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H7" s="8" t="inlineStr">
         <is>
           <t>- 11778</t>
         </is>
       </c>
       <c r="I7" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
       <c r="J7" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K7" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>H2</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Тваринництво</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="6" t="n">
         <v>74197</v>
       </c>
       <c r="F8" s="3" t="inlineStr">
         <is>
           <t>Технологія виробництва і переробки продукції тваринництва</t>
         </is>
       </c>
       <c r="G8" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H8" s="8" t="inlineStr">
         <is>
           <t>- 12153</t>
         </is>
       </c>
       <c r="I8" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
       <c r="J8" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K8" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K8"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>