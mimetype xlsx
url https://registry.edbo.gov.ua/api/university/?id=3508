--- v0 (2025-10-30)
+++ v1 (2025-12-17)
@@ -1123,51 +1123,51 @@
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="6" t="n">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="F4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>