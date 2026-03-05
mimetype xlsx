--- v1 (2025-12-17)
+++ v2 (2026-03-05)
@@ -856,55 +856,55 @@
         <is>
           <t>281</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
         <v>35393</v>
       </c>
       <c r="F3" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="G3" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H3" s="8" t="inlineStr">
         <is>
-          <t>- 11382</t>
+          <t>- 19393</t>
         </is>
       </c>
       <c r="I3" s="9" t="n">
-        <v>46134</v>
+        <v>46379</v>
       </c>
       <c r="J3" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K3" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D4" s="3"/>