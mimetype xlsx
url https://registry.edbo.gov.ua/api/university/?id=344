--- v0 (2025-11-02)
+++ v1 (2025-12-22)
@@ -6377,51 +6377,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D3" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E3" s="6" t="n">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F3" s="6" t="n">
         <v>9</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
@@ -6521,51 +6521,51 @@
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>C3</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Міжнародні відносини</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="F7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
@@ -6623,51 +6623,51 @@
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
         <v>13</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
@@ -7193,51 +7193,51 @@
       <c r="H26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D27" s="3"/>
       <c r="E27" s="6" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F27" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B28" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
@@ -7325,51 +7325,51 @@
       <c r="H30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I30" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B31" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D31" s="3"/>
       <c r="E31" s="6" t="n">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="F31" s="6" t="n">
         <v>8</v>
       </c>
       <c r="G31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I31" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B32" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
@@ -8034,51 +8034,51 @@
       <c r="H51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I51" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B52" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C52" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D52" s="3"/>
       <c r="E52" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F52" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I52" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B53" s="7" t="inlineStr">
         <is>
           <t>D4</t>
         </is>
       </c>
@@ -8504,51 +8504,51 @@
       <c r="H65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I65" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B66" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D66" s="3"/>
       <c r="E66" s="6" t="n">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="F66" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I66" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B67" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
@@ -8570,124 +8570,124 @@
       <c r="H67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I67" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B68" s="7" t="inlineStr">
         <is>
           <t>221</t>
         </is>
       </c>
       <c r="C68" s="3" t="inlineStr">
         <is>
           <t>Стоматологія</t>
         </is>
       </c>
       <c r="D68" s="3"/>
       <c r="E68" s="6" t="n">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="F68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I68" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B69" s="7" t="inlineStr">
         <is>
           <t>222</t>
         </is>
       </c>
       <c r="C69" s="3" t="inlineStr">
         <is>
           <t>Медицина</t>
         </is>
       </c>
       <c r="D69" s="3"/>
       <c r="E69" s="6" t="n">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="F69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I69" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B70" s="7" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
           <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="D70" s="3" t="inlineStr">
         <is>
           <t>Фармація</t>
         </is>
       </c>
       <c r="E70" s="6" t="n">
         <v>23</v>
       </c>
       <c r="F70" s="6" t="n">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="G70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I70" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B71" s="7" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>
       <c r="C71" s="3" t="inlineStr">
         <is>
           <t>Фармація, промислова фармація</t>
@@ -8739,84 +8739,84 @@
       <c r="H72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I72" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B73" s="7" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
       <c r="C73" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D73" s="3"/>
       <c r="E73" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F73" s="6" t="n">
         <v>6</v>
       </c>
       <c r="G73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I73" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B74" s="7" t="inlineStr">
         <is>
           <t>291</t>
         </is>
       </c>
       <c r="C74" s="3" t="inlineStr">
         <is>
           <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
         </is>
       </c>
       <c r="D74" s="3"/>
       <c r="E74" s="6" t="n">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="F74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I74" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B75" s="7" t="inlineStr">
         <is>
           <t>292</t>
         </is>
       </c>
@@ -8838,51 +8838,51 @@
       <c r="H75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I75" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B76" s="7" t="inlineStr">
         <is>
           <t>293</t>
         </is>
       </c>
       <c r="C76" s="3" t="inlineStr">
         <is>
           <t>Міжнародне право</t>
         </is>
       </c>
       <c r="D76" s="3"/>
       <c r="E76" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F76" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I76" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B77" s="7" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
@@ -8940,51 +8940,51 @@
       <c r="I78" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B79" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C79" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D79" s="3"/>
       <c r="E79" s="6" t="n">
         <v>33</v>
       </c>
       <c r="F79" s="6" t="n">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I79" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I79"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">