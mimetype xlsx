--- v1 (2025-12-22)
+++ v2 (2026-02-22)
@@ -4417,54 +4417,56 @@
       <c r="C56" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D56" s="3" t="inlineStr">
         <is>
           <t>Цифрові технології</t>
         </is>
       </c>
       <c r="E56" s="6" t="n">
         <v>60203</v>
       </c>
       <c r="F56" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="G56" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H56" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I56" s="9"/>
+          <t>- 19631</t>
+        </is>
+      </c>
+      <c r="I56" s="9" t="n">
+        <v>46400</v>
+      </c>
       <c r="J56" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K56" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B57" s="7" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
       <c r="C57" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D57" s="3" t="inlineStr">
         <is>
@@ -6380,51 +6382,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D3" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E3" s="6" t="n">
         <v>17</v>
       </c>
       <c r="F3" s="6" t="n">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
@@ -6451,51 +6453,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>B6</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Перформативні мистецтва</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
           <t>Сценічне мистецтво</t>
         </is>
       </c>
       <c r="E5" s="6" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F5" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
@@ -6818,84 +6820,84 @@
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>G17</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="F16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F17" s="6" t="n">
         <v>11</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>I5</t>
         </is>
       </c>
@@ -7024,51 +7026,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D22" s="3" t="inlineStr">
         <is>
           <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="E22" s="6" t="n">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>025</t>
         </is>
       </c>
@@ -7090,87 +7092,87 @@
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>026</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Сценічне мистецтво</t>
         </is>
       </c>
       <c r="D24" s="3"/>
       <c r="E24" s="6" t="n">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F24" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="6" t="n">
         <v>1</v>
       </c>
       <c r="F25" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
@@ -7229,51 +7231,51 @@
       <c r="I27" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B28" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D28" s="3"/>
       <c r="E28" s="6" t="n">
         <v>44</v>
       </c>
       <c r="F28" s="6" t="n">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="G28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I28" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="7" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
@@ -7394,51 +7396,51 @@
       <c r="I32" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B33" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D33" s="3"/>
       <c r="E33" s="6" t="n">
         <v>38</v>
       </c>
       <c r="F33" s="6" t="n">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I33" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B34" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
@@ -7457,87 +7459,87 @@
       <c r="H34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I34" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B35" s="7" t="inlineStr">
         <is>
           <t>191</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D35" s="3"/>
       <c r="E35" s="6" t="n">
-        <v>64</v>
+        <v>56</v>
       </c>
       <c r="F35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I35" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B36" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D36" s="3"/>
       <c r="E36" s="6" t="n">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="F36" s="6" t="n">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I36" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B37" s="7" t="inlineStr">
         <is>
           <t>223</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
@@ -7692,51 +7694,51 @@
       <c r="H41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I41" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B42" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
           <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D42" s="3"/>
       <c r="E42" s="6" t="n">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="F42" s="6" t="n">
         <v>8</v>
       </c>
       <c r="G42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I42" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B43" s="7" t="inlineStr">
         <is>
           <t>291</t>
         </is>
       </c>
@@ -8067,51 +8069,51 @@
       <c r="H52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I52" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B53" s="7" t="inlineStr">
         <is>
           <t>D4</t>
         </is>
       </c>
       <c r="C53" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D53" s="3"/>
       <c r="E53" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F53" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I53" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B54" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
@@ -8269,51 +8271,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B59" s="7" t="inlineStr">
         <is>
           <t>I8</t>
         </is>
       </c>
       <c r="C59" s="3" t="inlineStr">
         <is>
           <t>Фармація</t>
         </is>
       </c>
       <c r="D59" s="3" t="inlineStr">
         <is>
           <t>Фармація</t>
         </is>
       </c>
       <c r="E59" s="6" t="n">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="F59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I59" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B60" s="7" t="inlineStr">
         <is>
           <t>011</t>
         </is>
       </c>
@@ -8339,117 +8341,117 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B61" s="7" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
       <c r="C61" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D61" s="3" t="inlineStr">
         <is>
           <t>Цифрові технології</t>
         </is>
       </c>
       <c r="E61" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F61" s="6" t="n">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="G61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I61" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B62" s="7" t="inlineStr">
         <is>
           <t>021</t>
         </is>
       </c>
       <c r="C62" s="3" t="inlineStr">
         <is>
           <t>Аудіовізуальне мистецтво та виробництво</t>
         </is>
       </c>
       <c r="D62" s="3"/>
       <c r="E62" s="6" t="n">
         <v>12</v>
       </c>
       <c r="F62" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I62" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B63" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C63" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D63" s="3"/>
       <c r="E63" s="6" t="n">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I63" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B64" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
@@ -8504,220 +8506,220 @@
       <c r="H65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I65" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B66" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D66" s="3"/>
       <c r="E66" s="6" t="n">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F66" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I66" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B67" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C67" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D67" s="3"/>
       <c r="E67" s="6" t="n">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F67" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I67" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B68" s="7" t="inlineStr">
         <is>
           <t>221</t>
         </is>
       </c>
       <c r="C68" s="3" t="inlineStr">
         <is>
           <t>Стоматологія</t>
         </is>
       </c>
       <c r="D68" s="3"/>
       <c r="E68" s="6" t="n">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="F68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I68" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B69" s="7" t="inlineStr">
         <is>
           <t>222</t>
         </is>
       </c>
       <c r="C69" s="3" t="inlineStr">
         <is>
           <t>Медицина</t>
         </is>
       </c>
       <c r="D69" s="3"/>
       <c r="E69" s="6" t="n">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="F69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I69" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B70" s="7" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
           <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="D70" s="3" t="inlineStr">
         <is>
           <t>Фармація</t>
         </is>
       </c>
       <c r="E70" s="6" t="n">
         <v>23</v>
       </c>
       <c r="F70" s="6" t="n">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="G70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I70" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B71" s="7" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>
       <c r="C71" s="3" t="inlineStr">
         <is>
           <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="D71" s="3"/>
       <c r="E71" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F71" s="6" t="n">
         <v>14</v>
       </c>
       <c r="G71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I71" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B72" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
@@ -8841,51 +8843,51 @@
       <c r="I75" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B76" s="7" t="inlineStr">
         <is>
           <t>293</t>
         </is>
       </c>
       <c r="C76" s="3" t="inlineStr">
         <is>
           <t>Міжнародне право</t>
         </is>
       </c>
       <c r="D76" s="3"/>
       <c r="E76" s="6" t="n">
         <v>2</v>
       </c>
       <c r="F76" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I76" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B77" s="7" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
       <c r="C77" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>