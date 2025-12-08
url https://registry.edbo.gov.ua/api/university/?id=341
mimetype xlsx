--- v0 (2025-10-18)
+++ v1 (2025-12-08)
@@ -25,51 +25,51 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="ВСП" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Факультети" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Ліцензії ПДО" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Освітні програми" sheetId="7" state="visible" r:id="rId8"/>
     <sheet name="Здобувачі ВО" sheetId="8" state="visible" r:id="rId9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'ВСП'!$A$1:$E$3</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$16</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$17</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПДО'!$A$1:$K$7</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПДО'!$A$1:$K$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$382</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$316</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
@@ -416,63 +416,63 @@
         <is>
           <t>office@pnu.edu.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>https://pnu.edu.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
-          <t>В.о. ректора</t>
+          <t>Ректор</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
-          <t>Цепенда Ігор Євгенович</t>
+          <t>Якубів Валентина Михайлівна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="B21" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:B21"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
@@ -528,51 +528,51 @@
           <t>Відокремлений структурний підрозділ "Івано-Франківський фаховий коледж Карпатського національного університету імені Василя Стефаника"</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
         <v>2712</v>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Івано-Франківська обл.</t>
         </is>
       </c>
       <c r="D2" s="7" t="inlineStr">
         <is>
           <t>UA26040190010045761</t>
         </is>
       </c>
       <c r="E2" s="3" t="inlineStr">
         <is>
           <t>м. Івано-Франківськ</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
-          <t>Коломийський навчально-науковий інститут Прикарпатського національного університету імені Василя Стефаника</t>
+          <t>Коломийський навчально-науковий інститут Карпатського національного університету імені Василя Стефаника</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
         <v>2738</v>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Івано-Франківська обл.</t>
         </is>
       </c>
       <c r="D3" s="7" t="inlineStr">
         <is>
           <t>UA26080070010075786</t>
         </is>
       </c>
       <c r="E3" s="3" t="inlineStr">
         <is>
           <t>м. Коломия</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:E3"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
@@ -736,51 +736,51 @@
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="45"/>
     <col collapsed="false" hidden="false" max="1024" min="4" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Рівень освіти/ Освітній ступінь</t>
         </is>
       </c>
       <c r="B1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="C1" s="5" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>перший (бакалаврський) рівень</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
         <v>5167</v>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 22.02.2021 № 19-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>другий (магістерський) рівень</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
@@ -866,51 +866,51 @@
         </is>
       </c>
       <c r="E1" s="5" t="inlineStr">
         <is>
           <t>Освітня програма</t>
         </is>
       </c>
       <c r="F1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="G1" s="5" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="H1" s="5" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="I1" s="5" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="3" t="inlineStr">
         <is>
           <t>Міжнародне і європейське право</t>
         </is>
       </c>
@@ -1016,133 +1016,133 @@
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="F5" s="6" t="n">
         <v>200</v>
       </c>
       <c r="G5" s="7" t="inlineStr">
         <is>
-          <t> 12253</t>
+          <t> 19122</t>
         </is>
       </c>
       <c r="H5" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="I5" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 04.03.2021 № 26-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E6" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="F6" s="6" t="n">
         <v>50</v>
       </c>
       <c r="G6" s="7" t="inlineStr">
         <is>
-          <t> 14509</t>
+          <t> 19138</t>
         </is>
       </c>
       <c r="H6" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="I6" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 24.05.2023 № 182-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="F7" s="6" t="n">
         <v>50</v>
       </c>
       <c r="G7" s="7" t="inlineStr">
         <is>
-          <t> 12313</t>
+          <t> 19137</t>
         </is>
       </c>
       <c r="H7" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="I7" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 04.03.2021 № 26-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>262</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
@@ -1256,94 +1256,94 @@
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="F11" s="6" t="n">
         <v>200</v>
       </c>
       <c r="G11" s="7" t="inlineStr">
         <is>
-          <t> 6720</t>
+          <t> 19030</t>
         </is>
       </c>
       <c r="H11" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="I11" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 04.03.2021 № 26-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D12" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E12" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="F12" s="6" t="n">
         <v>60</v>
       </c>
       <c r="G12" s="7" t="inlineStr">
         <is>
-          <t> 11273</t>
+          <t> 19041</t>
         </is>
       </c>
       <c r="H12" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="I12" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 24.05.2023 № 182-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Право</t>
@@ -1416,162 +1416,162 @@
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="F15" s="6" t="n">
         <v>25</v>
       </c>
       <c r="G15" s="7" t="inlineStr">
         <is>
-          <t> 3272</t>
+          <t> 19059</t>
         </is>
       </c>
       <c r="H15" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="I15" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 04.03.2021 № 26-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D16" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E16" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="F16" s="6" t="n">
         <v>10</v>
       </c>
       <c r="G16" s="7" t="inlineStr">
         <is>
-          <t> 17210</t>
+          <t> 19071</t>
         </is>
       </c>
       <c r="H16" s="9" t="n">
         <v>46197</v>
       </c>
       <c r="I16" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 24.05.2023 № 182-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="F17" s="6" t="n">
         <v>10</v>
       </c>
       <c r="G17" s="7" t="inlineStr">
         <is>
-          <t> 16434</t>
+          <t> 19070</t>
         </is>
       </c>
       <c r="H17" s="9" t="n">
         <v>46197</v>
       </c>
       <c r="I17" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 04.03.2021 № 26-л</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I17"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:K7"/>
+  <dimension ref="A1:K4"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="11"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="1024" min="12" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Рівень освіти</t>
@@ -1604,51 +1604,51 @@
       </c>
       <c r="G1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="H1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (на строк навчання)</t>
         </is>
       </c>
       <c r="I1" s="5" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="J1" s="5" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="K1" s="5" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>вища освіта</t>
         </is>
       </c>
       <c r="B2" s="3" t="inlineStr">
         <is>
           <t>підвищення кваліфікації</t>
         </is>
       </c>
       <c r="C2" s="7" t="inlineStr">
         <is>
           <t>A3</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="E2" s="3"/>
@@ -1739,183 +1739,52 @@
       </c>
       <c r="E4" s="3" t="inlineStr">
         <is>
           <t>Хімія</t>
         </is>
       </c>
       <c r="F4" s="3"/>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>30</v>
       </c>
       <c r="I4" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="J4" s="9"/>
       <c r="K4" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 03.07.2025 № 108-л</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
-[...129 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:K7"/>
+  <autoFilter ref="A1:K4"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:K382"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
@@ -1994,992 +1863,992 @@
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>012</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
         <v>11399</v>
       </c>
       <c r="F2" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="G2" s="3"/>
       <c r="H2" s="7" t="inlineStr">
         <is>
-          <t>- 3242</t>
+          <t>- 19078</t>
         </is>
       </c>
       <c r="I2" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J2" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K2" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
         <v>13537</v>
       </c>
       <c r="F3" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="G3" s="3"/>
       <c r="H3" s="7" t="inlineStr">
         <is>
-          <t>- 11137</t>
+          <t>- 19079</t>
         </is>
       </c>
       <c r="I3" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J3" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K3" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D4" s="3" t="inlineStr">
         <is>
           <t>Англійська мова і література</t>
         </is>
       </c>
       <c r="E4" s="6" t="n">
         <v>40097</v>
       </c>
       <c r="F4" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (англійська мова і література)</t>
         </is>
       </c>
       <c r="G4" s="3"/>
       <c r="H4" s="7" t="inlineStr">
         <is>
-          <t>- 13705</t>
+          <t>- 19080</t>
         </is>
       </c>
       <c r="I4" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J4" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K4" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E5" s="6" t="n">
         <v>61196</v>
       </c>
       <c r="F5" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (англійська мова і література)</t>
         </is>
       </c>
       <c r="G5" s="3"/>
       <c r="H5" s="7" t="inlineStr">
         <is>
-          <t>- 13705</t>
+          <t>- 19080</t>
         </is>
       </c>
       <c r="I5" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J5" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K5" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>Біологія та здоров’я людини</t>
         </is>
       </c>
       <c r="E6" s="6" t="n">
         <v>23512</v>
       </c>
       <c r="F6" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (біологія та здоров’я людини)</t>
         </is>
       </c>
       <c r="G6" s="3"/>
       <c r="H6" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I6" s="9"/>
       <c r="J6" s="7" t="inlineStr">
         <is>
-          <t>УД 09015928</t>
+          <t>УД 09021413</t>
         </is>
       </c>
       <c r="K6" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
           <t>Географія</t>
         </is>
       </c>
       <c r="E7" s="6" t="n">
         <v>22704</v>
       </c>
       <c r="F7" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (географія)</t>
         </is>
       </c>
       <c r="G7" s="3"/>
       <c r="H7" s="7" t="inlineStr">
         <is>
-          <t>- 3241</t>
+          <t>- 19081</t>
         </is>
       </c>
       <c r="I7" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J7" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K7" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
           <t>Інформатика</t>
         </is>
       </c>
       <c r="E8" s="6" t="n">
         <v>39873</v>
       </c>
       <c r="F8" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (інформатика. Англійська мова)</t>
         </is>
       </c>
       <c r="G8" s="3"/>
       <c r="H8" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I8" s="9"/>
       <c r="J8" s="7" t="inlineStr">
         <is>
-          <t>УД 09015921</t>
+          <t>УД 09021414</t>
         </is>
       </c>
       <c r="K8" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D9" s="3" t="inlineStr">
         <is>
           <t>Історія</t>
         </is>
       </c>
       <c r="E9" s="6" t="n">
         <v>24147</v>
       </c>
       <c r="F9" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (історія)</t>
         </is>
       </c>
       <c r="G9" s="3"/>
       <c r="H9" s="7" t="inlineStr">
         <is>
-          <t>- 12193</t>
+          <t>- 19082</t>
         </is>
       </c>
       <c r="I9" s="9" t="n">
         <v>46155</v>
       </c>
       <c r="J9" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K9" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E10" s="6" t="n">
         <v>64395</v>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (історія)</t>
         </is>
       </c>
       <c r="G10" s="3"/>
       <c r="H10" s="7" t="inlineStr">
         <is>
-          <t>- 12193</t>
+          <t>- 19082</t>
         </is>
       </c>
       <c r="I10" s="9" t="n">
         <v>46155</v>
       </c>
       <c r="J10" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K10" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D11" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="E11" s="6" t="n">
         <v>31765</v>
       </c>
       <c r="F11" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (математика, інформатика)</t>
         </is>
       </c>
       <c r="G11" s="3"/>
       <c r="H11" s="7" t="inlineStr">
         <is>
-          <t>- 4526</t>
+          <t>- 19083</t>
         </is>
       </c>
       <c r="I11" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J11" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K11" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D12" s="3" t="inlineStr">
         <is>
           <t>Мистецтво. Музичне мистецтво</t>
         </is>
       </c>
       <c r="E12" s="6" t="n">
         <v>64403</v>
       </c>
       <c r="F12" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (музичне мистецтво)</t>
         </is>
       </c>
       <c r="G12" s="3"/>
       <c r="H12" s="7" t="inlineStr">
         <is>
-          <t>- 3254</t>
+          <t>- 19084</t>
         </is>
       </c>
       <c r="I12" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J12" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K12" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D13" s="3" t="inlineStr">
         <is>
           <t>Мистецтво. Образотворче мистецтво</t>
         </is>
       </c>
       <c r="E13" s="6" t="n">
         <v>64400</v>
       </c>
       <c r="F13" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (образотворче мистецтво)</t>
         </is>
       </c>
       <c r="G13" s="3"/>
       <c r="H13" s="7" t="inlineStr">
         <is>
-          <t>- 3245</t>
+          <t>- 19085</t>
         </is>
       </c>
       <c r="I13" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J13" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K13" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D14" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="E14" s="6" t="n">
         <v>22649</v>
       </c>
       <c r="F14" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (музичне мистецтво)</t>
         </is>
       </c>
       <c r="G14" s="3"/>
       <c r="H14" s="7" t="inlineStr">
         <is>
-          <t>- 3254</t>
+          <t>- 19084</t>
         </is>
       </c>
       <c r="I14" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J14" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K14" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D15" s="3" t="inlineStr">
         <is>
           <t>Німецька мова і література</t>
         </is>
       </c>
       <c r="E15" s="6" t="n">
         <v>40098</v>
       </c>
       <c r="F15" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (німецька мова і література)</t>
         </is>
       </c>
       <c r="G15" s="3"/>
       <c r="H15" s="7" t="inlineStr">
         <is>
-          <t>- 13704</t>
+          <t>- 19086</t>
         </is>
       </c>
       <c r="I15" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J15" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K15" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D16" s="3" t="inlineStr">
         <is>
           <t>Німецька мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E16" s="6" t="n">
         <v>61199</v>
       </c>
       <c r="F16" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (німецька мова і література)</t>
         </is>
       </c>
       <c r="G16" s="3"/>
       <c r="H16" s="7" t="inlineStr">
         <is>
-          <t>- 13704</t>
+          <t>- 19086</t>
         </is>
       </c>
       <c r="I16" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J16" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K16" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D17" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво</t>
         </is>
       </c>
       <c r="E17" s="6" t="n">
         <v>22650</v>
       </c>
       <c r="F17" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (образотворче мистецтво)</t>
         </is>
       </c>
       <c r="G17" s="3"/>
       <c r="H17" s="7" t="inlineStr">
         <is>
-          <t>- 3245</t>
+          <t>- 19085</t>
         </is>
       </c>
       <c r="I17" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J17" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K17" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D18" s="3" t="inlineStr">
         <is>
           <t>Польська мова і література</t>
         </is>
       </c>
       <c r="E18" s="6" t="n">
         <v>40099</v>
       </c>
       <c r="F18" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (польська мова та література)</t>
         </is>
       </c>
       <c r="G18" s="3"/>
       <c r="H18" s="7" t="inlineStr">
         <is>
-          <t>- 3243</t>
+          <t>- 19087</t>
         </is>
       </c>
       <c r="I18" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J18" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K18" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D19" s="3" t="inlineStr">
         <is>
           <t>Польська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E19" s="6" t="n">
         <v>61200</v>
       </c>
       <c r="F19" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (польська мова та література)</t>
         </is>
       </c>
       <c r="G19" s="3"/>
       <c r="H19" s="7" t="inlineStr">
         <is>
-          <t>- 3243</t>
+          <t>- 19087</t>
         </is>
       </c>
       <c r="I19" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J19" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K19" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D20" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E20" s="6" t="n">
         <v>22640</v>
       </c>
       <c r="F20" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (українська мова і література)</t>
         </is>
       </c>
       <c r="G20" s="3"/>
       <c r="H20" s="7" t="inlineStr">
         <is>
-          <t>- 3237</t>
+          <t>- 19088</t>
         </is>
       </c>
       <c r="I20" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J20" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K20" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D21" s="3" t="inlineStr">
         <is>
           <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="E21" s="6" t="n">
         <v>61186</v>
       </c>
       <c r="F21" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (фізика та математика)</t>
         </is>
       </c>
       <c r="G21" s="3"/>
       <c r="H21" s="7" t="inlineStr">
         <is>
-          <t>- 7267</t>
+          <t>- 19089</t>
         </is>
       </c>
       <c r="I21" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J21" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K21" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D22" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E22" s="6" t="n">
         <v>22642</v>
       </c>
       <c r="F22" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (фізична культура)</t>
         </is>
       </c>
       <c r="G22" s="3"/>
       <c r="H22" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I22" s="9"/>
       <c r="J22" s="7" t="inlineStr">
         <is>
-          <t>УД 09015922</t>
+          <t>УД 09021415</t>
         </is>
       </c>
       <c r="K22" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D23" s="3" t="inlineStr">
         <is>
           <t>Хімія</t>
         </is>
       </c>
       <c r="E23" s="6" t="n">
         <v>22705</v>
       </c>
       <c r="F23" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (хімія)</t>
         </is>
       </c>
       <c r="G23" s="3"/>
       <c r="H23" s="7" t="inlineStr">
         <is>
-          <t>- 3256</t>
+          <t>- 19090</t>
         </is>
       </c>
       <c r="I23" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J23" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K23" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
@@ -3023,645 +2892,645 @@
         <is>
           <t>016</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D25" s="3" t="inlineStr">
         <is>
           <t>Логопедія</t>
         </is>
       </c>
       <c r="E25" s="6" t="n">
         <v>40102</v>
       </c>
       <c r="F25" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="G25" s="3"/>
       <c r="H25" s="7" t="inlineStr">
         <is>
-          <t>- 3276</t>
+          <t>- 19091</t>
         </is>
       </c>
       <c r="I25" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J25" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K25" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D26" s="3"/>
       <c r="E26" s="6" t="n">
         <v>9213</v>
       </c>
       <c r="F26" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="G26" s="3"/>
       <c r="H26" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I26" s="9"/>
       <c r="J26" s="7" t="inlineStr">
         <is>
-          <t>УД 09015923</t>
+          <t>УД 09021416</t>
         </is>
       </c>
       <c r="K26" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D27" s="3" t="inlineStr">
         <is>
           <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="E27" s="6" t="n">
         <v>23824</v>
       </c>
       <c r="F27" s="3" t="inlineStr">
         <is>
           <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="G27" s="3"/>
       <c r="H27" s="7" t="inlineStr">
         <is>
-          <t>- 3228</t>
+          <t>- 19092</t>
         </is>
       </c>
       <c r="I27" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J27" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K27" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B28" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D28" s="3" t="inlineStr">
         <is>
           <t>Дизайн одягу (взуття)</t>
         </is>
       </c>
       <c r="E28" s="6" t="n">
         <v>23840</v>
       </c>
       <c r="F28" s="3" t="inlineStr">
         <is>
           <t>Дизайн одягу</t>
         </is>
       </c>
       <c r="G28" s="3"/>
       <c r="H28" s="7" t="inlineStr">
         <is>
-          <t>- 3233</t>
+          <t>- 19093</t>
         </is>
       </c>
       <c r="I28" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J28" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K28" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D29" s="3" t="inlineStr">
         <is>
           <t>Дизайн середовища</t>
         </is>
       </c>
       <c r="E29" s="6" t="n">
         <v>23839</v>
       </c>
       <c r="F29" s="3" t="inlineStr">
         <is>
           <t>Дизайн середовища</t>
         </is>
       </c>
       <c r="G29" s="3"/>
       <c r="H29" s="7" t="inlineStr">
         <is>
-          <t>- 3227</t>
+          <t>- 19094</t>
         </is>
       </c>
       <c r="I29" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J29" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K29" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B30" s="7" t="inlineStr">
         <is>
           <t>023</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
         </is>
       </c>
       <c r="D30" s="3"/>
       <c r="E30" s="6" t="n">
         <v>11513</v>
       </c>
       <c r="F30" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво</t>
         </is>
       </c>
       <c r="G30" s="3"/>
       <c r="H30" s="7" t="inlineStr">
         <is>
-          <t>- 16286</t>
+          <t>- 19095</t>
         </is>
       </c>
       <c r="I30" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J30" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K30" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B31" s="7" t="inlineStr">
         <is>
           <t>024</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Хореографія</t>
         </is>
       </c>
       <c r="D31" s="3"/>
       <c r="E31" s="6" t="n">
         <v>17294</v>
       </c>
       <c r="F31" s="3" t="inlineStr">
         <is>
           <t>Хореографія</t>
         </is>
       </c>
       <c r="G31" s="3"/>
       <c r="H31" s="7" t="inlineStr">
         <is>
-          <t>- 3230</t>
+          <t>- 19096</t>
         </is>
       </c>
       <c r="I31" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J31" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K31" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B32" s="7" t="inlineStr">
         <is>
           <t>025</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D32" s="3"/>
       <c r="E32" s="6" t="n">
         <v>49452</v>
       </c>
       <c r="F32" s="3" t="inlineStr">
         <is>
           <t>Інструментально-виконавське мистецтво</t>
         </is>
       </c>
       <c r="G32" s="3"/>
       <c r="H32" s="7" t="inlineStr">
         <is>
-          <t>- 3076</t>
+          <t>- 19097</t>
         </is>
       </c>
       <c r="I32" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J32" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K32" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B33" s="7" t="inlineStr">
         <is>
           <t>025</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D33" s="3"/>
       <c r="E33" s="6" t="n">
         <v>49453</v>
       </c>
       <c r="F33" s="3" t="inlineStr">
         <is>
           <t>Сольний спів</t>
         </is>
       </c>
       <c r="G33" s="3"/>
       <c r="H33" s="7" t="inlineStr">
         <is>
-          <t>- 3075</t>
+          <t>- 19098</t>
         </is>
       </c>
       <c r="I33" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J33" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K33" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B34" s="7" t="inlineStr">
         <is>
           <t>026</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>Сценічне мистецтво</t>
         </is>
       </c>
       <c r="D34" s="3"/>
       <c r="E34" s="6" t="n">
         <v>23862</v>
       </c>
       <c r="F34" s="3" t="inlineStr">
         <is>
           <t>Сценічне мистецтво</t>
         </is>
       </c>
       <c r="G34" s="3"/>
       <c r="H34" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I34" s="9"/>
       <c r="J34" s="7" t="inlineStr">
         <is>
-          <t>УД 09015924</t>
+          <t>УД 09021417</t>
         </is>
       </c>
       <c r="K34" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B35" s="7" t="inlineStr">
         <is>
           <t>028</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Менеджмент соціокультурної діяльності</t>
         </is>
       </c>
       <c r="D35" s="3"/>
       <c r="E35" s="6" t="n">
         <v>11942</v>
       </c>
       <c r="F35" s="3" t="inlineStr">
         <is>
           <t>Менеджмент соціокультурної діяльності</t>
         </is>
       </c>
       <c r="G35" s="3"/>
       <c r="H35" s="7" t="inlineStr">
         <is>
-          <t>- 13128</t>
+          <t>- 19099</t>
         </is>
       </c>
       <c r="I35" s="9" t="n">
         <v>46170</v>
       </c>
       <c r="J35" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K35" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B36" s="7" t="inlineStr">
         <is>
           <t>032</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D36" s="3"/>
       <c r="E36" s="6" t="n">
         <v>24152</v>
       </c>
       <c r="F36" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="G36" s="3"/>
       <c r="H36" s="7" t="inlineStr">
         <is>
-          <t>- 13738</t>
+          <t>- 19100</t>
         </is>
       </c>
       <c r="I36" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J36" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K36" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B37" s="7" t="inlineStr">
         <is>
           <t>033</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>Філософія</t>
         </is>
       </c>
       <c r="D37" s="3"/>
       <c r="E37" s="6" t="n">
         <v>11140</v>
       </c>
       <c r="F37" s="3" t="inlineStr">
         <is>
           <t>Філософія</t>
         </is>
       </c>
       <c r="G37" s="3"/>
       <c r="H37" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I37" s="9"/>
       <c r="J37" s="7" t="inlineStr">
         <is>
-          <t>УД 09015926</t>
+          <t>УД 09021418</t>
         </is>
       </c>
       <c r="K37" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B38" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D38" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E38" s="6" t="n">
         <v>56149</v>
       </c>
       <c r="F38" s="3" t="inlineStr">
         <is>
           <t>Англійська мова і література та друга іноземна мова</t>
         </is>
       </c>
       <c r="G38" s="3"/>
       <c r="H38" s="7" t="inlineStr">
         <is>
-          <t>- 18561</t>
+          <t>- 19101</t>
         </is>
       </c>
       <c r="I38" s="9" t="n">
         <v>48030</v>
       </c>
       <c r="J38" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K38" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B39" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D39" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - німецька</t>
         </is>
       </c>
       <c r="E39" s="6" t="n">
         <v>56150</v>
       </c>
       <c r="F39" s="3" t="inlineStr">
         <is>
           <t>Німецька мова і література, англійська мова</t>
         </is>
       </c>
       <c r="G39" s="3"/>
       <c r="H39" s="7" t="inlineStr">
         <is>
-          <t>- 18560</t>
+          <t>- 19102</t>
         </is>
       </c>
       <c r="I39" s="9" t="n">
         <v>48030</v>
       </c>
       <c r="J39" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K39" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B40" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
@@ -3705,764 +3574,764 @@
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D41" s="3" t="inlineStr">
         <is>
           <t>романські мови та літератури (переклад включно), перша - французька</t>
         </is>
       </c>
       <c r="E41" s="6" t="n">
         <v>56151</v>
       </c>
       <c r="F41" s="3" t="inlineStr">
         <is>
           <t>Французька мова і література, англійська мова</t>
         </is>
       </c>
       <c r="G41" s="3"/>
       <c r="H41" s="7" t="inlineStr">
         <is>
-          <t>- 18559</t>
+          <t>- 19103</t>
         </is>
       </c>
       <c r="I41" s="9" t="n">
         <v>48030</v>
       </c>
       <c r="J41" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K41" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B42" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D42" s="3" t="inlineStr">
         <is>
           <t>слов’янські мови та літератури (переклад включно), перша - польська</t>
         </is>
       </c>
       <c r="E42" s="6" t="n">
         <v>24303</v>
       </c>
       <c r="F42" s="3" t="inlineStr">
         <is>
           <t>Польська мова і література</t>
         </is>
       </c>
       <c r="G42" s="3"/>
       <c r="H42" s="7" t="inlineStr">
         <is>
-          <t>- 3226</t>
+          <t>- 19104</t>
         </is>
       </c>
       <c r="I42" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J42" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K42" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B43" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D43" s="3" t="inlineStr">
         <is>
           <t>слов’янські мови та літератури (переклад включно), перша - польська</t>
         </is>
       </c>
       <c r="E43" s="6" t="n">
         <v>51712</v>
       </c>
       <c r="F43" s="3" t="inlineStr">
         <is>
           <t>Польська мова і література та англійська мова</t>
         </is>
       </c>
       <c r="G43" s="3"/>
       <c r="H43" s="7" t="inlineStr">
         <is>
-          <t>- 13144</t>
+          <t>- 19105</t>
         </is>
       </c>
       <c r="I43" s="9" t="n">
         <v>46170</v>
       </c>
       <c r="J43" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K43" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B44" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D44" s="3" t="inlineStr">
         <is>
           <t>слов’янські мови та літератури (переклад включно), перша - чеська</t>
         </is>
       </c>
       <c r="E44" s="6" t="n">
         <v>24311</v>
       </c>
       <c r="F44" s="3" t="inlineStr">
         <is>
           <t>Чеська мова і література</t>
         </is>
       </c>
       <c r="G44" s="3"/>
       <c r="H44" s="7" t="inlineStr">
         <is>
-          <t>- 13143</t>
+          <t>- 19106</t>
         </is>
       </c>
       <c r="I44" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J44" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K44" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B45" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D45" s="3" t="inlineStr">
         <is>
           <t>українська мова та література</t>
         </is>
       </c>
       <c r="E45" s="6" t="n">
         <v>9994</v>
       </c>
       <c r="F45" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="G45" s="3"/>
       <c r="H45" s="7" t="inlineStr">
         <is>
-          <t>- 13133</t>
+          <t>- 19107</t>
         </is>
       </c>
       <c r="I45" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J45" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K45" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B46" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C46" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D46" s="3"/>
       <c r="E46" s="6" t="n">
         <v>12431</v>
       </c>
       <c r="F46" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="G46" s="3"/>
       <c r="H46" s="7" t="inlineStr">
         <is>
-          <t>- 12217</t>
+          <t>- 19108</t>
         </is>
       </c>
       <c r="I46" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J46" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K46" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B47" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D47" s="3"/>
       <c r="E47" s="6" t="n">
         <v>39614</v>
       </c>
       <c r="F47" s="3" t="inlineStr">
         <is>
           <t>Економічна кібернетика</t>
         </is>
       </c>
       <c r="G47" s="3"/>
       <c r="H47" s="7" t="inlineStr">
         <is>
-          <t>- 4488</t>
+          <t>- 19109</t>
         </is>
       </c>
       <c r="I47" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J47" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K47" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B48" s="7" t="inlineStr">
         <is>
           <t>052</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="D48" s="3"/>
       <c r="E48" s="6" t="n">
         <v>17028</v>
       </c>
       <c r="F48" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="G48" s="3"/>
       <c r="H48" s="7" t="inlineStr">
         <is>
-          <t>- 16318</t>
+          <t>- 19110</t>
         </is>
       </c>
       <c r="I48" s="9" t="n">
         <v>46197</v>
       </c>
       <c r="J48" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K48" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B49" s="7" t="inlineStr">
         <is>
           <t>052</t>
         </is>
       </c>
       <c r="C49" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="D49" s="3"/>
       <c r="E49" s="6" t="n">
         <v>39742</v>
       </c>
       <c r="F49" s="3" t="inlineStr">
         <is>
           <t>Політологія. Національна безпека</t>
         </is>
       </c>
       <c r="G49" s="3"/>
       <c r="H49" s="7" t="inlineStr">
         <is>
-          <t>- 16317</t>
+          <t>- 19111</t>
         </is>
       </c>
       <c r="I49" s="9" t="n">
         <v>46197</v>
       </c>
       <c r="J49" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K49" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B50" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D50" s="3"/>
       <c r="E50" s="6" t="n">
         <v>12240</v>
       </c>
       <c r="F50" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="G50" s="3"/>
       <c r="H50" s="7" t="inlineStr">
         <is>
-          <t>- 3238</t>
+          <t>- 19113</t>
         </is>
       </c>
       <c r="I50" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J50" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K50" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B51" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D51" s="3"/>
       <c r="E51" s="6" t="n">
         <v>32070</v>
       </c>
       <c r="F51" s="3" t="inlineStr">
         <is>
           <t>Реабілітаційна психологія</t>
         </is>
       </c>
       <c r="G51" s="3"/>
       <c r="H51" s="7" t="inlineStr">
         <is>
-          <t>- 8887</t>
+          <t>- 19114</t>
         </is>
       </c>
       <c r="I51" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J51" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K51" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B52" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C52" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D52" s="3"/>
       <c r="E52" s="6" t="n">
         <v>32137</v>
       </c>
       <c r="F52" s="3" t="inlineStr">
         <is>
           <t>Дитяча психологія та психологічна практика</t>
         </is>
       </c>
       <c r="G52" s="3"/>
       <c r="H52" s="7" t="inlineStr">
         <is>
-          <t>- 3260</t>
+          <t>- 19112</t>
         </is>
       </c>
       <c r="I52" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J52" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K52" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B53" s="7" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
       <c r="C53" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D53" s="3"/>
       <c r="E53" s="6" t="n">
         <v>11137</v>
       </c>
       <c r="F53" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="G53" s="3"/>
       <c r="H53" s="7" t="inlineStr">
         <is>
-          <t>- 4259</t>
+          <t>- 19115</t>
         </is>
       </c>
       <c r="I53" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J53" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K53" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B54" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C54" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D54" s="3"/>
       <c r="E54" s="6" t="n">
         <v>11078</v>
       </c>
       <c r="F54" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="G54" s="3"/>
       <c r="H54" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I54" s="9"/>
       <c r="J54" s="7" t="inlineStr">
         <is>
-          <t>УД 09015930</t>
+          <t>УД 09021419</t>
         </is>
       </c>
       <c r="K54" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B55" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C55" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="D55" s="3"/>
       <c r="E55" s="6" t="n">
         <v>23261</v>
       </c>
       <c r="F55" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="G55" s="3"/>
       <c r="H55" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I55" s="9"/>
       <c r="J55" s="7" t="inlineStr">
         <is>
-          <t>УД 09015931</t>
+          <t>УД 09021420</t>
         </is>
       </c>
       <c r="K55" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B56" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C56" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D56" s="3"/>
       <c r="E56" s="6" t="n">
         <v>58633</v>
       </c>
       <c r="F56" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="G56" s="3"/>
       <c r="H56" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I56" s="9"/>
       <c r="J56" s="7" t="inlineStr">
         <is>
-          <t>УД 09017695</t>
+          <t>УД 09021421</t>
         </is>
       </c>
       <c r="K56" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B57" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C57" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D57" s="3"/>
       <c r="E57" s="6" t="n">
         <v>12460</v>
       </c>
       <c r="F57" s="3" t="inlineStr">
         <is>
           <t>Менеджмент зовнішньоекономічної діяльності</t>
         </is>
       </c>
       <c r="G57" s="3"/>
       <c r="H57" s="7" t="inlineStr">
         <is>
-          <t>- 3267</t>
+          <t>- 19116</t>
         </is>
       </c>
       <c r="I57" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J57" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K57" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B58" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C58" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D58" s="3"/>
       <c r="E58" s="6" t="n">
         <v>12877</v>
       </c>
       <c r="F58" s="3" t="inlineStr">
         <is>
           <t>Менеджмент організацій і адміністрування</t>
         </is>
       </c>
       <c r="G58" s="3"/>
       <c r="H58" s="7" t="inlineStr">
         <is>
-          <t>- 3266</t>
+          <t>- 19117</t>
         </is>
       </c>
       <c r="I58" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J58" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K58" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B59" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C59" s="3" t="inlineStr">
         <is>
@@ -4498,51 +4367,51 @@
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B60" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C60" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D60" s="3"/>
       <c r="E60" s="6" t="n">
         <v>31738</v>
       </c>
       <c r="F60" s="3" t="inlineStr">
         <is>
           <t>Управління міжнародним бізнесом</t>
         </is>
       </c>
       <c r="G60" s="3"/>
       <c r="H60" s="7" t="inlineStr">
         <is>
-          <t>- 4630</t>
+          <t>- 19118</t>
         </is>
       </c>
       <c r="I60" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J60" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K60" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B61" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C61" s="3" t="inlineStr">
         <is>
@@ -4578,707 +4447,707 @@
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B62" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C62" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D62" s="3"/>
       <c r="E62" s="6" t="n">
         <v>11515</v>
       </c>
       <c r="F62" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="G62" s="3"/>
       <c r="H62" s="7" t="inlineStr">
         <is>
-          <t>- 3259</t>
+          <t>- 19119</t>
         </is>
       </c>
       <c r="I62" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J62" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K62" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B63" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C63" s="3" t="inlineStr">
         <is>
           <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="D63" s="3"/>
       <c r="E63" s="6" t="n">
         <v>26282</v>
       </c>
       <c r="F63" s="3" t="inlineStr">
         <is>
           <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="G63" s="3"/>
       <c r="H63" s="7" t="inlineStr">
         <is>
-          <t>- 3264</t>
+          <t>- 19120</t>
         </is>
       </c>
       <c r="I63" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J63" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K63" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B64" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C64" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D64" s="3"/>
       <c r="E64" s="6" t="n">
         <v>58635</v>
       </c>
       <c r="F64" s="3" t="inlineStr">
         <is>
           <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="G64" s="3"/>
       <c r="H64" s="7" t="inlineStr">
         <is>
-          <t>- 3264</t>
+          <t>- 19120</t>
         </is>
       </c>
       <c r="I64" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J64" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K64" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B65" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C65" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D65" s="3"/>
       <c r="E65" s="6" t="n">
         <v>10675</v>
       </c>
       <c r="F65" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="G65" s="3"/>
       <c r="H65" s="7" t="inlineStr">
         <is>
-          <t>- 12253</t>
+          <t>- 19122</t>
         </is>
       </c>
       <c r="I65" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J65" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K65" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B66" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D66" s="3"/>
       <c r="E66" s="6" t="n">
         <v>34734</v>
       </c>
       <c r="F66" s="3" t="inlineStr">
         <is>
           <t>Міжнародне і європейське право</t>
         </is>
       </c>
       <c r="G66" s="3"/>
       <c r="H66" s="7" t="inlineStr">
         <is>
-          <t>- 5033</t>
+          <t>- 19121</t>
         </is>
       </c>
       <c r="I66" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J66" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K66" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B67" s="7" t="inlineStr">
         <is>
           <t>091</t>
         </is>
       </c>
       <c r="C67" s="3" t="inlineStr">
         <is>
           <t>Біологія</t>
         </is>
       </c>
       <c r="D67" s="3"/>
       <c r="E67" s="6" t="n">
         <v>32015</v>
       </c>
       <c r="F67" s="3" t="inlineStr">
         <is>
           <t>Біологія та лабораторна діагностика</t>
         </is>
       </c>
       <c r="G67" s="3"/>
       <c r="H67" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I67" s="9"/>
       <c r="J67" s="7" t="inlineStr">
         <is>
-          <t>УД 09015932</t>
+          <t>УД 09021423</t>
         </is>
       </c>
       <c r="K67" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B68" s="7" t="inlineStr">
         <is>
           <t>091</t>
         </is>
       </c>
       <c r="C68" s="3" t="inlineStr">
         <is>
           <t>Біологія</t>
         </is>
       </c>
       <c r="D68" s="3"/>
       <c r="E68" s="6" t="n">
         <v>39901</v>
       </c>
       <c r="F68" s="3" t="inlineStr">
         <is>
           <t>Біохімія, біотехнологія та методологія біологічних досліджень</t>
         </is>
       </c>
       <c r="G68" s="3"/>
       <c r="H68" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I68" s="9"/>
       <c r="J68" s="7" t="inlineStr">
         <is>
-          <t>УД 09015932</t>
+          <t>УД 09021423</t>
         </is>
       </c>
       <c r="K68" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B69" s="7" t="inlineStr">
         <is>
           <t>091</t>
         </is>
       </c>
       <c r="C69" s="3" t="inlineStr">
         <is>
           <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D69" s="3"/>
       <c r="E69" s="6" t="n">
         <v>58636</v>
       </c>
       <c r="F69" s="3" t="inlineStr">
         <is>
           <t>Біологія та лабораторна діагностика</t>
         </is>
       </c>
       <c r="G69" s="3"/>
       <c r="H69" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I69" s="9"/>
       <c r="J69" s="7" t="inlineStr">
         <is>
-          <t>УД 09017696</t>
+          <t>УД 09021422</t>
         </is>
       </c>
       <c r="K69" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B70" s="7" t="inlineStr">
         <is>
           <t>091</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
           <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D70" s="3"/>
       <c r="E70" s="6" t="n">
         <v>58637</v>
       </c>
       <c r="F70" s="3" t="inlineStr">
         <is>
           <t>Біохімія, біотехнологія та методологія біологічних досліджень</t>
         </is>
       </c>
       <c r="G70" s="3"/>
       <c r="H70" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I70" s="9"/>
       <c r="J70" s="7" t="inlineStr">
         <is>
-          <t>УД 09017696</t>
+          <t>УД 09021422</t>
         </is>
       </c>
       <c r="K70" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B71" s="7" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="C71" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D71" s="3"/>
       <c r="E71" s="6" t="n">
         <v>12309</v>
       </c>
       <c r="F71" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="G71" s="3"/>
       <c r="H71" s="7" t="inlineStr">
         <is>
-          <t>- 3014</t>
+          <t>- 19123</t>
         </is>
       </c>
       <c r="I71" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J71" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K71" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B72" s="7" t="inlineStr">
         <is>
           <t>102</t>
         </is>
       </c>
       <c r="C72" s="3" t="inlineStr">
         <is>
           <t>Хімія</t>
         </is>
       </c>
       <c r="D72" s="3"/>
       <c r="E72" s="6" t="n">
         <v>9214</v>
       </c>
       <c r="F72" s="3" t="inlineStr">
         <is>
           <t>Хімія</t>
         </is>
       </c>
       <c r="G72" s="3"/>
       <c r="H72" s="7" t="inlineStr">
         <is>
-          <t>- 3263</t>
+          <t>- 19124</t>
         </is>
       </c>
       <c r="I72" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J72" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K72" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B73" s="7" t="inlineStr">
         <is>
           <t>104</t>
         </is>
       </c>
       <c r="C73" s="3" t="inlineStr">
         <is>
           <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="D73" s="3"/>
       <c r="E73" s="6" t="n">
         <v>11132</v>
       </c>
       <c r="F73" s="3" t="inlineStr">
         <is>
           <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="G73" s="3"/>
       <c r="H73" s="7" t="inlineStr">
         <is>
-          <t>- 3244</t>
+          <t>- 19126</t>
         </is>
       </c>
       <c r="I73" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J73" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K73" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B74" s="7" t="inlineStr">
         <is>
           <t>104</t>
         </is>
       </c>
       <c r="C74" s="3" t="inlineStr">
         <is>
           <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="D74" s="3"/>
       <c r="E74" s="6" t="n">
         <v>32054</v>
       </c>
       <c r="F74" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерна фізика</t>
         </is>
       </c>
       <c r="G74" s="3"/>
       <c r="H74" s="7" t="inlineStr">
         <is>
-          <t>- 4609</t>
+          <t>- 19125</t>
         </is>
       </c>
       <c r="I74" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J74" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K74" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B75" s="7" t="inlineStr">
         <is>
           <t>105</t>
         </is>
       </c>
       <c r="C75" s="3" t="inlineStr">
         <is>
           <t>Прикладна фізика та наноматеріали</t>
         </is>
       </c>
       <c r="D75" s="3"/>
       <c r="E75" s="6" t="n">
         <v>11165</v>
       </c>
       <c r="F75" s="3" t="inlineStr">
         <is>
           <t>Прикладна фізика та наноматеріали</t>
         </is>
       </c>
       <c r="G75" s="3"/>
       <c r="H75" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I75" s="9"/>
       <c r="J75" s="7" t="inlineStr">
         <is>
-          <t>УД 09015933</t>
+          <t>УД 09021424</t>
         </is>
       </c>
       <c r="K75" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B76" s="7" t="inlineStr">
         <is>
           <t>105</t>
         </is>
       </c>
       <c r="C76" s="3" t="inlineStr">
         <is>
           <t>Прикладна фізика та наноматеріали</t>
         </is>
       </c>
       <c r="D76" s="3"/>
       <c r="E76" s="6" t="n">
         <v>32056</v>
       </c>
       <c r="F76" s="3" t="inlineStr">
         <is>
           <t>Медична фізика</t>
         </is>
       </c>
       <c r="G76" s="3"/>
       <c r="H76" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I76" s="9"/>
       <c r="J76" s="7" t="inlineStr">
         <is>
-          <t>УД 09015933</t>
+          <t>УД 09021424</t>
         </is>
       </c>
       <c r="K76" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B77" s="7" t="inlineStr">
         <is>
           <t>105</t>
         </is>
       </c>
       <c r="C77" s="3" t="inlineStr">
         <is>
           <t>Прикладна фізика та наноматеріали</t>
         </is>
       </c>
       <c r="D77" s="3"/>
       <c r="E77" s="6" t="n">
         <v>32057</v>
       </c>
       <c r="F77" s="3" t="inlineStr">
         <is>
           <t>Матеріали та системи відновлюваної енергетики</t>
         </is>
       </c>
       <c r="G77" s="3"/>
       <c r="H77" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I77" s="9"/>
       <c r="J77" s="7" t="inlineStr">
         <is>
-          <t>УД 09015933</t>
+          <t>УД 09021424</t>
         </is>
       </c>
       <c r="K77" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B78" s="7" t="inlineStr">
         <is>
           <t>106</t>
         </is>
       </c>
       <c r="C78" s="3" t="inlineStr">
         <is>
           <t>Географія</t>
         </is>
       </c>
       <c r="D78" s="3"/>
       <c r="E78" s="6" t="n">
         <v>22706</v>
       </c>
       <c r="F78" s="3" t="inlineStr">
         <is>
           <t>Географія</t>
         </is>
       </c>
       <c r="G78" s="3"/>
       <c r="H78" s="7" t="inlineStr">
         <is>
-          <t>- 3265</t>
+          <t>- 19127</t>
         </is>
       </c>
       <c r="I78" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J78" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K78" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B79" s="7" t="inlineStr">
         <is>
           <t>106</t>
         </is>
       </c>
       <c r="C79" s="3" t="inlineStr">
         <is>
@@ -5314,51 +5183,51 @@
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B80" s="7" t="inlineStr">
         <is>
           <t>111</t>
         </is>
       </c>
       <c r="C80" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="D80" s="3"/>
       <c r="E80" s="6" t="n">
         <v>12311</v>
       </c>
       <c r="F80" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="G80" s="3"/>
       <c r="H80" s="7" t="inlineStr">
         <is>
-          <t>- 3261</t>
+          <t>- 19128</t>
         </is>
       </c>
       <c r="I80" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J80" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K80" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B81" s="7" t="inlineStr">
         <is>
           <t>111</t>
         </is>
       </c>
       <c r="C81" s="3" t="inlineStr">
         <is>
@@ -5394,256 +5263,256 @@
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B82" s="7" t="inlineStr">
         <is>
           <t>113</t>
         </is>
       </c>
       <c r="C82" s="3" t="inlineStr">
         <is>
           <t>Прикладна математика</t>
         </is>
       </c>
       <c r="D82" s="3"/>
       <c r="E82" s="6" t="n">
         <v>11561</v>
       </c>
       <c r="F82" s="3" t="inlineStr">
         <is>
           <t>Прикладна математика</t>
         </is>
       </c>
       <c r="G82" s="3"/>
       <c r="H82" s="7" t="inlineStr">
         <is>
-          <t>- 3335</t>
+          <t>- 19130</t>
         </is>
       </c>
       <c r="I82" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J82" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K82" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B83" s="7" t="inlineStr">
         <is>
           <t>113</t>
         </is>
       </c>
       <c r="C83" s="3" t="inlineStr">
         <is>
           <t>Прикладна математика</t>
         </is>
       </c>
       <c r="D83" s="3"/>
       <c r="E83" s="6" t="n">
         <v>31914</v>
       </c>
       <c r="F83" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерне моделювання та технології програмування</t>
         </is>
       </c>
       <c r="G83" s="3"/>
       <c r="H83" s="7" t="inlineStr">
         <is>
-          <t>- 7292</t>
+          <t>- 19129</t>
         </is>
       </c>
       <c r="I83" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J83" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K83" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B84" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C84" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D84" s="3"/>
       <c r="E84" s="6" t="n">
         <v>11672</v>
       </c>
       <c r="F84" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="G84" s="3"/>
       <c r="H84" s="7" t="inlineStr">
         <is>
-          <t>- 8168</t>
+          <t>- 19131</t>
         </is>
       </c>
       <c r="I84" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J84" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K84" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B85" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C85" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D85" s="3"/>
       <c r="E85" s="6" t="n">
         <v>23506</v>
       </c>
       <c r="F85" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="G85" s="3"/>
       <c r="H85" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I85" s="9"/>
       <c r="J85" s="7" t="inlineStr">
         <is>
-          <t>УД 09015936</t>
+          <t>УД 09021425</t>
         </is>
       </c>
       <c r="K85" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B86" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C86" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D86" s="3"/>
       <c r="E86" s="6" t="n">
         <v>12307</v>
       </c>
       <c r="F86" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="G86" s="3"/>
       <c r="H86" s="7" t="inlineStr">
         <is>
-          <t>- 3262</t>
+          <t>- 19132</t>
         </is>
       </c>
       <c r="I86" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J86" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K86" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B87" s="7" t="inlineStr">
         <is>
           <t>126</t>
         </is>
       </c>
       <c r="C87" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи та технології</t>
         </is>
       </c>
       <c r="D87" s="3"/>
       <c r="E87" s="6" t="n">
         <v>23507</v>
       </c>
       <c r="F87" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи та технології</t>
         </is>
       </c>
       <c r="G87" s="3"/>
       <c r="H87" s="7" t="inlineStr">
         <is>
-          <t>- 3253</t>
+          <t>- 19133</t>
         </is>
       </c>
       <c r="I87" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J87" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K87" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B88" s="7" t="inlineStr">
         <is>
           <t>132</t>
         </is>
       </c>
       <c r="C88" s="3" t="inlineStr">
         <is>
@@ -5679,512 +5548,512 @@
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B89" s="7" t="inlineStr">
         <is>
           <t>171</t>
         </is>
       </c>
       <c r="C89" s="3" t="inlineStr">
         <is>
           <t>Електроніка</t>
         </is>
       </c>
       <c r="D89" s="3"/>
       <c r="E89" s="6" t="n">
         <v>23933</v>
       </c>
       <c r="F89" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерне проектування інтегральних схем</t>
         </is>
       </c>
       <c r="G89" s="3"/>
       <c r="H89" s="7" t="inlineStr">
         <is>
-          <t>- 3313</t>
+          <t>- 19134</t>
         </is>
       </c>
       <c r="I89" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J89" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K89" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B90" s="7" t="inlineStr">
         <is>
           <t>171</t>
         </is>
       </c>
       <c r="C90" s="3" t="inlineStr">
         <is>
           <t>Електроніка</t>
         </is>
       </c>
       <c r="D90" s="3"/>
       <c r="E90" s="6" t="n">
         <v>59878</v>
       </c>
       <c r="F90" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерне проектування інтегральних схем</t>
         </is>
       </c>
       <c r="G90" s="3"/>
       <c r="H90" s="7" t="inlineStr">
         <is>
-          <t>- 3313</t>
+          <t>- 19134</t>
         </is>
       </c>
       <c r="I90" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J90" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K90" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B91" s="7" t="inlineStr">
         <is>
           <t>201</t>
         </is>
       </c>
       <c r="C91" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D91" s="3"/>
       <c r="E91" s="6" t="n">
         <v>11512</v>
       </c>
       <c r="F91" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="G91" s="3"/>
       <c r="H91" s="7" t="inlineStr">
         <is>
-          <t>- 13232</t>
+          <t>- 19135</t>
         </is>
       </c>
       <c r="I91" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J91" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K91" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B92" s="7" t="inlineStr">
         <is>
           <t>205</t>
         </is>
       </c>
       <c r="C92" s="3" t="inlineStr">
         <is>
           <t>Лісове господарство</t>
         </is>
       </c>
       <c r="D92" s="3"/>
       <c r="E92" s="6" t="n">
         <v>13540</v>
       </c>
       <c r="F92" s="3" t="inlineStr">
         <is>
           <t>Лісове господарство</t>
         </is>
       </c>
       <c r="G92" s="3"/>
       <c r="H92" s="7" t="inlineStr">
         <is>
-          <t>- 4079</t>
+          <t>- 19136</t>
         </is>
       </c>
       <c r="I92" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J92" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K92" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B93" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C93" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="D93" s="3"/>
       <c r="E93" s="6" t="n">
         <v>22644</v>
       </c>
       <c r="F93" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="G93" s="3"/>
       <c r="H93" s="7" t="inlineStr">
         <is>
-          <t>- 12313</t>
+          <t>- 19137</t>
         </is>
       </c>
       <c r="I93" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J93" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K93" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B94" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C94" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D94" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E94" s="6" t="n">
         <v>61217</v>
       </c>
       <c r="F94" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="G94" s="3"/>
       <c r="H94" s="7" t="inlineStr">
         <is>
-          <t>- 14509</t>
+          <t>- 19138</t>
         </is>
       </c>
       <c r="I94" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J94" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K94" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B95" s="7" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
       <c r="C95" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D95" s="3"/>
       <c r="E95" s="6" t="n">
         <v>10045</v>
       </c>
       <c r="F95" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота</t>
         </is>
       </c>
       <c r="G95" s="3"/>
       <c r="H95" s="7" t="inlineStr">
         <is>
-          <t>- 5096</t>
+          <t>- 19140</t>
         </is>
       </c>
       <c r="I95" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J95" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K95" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B96" s="7" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
       <c r="C96" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D96" s="3"/>
       <c r="E96" s="6" t="n">
         <v>10050</v>
       </c>
       <c r="F96" s="3" t="inlineStr">
         <is>
           <t>Соціальна педагогіка</t>
         </is>
       </c>
       <c r="G96" s="3"/>
       <c r="H96" s="7" t="inlineStr">
         <is>
-          <t>- 3301</t>
+          <t>- 19139</t>
         </is>
       </c>
       <c r="I96" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J96" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K96" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B97" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C97" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D97" s="3"/>
       <c r="E97" s="6" t="n">
         <v>11473</v>
       </c>
       <c r="F97" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="G97" s="3"/>
       <c r="H97" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I97" s="9"/>
       <c r="J97" s="7" t="inlineStr">
         <is>
-          <t>УД 09015939</t>
+          <t>УД 09021426</t>
         </is>
       </c>
       <c r="K97" s="9" t="n">
         <v>46935</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B98" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C98" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D98" s="3"/>
       <c r="E98" s="6" t="n">
         <v>53921</v>
       </c>
       <c r="F98" s="3" t="inlineStr">
         <is>
           <t>Міжнародний готельний бізнес</t>
         </is>
       </c>
       <c r="G98" s="3"/>
       <c r="H98" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I98" s="9"/>
       <c r="J98" s="7" t="inlineStr">
         <is>
-          <t>УД 09015939</t>
+          <t>УД 09021426</t>
         </is>
       </c>
       <c r="K98" s="9" t="n">
         <v>46935</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B99" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C99" s="3" t="inlineStr">
         <is>
           <t>Туризм</t>
         </is>
       </c>
       <c r="D99" s="3"/>
       <c r="E99" s="6" t="n">
         <v>11341</v>
       </c>
       <c r="F99" s="3" t="inlineStr">
         <is>
           <t>Туризм</t>
         </is>
       </c>
       <c r="G99" s="3"/>
       <c r="H99" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I99" s="9"/>
       <c r="J99" s="7" t="inlineStr">
         <is>
-          <t>УД 09015940</t>
+          <t>УД 09021427</t>
         </is>
       </c>
       <c r="K99" s="9" t="n">
         <v>47300</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B100" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C100" s="3" t="inlineStr">
         <is>
           <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D100" s="3"/>
       <c r="E100" s="6" t="n">
         <v>58643</v>
       </c>
       <c r="F100" s="3" t="inlineStr">
         <is>
           <t>Туризм</t>
         </is>
       </c>
       <c r="G100" s="3"/>
       <c r="H100" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I100" s="9"/>
       <c r="J100" s="7" t="inlineStr">
         <is>
-          <t>УД 09017698</t>
+          <t>УД 09021428</t>
         </is>
       </c>
       <c r="K100" s="9" t="n">
         <v>47300</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B101" s="7" t="inlineStr">
         <is>
           <t>262</t>
         </is>
       </c>
       <c r="C101" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D101" s="3"/>
       <c r="E101" s="6" t="n">
         <v>63630</v>
@@ -6214,133 +6083,133 @@
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B102" s="7" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
       <c r="C102" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D102" s="3"/>
       <c r="E102" s="6" t="n">
         <v>26283</v>
       </c>
       <c r="F102" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="G102" s="3"/>
       <c r="H102" s="7" t="inlineStr">
         <is>
-          <t>- 4072</t>
+          <t>- 19141</t>
         </is>
       </c>
       <c r="I102" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J102" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K102" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B103" s="7" t="inlineStr">
         <is>
           <t>291</t>
         </is>
       </c>
       <c r="C103" s="3" t="inlineStr">
         <is>
           <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
         </is>
       </c>
       <c r="D103" s="3"/>
       <c r="E103" s="6" t="n">
         <v>24160</v>
       </c>
       <c r="F103" s="3" t="inlineStr">
         <is>
           <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
         </is>
       </c>
       <c r="G103" s="3"/>
       <c r="H103" s="7" t="inlineStr">
         <is>
-          <t>- 4532</t>
+          <t>- 19142</t>
         </is>
       </c>
       <c r="I103" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J103" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K103" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B104" s="7" t="inlineStr">
         <is>
           <t>292</t>
         </is>
       </c>
       <c r="C104" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D104" s="3"/>
       <c r="E104" s="6" t="n">
         <v>24161</v>
       </c>
       <c r="F104" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="G104" s="3"/>
       <c r="H104" s="7" t="inlineStr">
         <is>
-          <t>- 3268</t>
+          <t>- 19143</t>
         </is>
       </c>
       <c r="I104" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J104" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K104" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B105" s="7" t="inlineStr">
         <is>
           <t>A2</t>
         </is>
       </c>
       <c r="C105" s="3" t="inlineStr">
         <is>
@@ -9943,141 +9812,141 @@
         <is>
           <t>011</t>
         </is>
       </c>
       <c r="C191" s="3" t="inlineStr">
         <is>
           <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D191" s="3"/>
       <c r="E191" s="6" t="n">
         <v>24201</v>
       </c>
       <c r="F191" s="3" t="inlineStr">
         <is>
           <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="G191" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H191" s="7" t="inlineStr">
         <is>
-          <t>- 3277</t>
+          <t>- 19001</t>
         </is>
       </c>
       <c r="I191" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J191" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K191" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B192" s="7" t="inlineStr">
         <is>
           <t>012</t>
         </is>
       </c>
       <c r="C192" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D192" s="3"/>
       <c r="E192" s="6" t="n">
         <v>9152</v>
       </c>
       <c r="F192" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="G192" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H192" s="7" t="inlineStr">
         <is>
-          <t>- 9535</t>
+          <t>- 19002</t>
         </is>
       </c>
       <c r="I192" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J192" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K192" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B193" s="7" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C193" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D193" s="3"/>
       <c r="E193" s="6" t="n">
         <v>11076</v>
       </c>
       <c r="F193" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="G193" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H193" s="7" t="inlineStr">
         <is>
-          <t>- 6183</t>
+          <t>- 19003</t>
         </is>
       </c>
       <c r="I193" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J193" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K193" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B194" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C194" s="3" t="inlineStr">
         <is>
@@ -10088,817 +9957,817 @@
         <is>
           <t>Біологія та здоров’я людини</t>
         </is>
       </c>
       <c r="E194" s="6" t="n">
         <v>23516</v>
       </c>
       <c r="F194" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (біологія та здоров’я людини)</t>
         </is>
       </c>
       <c r="G194" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H194" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I194" s="9"/>
       <c r="J194" s="7" t="inlineStr">
         <is>
-          <t>УД 09017138</t>
+          <t>УД 09021429</t>
         </is>
       </c>
       <c r="K194" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B195" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C195" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D195" s="3" t="inlineStr">
         <is>
           <t>Географія</t>
         </is>
       </c>
       <c r="E195" s="6" t="n">
         <v>22527</v>
       </c>
       <c r="F195" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (географія)</t>
         </is>
       </c>
       <c r="G195" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H195" s="7" t="inlineStr">
         <is>
-          <t>- 3281</t>
+          <t>- 19004</t>
         </is>
       </c>
       <c r="I195" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J195" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K195" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B196" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C196" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D196" s="3" t="inlineStr">
         <is>
           <t>Інформатика</t>
         </is>
       </c>
       <c r="E196" s="6" t="n">
         <v>22536</v>
       </c>
       <c r="F196" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (інформатика)</t>
         </is>
       </c>
       <c r="G196" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H196" s="7" t="inlineStr">
         <is>
-          <t>- 3565</t>
+          <t>- 19005</t>
         </is>
       </c>
       <c r="I196" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J196" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K196" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B197" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C197" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D197" s="3" t="inlineStr">
         <is>
           <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E197" s="6" t="n">
         <v>64396</v>
       </c>
       <c r="F197" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (історія)</t>
         </is>
       </c>
       <c r="G197" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H197" s="7" t="inlineStr">
         <is>
-          <t>- 6394</t>
+          <t>- 19006</t>
         </is>
       </c>
       <c r="I197" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J197" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K197" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B198" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C198" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D198" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="E198" s="6" t="n">
         <v>22540</v>
       </c>
       <c r="F198" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (математика)</t>
         </is>
       </c>
       <c r="G198" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H198" s="7" t="inlineStr">
         <is>
-          <t>- 3207</t>
+          <t>- 19075</t>
         </is>
       </c>
       <c r="I198" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J198" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K198" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B199" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C199" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D199" s="3" t="inlineStr">
         <is>
           <t>Мистецтво. Музичне мистецтво</t>
         </is>
       </c>
       <c r="E199" s="6" t="n">
         <v>64404</v>
       </c>
       <c r="F199" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (музичне мистецтво)</t>
         </is>
       </c>
       <c r="G199" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H199" s="7" t="inlineStr">
         <is>
-          <t>- 3249</t>
+          <t>- 19007</t>
         </is>
       </c>
       <c r="I199" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J199" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K199" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B200" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C200" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D200" s="3" t="inlineStr">
         <is>
           <t>Мистецтво. Образотворче мистецтво</t>
         </is>
       </c>
       <c r="E200" s="6" t="n">
         <v>64401</v>
       </c>
       <c r="F200" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (образотворче мистецтво)</t>
         </is>
       </c>
       <c r="G200" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H200" s="7" t="inlineStr">
         <is>
-          <t>- 3252</t>
+          <t>- 19008</t>
         </is>
       </c>
       <c r="I200" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J200" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K200" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B201" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C201" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D201" s="3" t="inlineStr">
         <is>
           <t>Природничі науки</t>
         </is>
       </c>
       <c r="E201" s="6" t="n">
         <v>27694</v>
       </c>
       <c r="F201" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (природничі науки)</t>
         </is>
       </c>
       <c r="G201" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H201" s="7" t="inlineStr">
         <is>
-          <t>- 3206</t>
+          <t>- 19077</t>
         </is>
       </c>
       <c r="I201" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J201" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K201" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B202" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C202" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D202" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E202" s="6" t="n">
         <v>22544</v>
       </c>
       <c r="F202" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (українська мова і література)</t>
         </is>
       </c>
       <c r="G202" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H202" s="7" t="inlineStr">
         <is>
-          <t>- 3246</t>
+          <t>- 19076</t>
         </is>
       </c>
       <c r="I202" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J202" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K202" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B203" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C203" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D203" s="3" t="inlineStr">
         <is>
           <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="E203" s="6" t="n">
         <v>61189</v>
       </c>
       <c r="F203" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (фізика)</t>
         </is>
       </c>
       <c r="G203" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H203" s="7" t="inlineStr">
         <is>
-          <t>- 9540</t>
+          <t>- 19009</t>
         </is>
       </c>
       <c r="I203" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J203" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K203" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B204" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C204" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D204" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E204" s="6" t="n">
         <v>22538</v>
       </c>
       <c r="F204" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (фізична культура)</t>
         </is>
       </c>
       <c r="G204" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H204" s="7" t="inlineStr">
         <is>
-          <t>- 3660</t>
+          <t>- 19010</t>
         </is>
       </c>
       <c r="I204" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J204" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K204" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B205" s="7" t="inlineStr">
         <is>
           <t>016</t>
         </is>
       </c>
       <c r="C205" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D205" s="3" t="inlineStr">
         <is>
           <t>Логопедія</t>
         </is>
       </c>
       <c r="E205" s="6" t="n">
         <v>56171</v>
       </c>
       <c r="F205" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта (логопедія)</t>
         </is>
       </c>
       <c r="G205" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H205" s="7" t="inlineStr">
         <is>
-          <t>- 9744</t>
+          <t>- 19012</t>
         </is>
       </c>
       <c r="I205" s="9" t="n">
         <v>46015</v>
       </c>
       <c r="J205" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K205" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B206" s="7" t="inlineStr">
         <is>
           <t>016</t>
         </is>
       </c>
       <c r="C206" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D206" s="3" t="inlineStr">
         <is>
           <t>Логопедія</t>
         </is>
       </c>
       <c r="E206" s="6" t="n">
         <v>57654</v>
       </c>
       <c r="F206" s="3" t="inlineStr">
         <is>
           <t>Інклюзія в освіті</t>
         </is>
       </c>
       <c r="G206" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H206" s="7" t="inlineStr">
         <is>
-          <t>- 9743</t>
+          <t>- 19011</t>
         </is>
       </c>
       <c r="I206" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J206" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K206" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B207" s="7" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C207" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D207" s="3"/>
       <c r="E207" s="6" t="n">
         <v>12116</v>
       </c>
       <c r="F207" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="G207" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H207" s="7" t="inlineStr">
         <is>
-          <t>- 4304</t>
+          <t>- 19013</t>
         </is>
       </c>
       <c r="I207" s="9" t="n">
         <v>48761</v>
       </c>
       <c r="J207" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K207" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B208" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C208" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D208" s="3" t="inlineStr">
         <is>
           <t>Дизайн середовища</t>
         </is>
       </c>
       <c r="E208" s="6" t="n">
         <v>32373</v>
       </c>
       <c r="F208" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="G208" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H208" s="7" t="inlineStr">
         <is>
-          <t>- 3286</t>
+          <t>- 19014</t>
         </is>
       </c>
       <c r="I208" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J208" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K208" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B209" s="7" t="inlineStr">
         <is>
           <t>023</t>
         </is>
       </c>
       <c r="C209" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
         </is>
       </c>
       <c r="D209" s="3"/>
       <c r="E209" s="6" t="n">
         <v>12239</v>
       </c>
       <c r="F209" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво</t>
         </is>
       </c>
       <c r="G209" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H209" s="7" t="inlineStr">
         <is>
-          <t>- 6411</t>
+          <t>- 19015</t>
         </is>
       </c>
       <c r="I209" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J209" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K209" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B210" s="7" t="inlineStr">
         <is>
           <t>025</t>
         </is>
       </c>
       <c r="C210" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D210" s="3"/>
       <c r="E210" s="6" t="n">
         <v>23920</v>
       </c>
       <c r="F210" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="G210" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H210" s="7" t="inlineStr">
         <is>
-          <t>- 6408</t>
+          <t>- 19016</t>
         </is>
       </c>
       <c r="I210" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J210" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K210" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B211" s="7" t="inlineStr">
         <is>
           <t>028</t>
         </is>
       </c>
       <c r="C211" s="3" t="inlineStr">
         <is>
@@ -10942,705 +10811,707 @@
         <is>
           <t>032</t>
         </is>
       </c>
       <c r="C212" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D212" s="3"/>
       <c r="E212" s="6" t="n">
         <v>11957</v>
       </c>
       <c r="F212" s="3" t="inlineStr">
         <is>
           <t>Етнологія</t>
         </is>
       </c>
       <c r="G212" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H212" s="7" t="inlineStr">
         <is>
-          <t>- 6425</t>
+          <t>- 19017</t>
         </is>
       </c>
       <c r="I212" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J212" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K212" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B213" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C213" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D213" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E213" s="6" t="n">
         <v>56152</v>
       </c>
       <c r="F213" s="3" t="inlineStr">
         <is>
           <t>Англійська мова і література, друга іноземна мова, переклад</t>
         </is>
       </c>
       <c r="G213" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H213" s="7" t="inlineStr">
         <is>
-          <t>- 6417</t>
+          <t>- 19018</t>
         </is>
       </c>
       <c r="I213" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J213" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K213" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B214" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C214" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D214" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - німецька</t>
         </is>
       </c>
       <c r="E214" s="6" t="n">
         <v>56153</v>
       </c>
       <c r="F214" s="3" t="inlineStr">
         <is>
           <t>Німецька мова і література, англійська мова, переклад</t>
         </is>
       </c>
       <c r="G214" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H214" s="7" t="inlineStr">
         <is>
-          <t>- 6658</t>
+          <t>- 19019</t>
         </is>
       </c>
       <c r="I214" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J214" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K214" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="215">
       <c r="A215" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B215" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C215" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D215" s="3" t="inlineStr">
         <is>
           <t>романські мови та літератури (переклад включно), перша - французька</t>
         </is>
       </c>
       <c r="E215" s="6" t="n">
         <v>56154</v>
       </c>
       <c r="F215" s="3" t="inlineStr">
         <is>
           <t>Французька мова і література, англійська мова, переклад</t>
         </is>
       </c>
       <c r="G215" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H215" s="7" t="inlineStr">
         <is>
-          <t>- 6647</t>
+          <t>- 19020</t>
         </is>
       </c>
       <c r="I215" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J215" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K215" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="216">
       <c r="A216" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B216" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C216" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D216" s="3" t="inlineStr">
         <is>
           <t>слов’янські мови та літератури (переклад включно), перша - польська</t>
         </is>
       </c>
       <c r="E216" s="6" t="n">
         <v>63990</v>
       </c>
       <c r="F216" s="3" t="inlineStr">
         <is>
           <t>Польська мова і література, англійська мова, переклад</t>
         </is>
       </c>
       <c r="G216" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H216" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I216" s="9"/>
+          <t>- 19262</t>
+        </is>
+      </c>
+      <c r="I216" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J216" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K216" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="217">
       <c r="A217" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B217" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C217" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D217" s="3" t="inlineStr">
         <is>
           <t>українська мова та література</t>
         </is>
       </c>
       <c r="E217" s="6" t="n">
         <v>9976</v>
       </c>
       <c r="F217" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="G217" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H217" s="7" t="inlineStr">
         <is>
-          <t>- 10039</t>
+          <t>- 19021</t>
         </is>
       </c>
       <c r="I217" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J217" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K217" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="218">
       <c r="A218" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B218" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C218" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D218" s="3"/>
       <c r="E218" s="6" t="n">
         <v>13002</v>
       </c>
       <c r="F218" s="3" t="inlineStr">
         <is>
           <t>Економічна кібернетика</t>
         </is>
       </c>
       <c r="G218" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H218" s="7" t="inlineStr">
         <is>
-          <t>- 3211</t>
+          <t>- 19022</t>
         </is>
       </c>
       <c r="I218" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J218" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K218" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="219">
       <c r="A219" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B219" s="7" t="inlineStr">
         <is>
           <t>052</t>
         </is>
       </c>
       <c r="C219" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="D219" s="3"/>
       <c r="E219" s="6" t="n">
         <v>22555</v>
       </c>
       <c r="F219" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="G219" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H219" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I219" s="9"/>
       <c r="J219" s="7" t="inlineStr">
         <is>
-          <t>УД 09015944</t>
+          <t>УД 09021430</t>
         </is>
       </c>
       <c r="K219" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="220">
       <c r="A220" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B220" s="7" t="inlineStr">
         <is>
           <t>052</t>
         </is>
       </c>
       <c r="C220" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="D220" s="3"/>
       <c r="E220" s="6" t="n">
         <v>63533</v>
       </c>
       <c r="F220" s="3" t="inlineStr">
         <is>
           <t>Політичний менеджмент у сфері національної безпеки</t>
         </is>
       </c>
       <c r="G220" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H220" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I220" s="9"/>
       <c r="J220" s="7" t="inlineStr">
         <is>
-          <t>УД 09015944</t>
+          <t>УД 09021430</t>
         </is>
       </c>
       <c r="K220" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="221">
       <c r="A221" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B221" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C221" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D221" s="3"/>
       <c r="E221" s="6" t="n">
         <v>13292</v>
       </c>
       <c r="F221" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="G221" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H221" s="7" t="inlineStr">
         <is>
-          <t>- 9313</t>
+          <t>- 19024</t>
         </is>
       </c>
       <c r="I221" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J221" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K221" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="222">
       <c r="A222" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B222" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C222" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D222" s="3"/>
       <c r="E222" s="6" t="n">
         <v>32790</v>
       </c>
       <c r="F222" s="3" t="inlineStr">
         <is>
           <t>Клінічна та реабілітаційна психологія</t>
         </is>
       </c>
       <c r="G222" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H222" s="7" t="inlineStr">
         <is>
-          <t>- 3251</t>
+          <t>- 19023</t>
         </is>
       </c>
       <c r="I222" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J222" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K222" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="223">
       <c r="A223" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B223" s="7" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
       <c r="C223" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D223" s="3"/>
       <c r="E223" s="6" t="n">
         <v>27695</v>
       </c>
       <c r="F223" s="3" t="inlineStr">
         <is>
           <t>Журналістика та медіакомунікація</t>
         </is>
       </c>
       <c r="G223" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H223" s="7" t="inlineStr">
         <is>
-          <t>- 10075</t>
+          <t>- 19025</t>
         </is>
       </c>
       <c r="I223" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J223" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K223" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="224">
       <c r="A224" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B224" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C224" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D224" s="3"/>
       <c r="E224" s="6" t="n">
         <v>23422</v>
       </c>
       <c r="F224" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="G224" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H224" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I224" s="9"/>
       <c r="J224" s="7" t="inlineStr">
         <is>
-          <t>УД 09015945</t>
+          <t>УД 09021431</t>
         </is>
       </c>
       <c r="K224" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="225">
       <c r="A225" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B225" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C225" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="D225" s="3"/>
       <c r="E225" s="6" t="n">
         <v>22553</v>
       </c>
       <c r="F225" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="G225" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H225" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I225" s="9"/>
       <c r="J225" s="7" t="inlineStr">
         <is>
-          <t>УД 09015946</t>
+          <t>УД 09021432</t>
         </is>
       </c>
       <c r="K225" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="226">
       <c r="A226" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B226" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C226" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D226" s="3"/>
       <c r="E226" s="6" t="n">
         <v>58634</v>
       </c>
       <c r="F226" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="G226" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H226" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I226" s="9"/>
       <c r="J226" s="7" t="inlineStr">
         <is>
-          <t>УД 09017699</t>
+          <t>УД 09021433</t>
         </is>
       </c>
       <c r="K226" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="227">
       <c r="A227" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B227" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C227" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D227" s="3"/>
       <c r="E227" s="6" t="n">
         <v>10453</v>
@@ -11680,816 +11551,816 @@
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C228" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D228" s="3"/>
       <c r="E228" s="6" t="n">
         <v>12462</v>
       </c>
       <c r="F228" s="3" t="inlineStr">
         <is>
           <t>Бізнес-адміністрування</t>
         </is>
       </c>
       <c r="G228" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H228" s="7" t="inlineStr">
         <is>
-          <t>- 3642</t>
+          <t>- 19026</t>
         </is>
       </c>
       <c r="I228" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J228" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K228" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="229">
       <c r="A229" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B229" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C229" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D229" s="3"/>
       <c r="E229" s="6" t="n">
         <v>32645</v>
       </c>
       <c r="F229" s="3" t="inlineStr">
         <is>
           <t>Управління міжнародним бізнесом</t>
         </is>
       </c>
       <c r="G229" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H229" s="7" t="inlineStr">
         <is>
-          <t>- 3640</t>
+          <t>- 19027</t>
         </is>
       </c>
       <c r="I229" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J229" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K229" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="230">
       <c r="A230" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B230" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C230" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D230" s="3"/>
       <c r="E230" s="6" t="n">
         <v>12005</v>
       </c>
       <c r="F230" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="G230" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H230" s="7" t="inlineStr">
         <is>
-          <t>- 3639</t>
+          <t>- 19028</t>
         </is>
       </c>
       <c r="I230" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J230" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K230" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="231">
       <c r="A231" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B231" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C231" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D231" s="3"/>
       <c r="E231" s="6" t="n">
         <v>61972</v>
       </c>
       <c r="F231" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="G231" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H231" s="7" t="inlineStr">
         <is>
-          <t>- 9778</t>
+          <t>- 19029</t>
         </is>
       </c>
       <c r="I231" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J231" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K231" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="232">
       <c r="A232" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B232" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C232" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D232" s="3"/>
       <c r="E232" s="6" t="n">
         <v>9995</v>
       </c>
       <c r="F232" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="G232" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H232" s="7" t="inlineStr">
         <is>
-          <t>- 6720</t>
+          <t>- 19030</t>
         </is>
       </c>
       <c r="I232" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J232" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K232" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="233">
       <c r="A233" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B233" s="7" t="inlineStr">
         <is>
           <t>091</t>
         </is>
       </c>
       <c r="C233" s="3" t="inlineStr">
         <is>
           <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D233" s="3"/>
       <c r="E233" s="6" t="n">
         <v>58638</v>
       </c>
       <c r="F233" s="3" t="inlineStr">
         <is>
           <t>Лабораторна діагностика біологічних систем</t>
         </is>
       </c>
       <c r="G233" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H233" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I233" s="9"/>
       <c r="J233" s="7" t="inlineStr">
         <is>
-          <t>УД 09017700</t>
+          <t>УД 09021434</t>
         </is>
       </c>
       <c r="K233" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="234">
       <c r="A234" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B234" s="7" t="inlineStr">
         <is>
           <t>091</t>
         </is>
       </c>
       <c r="C234" s="3" t="inlineStr">
         <is>
           <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D234" s="3"/>
       <c r="E234" s="6" t="n">
         <v>58639</v>
       </c>
       <c r="F234" s="3" t="inlineStr">
         <is>
           <t>Біохімія</t>
         </is>
       </c>
       <c r="G234" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H234" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I234" s="9"/>
       <c r="J234" s="7" t="inlineStr">
         <is>
-          <t>УД 09017700</t>
+          <t>УД 09021434</t>
         </is>
       </c>
       <c r="K234" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="235">
       <c r="A235" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B235" s="7" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="C235" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D235" s="3"/>
       <c r="E235" s="6" t="n">
         <v>23517</v>
       </c>
       <c r="F235" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="G235" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H235" s="7" t="inlineStr">
         <is>
-          <t>- 3280</t>
+          <t>- 19031</t>
         </is>
       </c>
       <c r="I235" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J235" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K235" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="236">
       <c r="A236" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B236" s="7" t="inlineStr">
         <is>
           <t>102</t>
         </is>
       </c>
       <c r="C236" s="3" t="inlineStr">
         <is>
           <t>Хімія</t>
         </is>
       </c>
       <c r="D236" s="3"/>
       <c r="E236" s="6" t="n">
         <v>11401</v>
       </c>
       <c r="F236" s="3" t="inlineStr">
         <is>
           <t>Хімія</t>
         </is>
       </c>
       <c r="G236" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H236" s="7" t="inlineStr">
         <is>
-          <t>- 3247</t>
+          <t>- 19280</t>
         </is>
       </c>
       <c r="I236" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J236" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K236" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="237">
       <c r="A237" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B237" s="7" t="inlineStr">
         <is>
           <t>104</t>
         </is>
       </c>
       <c r="C237" s="3" t="inlineStr">
         <is>
           <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="D237" s="3"/>
       <c r="E237" s="6" t="n">
         <v>23941</v>
       </c>
       <c r="F237" s="3" t="inlineStr">
         <is>
           <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="G237" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H237" s="7" t="inlineStr">
         <is>
-          <t>- 9328</t>
+          <t>- 19033</t>
         </is>
       </c>
       <c r="I237" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J237" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K237" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="238">
       <c r="A238" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B238" s="7" t="inlineStr">
         <is>
           <t>105</t>
         </is>
       </c>
       <c r="C238" s="3" t="inlineStr">
         <is>
           <t>Прикладна фізика та наноматеріали</t>
         </is>
       </c>
       <c r="D238" s="3"/>
       <c r="E238" s="6" t="n">
         <v>12509</v>
       </c>
       <c r="F238" s="3" t="inlineStr">
         <is>
           <t>Прикладна фізика та наноматеріали</t>
         </is>
       </c>
       <c r="G238" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H238" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I238" s="9"/>
       <c r="J238" s="7" t="inlineStr">
         <is>
-          <t>УД 09015949</t>
+          <t>УД 09021435</t>
         </is>
       </c>
       <c r="K238" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="239">
       <c r="A239" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B239" s="7" t="inlineStr">
         <is>
           <t>111</t>
         </is>
       </c>
       <c r="C239" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="D239" s="3"/>
       <c r="E239" s="6" t="n">
         <v>22558</v>
       </c>
       <c r="F239" s="3" t="inlineStr">
         <is>
           <t>Актуарна та фінансова математика</t>
         </is>
       </c>
       <c r="G239" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H239" s="7" t="inlineStr">
         <is>
-          <t>- 6496</t>
+          <t>- 19034</t>
         </is>
       </c>
       <c r="I239" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J239" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K239" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="240">
       <c r="A240" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B240" s="7" t="inlineStr">
         <is>
           <t>111</t>
         </is>
       </c>
       <c r="C240" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="D240" s="3"/>
       <c r="E240" s="6" t="n">
         <v>22559</v>
       </c>
       <c r="F240" s="3" t="inlineStr">
         <is>
           <t>Математика комп`ютерних технологій</t>
         </is>
       </c>
       <c r="G240" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H240" s="7" t="inlineStr">
         <is>
-          <t>- 6522</t>
+          <t>- 19035</t>
         </is>
       </c>
       <c r="I240" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J240" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K240" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="241">
       <c r="A241" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B241" s="7" t="inlineStr">
         <is>
           <t>113</t>
         </is>
       </c>
       <c r="C241" s="3" t="inlineStr">
         <is>
           <t>Прикладна математика</t>
         </is>
       </c>
       <c r="D241" s="3"/>
       <c r="E241" s="6" t="n">
         <v>10672</v>
       </c>
       <c r="F241" s="3" t="inlineStr">
         <is>
           <t>Прикладна математика</t>
         </is>
       </c>
       <c r="G241" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H241" s="7" t="inlineStr">
         <is>
-          <t>- 3279</t>
+          <t>- 19036</t>
         </is>
       </c>
       <c r="I241" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J241" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K241" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="242">
       <c r="A242" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B242" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C242" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D242" s="3"/>
       <c r="E242" s="6" t="n">
         <v>32654</v>
       </c>
       <c r="F242" s="3" t="inlineStr">
         <is>
           <t>Якість та безпека програмного забезпечення</t>
         </is>
       </c>
       <c r="G242" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H242" s="7" t="inlineStr">
         <is>
-          <t>- 3248</t>
+          <t>- 19037</t>
         </is>
       </c>
       <c r="I242" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J242" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K242" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="243">
       <c r="A243" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B243" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C243" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D243" s="3"/>
       <c r="E243" s="6" t="n">
         <v>22673</v>
       </c>
       <c r="F243" s="3" t="inlineStr">
         <is>
           <t>Комп`ютерні науки</t>
         </is>
       </c>
       <c r="G243" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H243" s="7" t="inlineStr">
         <is>
-          <t>- 4208</t>
+          <t>- 19038</t>
         </is>
       </c>
       <c r="I243" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J243" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K243" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="244">
       <c r="A244" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B244" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C244" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D244" s="3"/>
       <c r="E244" s="6" t="n">
         <v>23936</v>
       </c>
       <c r="F244" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="G244" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H244" s="7" t="inlineStr">
         <is>
-          <t>- 3278</t>
+          <t>- 19039</t>
         </is>
       </c>
       <c r="I244" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J244" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K244" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="245">
       <c r="A245" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B245" s="7" t="inlineStr">
         <is>
           <t>201</t>
         </is>
       </c>
       <c r="C245" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D245" s="3"/>
       <c r="E245" s="6" t="n">
         <v>27370</v>
       </c>
       <c r="F245" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="G245" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H245" s="7" t="inlineStr">
         <is>
-          <t>- 3623</t>
+          <t>- 19040</t>
         </is>
       </c>
       <c r="I245" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J245" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K245" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="246">
       <c r="A246" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B246" s="7" t="inlineStr">
         <is>
           <t>205</t>
         </is>
       </c>
       <c r="C246" s="3" t="inlineStr">
         <is>
@@ -12539,321 +12410,321 @@
       <c r="C247" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D247" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E247" s="6" t="n">
         <v>60050</v>
       </c>
       <c r="F247" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="G247" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H247" s="7" t="inlineStr">
         <is>
-          <t>- 11273</t>
+          <t>- 19041</t>
         </is>
       </c>
       <c r="I247" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J247" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K247" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="248">
       <c r="A248" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B248" s="7" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
       <c r="C248" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D248" s="3"/>
       <c r="E248" s="6" t="n">
         <v>13000</v>
       </c>
       <c r="F248" s="3" t="inlineStr">
         <is>
           <t>Соціальна педагогіка</t>
         </is>
       </c>
       <c r="G248" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H248" s="7" t="inlineStr">
         <is>
-          <t>- 4537</t>
+          <t>- 19042</t>
         </is>
       </c>
       <c r="I248" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J248" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K248" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="249">
       <c r="A249" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B249" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C249" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D249" s="3"/>
       <c r="E249" s="6" t="n">
         <v>12117</v>
       </c>
       <c r="F249" s="3" t="inlineStr">
         <is>
           <t>Курортна справа</t>
         </is>
       </c>
       <c r="G249" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H249" s="7" t="inlineStr">
         <is>
-          <t>- 9871</t>
+          <t>- 19043</t>
         </is>
       </c>
       <c r="I249" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J249" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K249" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="250">
       <c r="A250" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B250" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C250" s="3" t="inlineStr">
         <is>
           <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D250" s="3"/>
       <c r="E250" s="6" t="n">
         <v>58645</v>
       </c>
       <c r="F250" s="3" t="inlineStr">
         <is>
           <t>Туризмознавство</t>
         </is>
       </c>
       <c r="G250" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H250" s="7" t="inlineStr">
         <is>
-          <t>- 9868</t>
+          <t>- 19044</t>
         </is>
       </c>
       <c r="I250" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J250" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K250" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="251">
       <c r="A251" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B251" s="7" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
       <c r="C251" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D251" s="3"/>
       <c r="E251" s="6" t="n">
         <v>61290</v>
       </c>
       <c r="F251" s="3" t="inlineStr">
         <is>
           <t>Публічне управління сталим розвитком територій</t>
         </is>
       </c>
       <c r="G251" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H251" s="7" t="inlineStr">
         <is>
-          <t>- 9370</t>
+          <t>- 19045</t>
         </is>
       </c>
       <c r="I251" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J251" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K251" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="252">
       <c r="A252" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B252" s="7" t="inlineStr">
         <is>
           <t>291</t>
         </is>
       </c>
       <c r="C252" s="3" t="inlineStr">
         <is>
           <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
         </is>
       </c>
       <c r="D252" s="3"/>
       <c r="E252" s="6" t="n">
         <v>22556</v>
       </c>
       <c r="F252" s="3" t="inlineStr">
         <is>
           <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
         </is>
       </c>
       <c r="G252" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H252" s="7" t="inlineStr">
         <is>
-          <t>- 5268</t>
+          <t>- 19046</t>
         </is>
       </c>
       <c r="I252" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J252" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K252" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="253">
       <c r="A253" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B253" s="7" t="inlineStr">
         <is>
           <t>292</t>
         </is>
       </c>
       <c r="C253" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D253" s="3"/>
       <c r="E253" s="6" t="n">
         <v>22557</v>
       </c>
       <c r="F253" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="G253" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H253" s="7" t="inlineStr">
         <is>
-          <t>- 6847</t>
+          <t>- 19047</t>
         </is>
       </c>
       <c r="I253" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J253" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K253" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="254">
       <c r="A254" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B254" s="7" t="inlineStr">
         <is>
           <t>A1</t>
         </is>
       </c>
       <c r="C254" s="3" t="inlineStr">
         <is>
@@ -15929,51 +15800,51 @@
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B321" s="7" t="inlineStr">
         <is>
           <t>011</t>
         </is>
       </c>
       <c r="C321" s="3" t="inlineStr">
         <is>
           <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D321" s="3"/>
       <c r="E321" s="6" t="n">
         <v>25882</v>
       </c>
       <c r="F321" s="3" t="inlineStr">
         <is>
           <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="G321" s="3"/>
       <c r="H321" s="7" t="inlineStr">
         <is>
-          <t>- 3401</t>
+          <t>- 19048</t>
         </is>
       </c>
       <c r="I321" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J321" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K321" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="322">
       <c r="A322" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B322" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C322" s="3" t="inlineStr">
         <is>
@@ -16017,51 +15888,51 @@
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C323" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D323" s="3"/>
       <c r="E323" s="6" t="n">
         <v>62030</v>
       </c>
       <c r="F323" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (українська мова)</t>
         </is>
       </c>
       <c r="G323" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H323" s="7" t="inlineStr">
         <is>
-          <t>- 7563</t>
+          <t>- 19049</t>
         </is>
       </c>
       <c r="I323" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J323" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K323" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="324">
       <c r="A324" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B324" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C324" s="3" t="inlineStr">
         <is>
@@ -16105,51 +15976,51 @@
         <is>
           <t>015</t>
         </is>
       </c>
       <c r="C325" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D325" s="3"/>
       <c r="E325" s="6" t="n">
         <v>56282</v>
       </c>
       <c r="F325" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="G325" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H325" s="7" t="inlineStr">
         <is>
-          <t>- 7578</t>
+          <t>- 19050</t>
         </is>
       </c>
       <c r="I325" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J325" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K325" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="326">
       <c r="A326" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B326" s="7" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C326" s="3" t="inlineStr">
         <is>
@@ -16185,260 +16056,260 @@
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B327" s="7" t="inlineStr">
         <is>
           <t>023</t>
         </is>
       </c>
       <c r="C327" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
         </is>
       </c>
       <c r="D327" s="3"/>
       <c r="E327" s="6" t="n">
         <v>25884</v>
       </c>
       <c r="F327" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
         </is>
       </c>
       <c r="G327" s="3"/>
       <c r="H327" s="7" t="inlineStr">
         <is>
-          <t>- 13124</t>
+          <t>- 19051</t>
         </is>
       </c>
       <c r="I327" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J327" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K327" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="328">
       <c r="A328" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B328" s="7" t="inlineStr">
         <is>
           <t>025</t>
         </is>
       </c>
       <c r="C328" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D328" s="3"/>
       <c r="E328" s="6" t="n">
         <v>25885</v>
       </c>
       <c r="F328" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="G328" s="3"/>
       <c r="H328" s="7" t="inlineStr">
         <is>
-          <t>- 3270</t>
+          <t>- 19052</t>
         </is>
       </c>
       <c r="I328" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J328" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K328" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="329">
       <c r="A329" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B329" s="7" t="inlineStr">
         <is>
           <t>032</t>
         </is>
       </c>
       <c r="C329" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D329" s="3"/>
       <c r="E329" s="6" t="n">
         <v>25886</v>
       </c>
       <c r="F329" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="G329" s="3"/>
       <c r="H329" s="7" t="inlineStr">
         <is>
-          <t>- 3275</t>
+          <t>- 19053</t>
         </is>
       </c>
       <c r="I329" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J329" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K329" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="330">
       <c r="A330" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B330" s="7" t="inlineStr">
         <is>
           <t>033</t>
         </is>
       </c>
       <c r="C330" s="3" t="inlineStr">
         <is>
           <t>Філософія</t>
         </is>
       </c>
       <c r="D330" s="3"/>
       <c r="E330" s="6" t="n">
         <v>25887</v>
       </c>
       <c r="F330" s="3" t="inlineStr">
         <is>
           <t>Філософія</t>
         </is>
       </c>
       <c r="G330" s="3"/>
       <c r="H330" s="7" t="inlineStr">
         <is>
-          <t>- 4113</t>
+          <t>- 19054</t>
         </is>
       </c>
       <c r="I330" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J330" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K330" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="331">
       <c r="A331" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B331" s="7" t="inlineStr">
         <is>
           <t>034</t>
         </is>
       </c>
       <c r="C331" s="3" t="inlineStr">
         <is>
           <t>Культурологія</t>
         </is>
       </c>
       <c r="D331" s="3"/>
       <c r="E331" s="6" t="n">
         <v>25888</v>
       </c>
       <c r="F331" s="3" t="inlineStr">
         <is>
           <t>Культурологія</t>
         </is>
       </c>
       <c r="G331" s="3"/>
       <c r="H331" s="7" t="inlineStr">
         <is>
-          <t>- 3274</t>
+          <t>- 19055</t>
         </is>
       </c>
       <c r="I331" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J331" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K331" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="332">
       <c r="A332" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B332" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C332" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D332" s="3"/>
       <c r="E332" s="6" t="n">
         <v>36806</v>
       </c>
       <c r="F332" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="G332" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H332" s="7" t="inlineStr">
         <is>
-          <t>- 5003</t>
+          <t>- 19056</t>
         </is>
       </c>
       <c r="I332" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J332" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K332" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="333">
       <c r="A333" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B333" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C333" s="3" t="inlineStr">
         <is>
@@ -16474,92 +16345,92 @@
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B334" s="7" t="inlineStr">
         <is>
           <t>052</t>
         </is>
       </c>
       <c r="C334" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="D334" s="3"/>
       <c r="E334" s="6" t="n">
         <v>25890</v>
       </c>
       <c r="F334" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="G334" s="3"/>
       <c r="H334" s="7" t="inlineStr">
         <is>
-          <t>- 3271</t>
+          <t>- 19057</t>
         </is>
       </c>
       <c r="I334" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J334" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K334" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="335">
       <c r="A335" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B335" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C335" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D335" s="3"/>
       <c r="E335" s="6" t="n">
         <v>25891</v>
       </c>
       <c r="F335" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="G335" s="3"/>
       <c r="H335" s="7" t="inlineStr">
         <is>
-          <t>- 4107</t>
+          <t>- 19058</t>
         </is>
       </c>
       <c r="I335" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J335" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K335" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="336">
       <c r="A336" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B336" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C336" s="3" t="inlineStr">
         <is>
@@ -16642,342 +16513,342 @@
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B338" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C338" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D338" s="3"/>
       <c r="E338" s="6" t="n">
         <v>25894</v>
       </c>
       <c r="F338" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="G338" s="3"/>
       <c r="H338" s="7" t="inlineStr">
         <is>
-          <t>- 3272</t>
+          <t>- 19059</t>
         </is>
       </c>
       <c r="I338" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J338" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K338" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="339">
       <c r="A339" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B339" s="7" t="inlineStr">
         <is>
           <t>091</t>
         </is>
       </c>
       <c r="C339" s="3" t="inlineStr">
         <is>
           <t>Біологія</t>
         </is>
       </c>
       <c r="D339" s="3"/>
       <c r="E339" s="6" t="n">
         <v>25895</v>
       </c>
       <c r="F339" s="3" t="inlineStr">
         <is>
           <t>Біологія</t>
         </is>
       </c>
       <c r="G339" s="3"/>
       <c r="H339" s="7" t="inlineStr">
         <is>
-          <t>- 8531</t>
+          <t>- 19060</t>
         </is>
       </c>
       <c r="I339" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J339" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K339" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="340">
       <c r="A340" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B340" s="7" t="inlineStr">
         <is>
           <t>091</t>
         </is>
       </c>
       <c r="C340" s="3" t="inlineStr">
         <is>
           <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D340" s="3"/>
       <c r="E340" s="6" t="n">
         <v>58640</v>
       </c>
       <c r="F340" s="3" t="inlineStr">
         <is>
           <t>Біологія</t>
         </is>
       </c>
       <c r="G340" s="3"/>
       <c r="H340" s="7" t="inlineStr">
         <is>
-          <t>- 9216</t>
+          <t>- 19061</t>
         </is>
       </c>
       <c r="I340" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J340" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K340" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="341">
       <c r="A341" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B341" s="7" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="C341" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D341" s="3"/>
       <c r="E341" s="6" t="n">
         <v>56301</v>
       </c>
       <c r="F341" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="G341" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H341" s="7" t="inlineStr">
         <is>
-          <t>- 12257</t>
+          <t>- 19062</t>
         </is>
       </c>
       <c r="I341" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J341" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K341" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="342">
       <c r="A342" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B342" s="7" t="inlineStr">
         <is>
           <t>102</t>
         </is>
       </c>
       <c r="C342" s="3" t="inlineStr">
         <is>
           <t>Хімія</t>
         </is>
       </c>
       <c r="D342" s="3"/>
       <c r="E342" s="6" t="n">
         <v>25896</v>
       </c>
       <c r="F342" s="3" t="inlineStr">
         <is>
           <t>Хімія</t>
         </is>
       </c>
       <c r="G342" s="3"/>
       <c r="H342" s="7" t="inlineStr">
         <is>
-          <t>- 3273</t>
+          <t>- 19063</t>
         </is>
       </c>
       <c r="I342" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J342" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K342" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="343">
       <c r="A343" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B343" s="7" t="inlineStr">
         <is>
           <t>104</t>
         </is>
       </c>
       <c r="C343" s="3" t="inlineStr">
         <is>
           <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="D343" s="3"/>
       <c r="E343" s="6" t="n">
         <v>25897</v>
       </c>
       <c r="F343" s="3" t="inlineStr">
         <is>
           <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="G343" s="3"/>
       <c r="H343" s="7" t="inlineStr">
         <is>
-          <t>- 3016</t>
+          <t>- 19064</t>
         </is>
       </c>
       <c r="I343" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J343" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K343" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="344">
       <c r="A344" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B344" s="7" t="inlineStr">
         <is>
           <t>105</t>
         </is>
       </c>
       <c r="C344" s="3" t="inlineStr">
         <is>
           <t>Прикладна фізика та наноматеріали</t>
         </is>
       </c>
       <c r="D344" s="3"/>
       <c r="E344" s="6" t="n">
         <v>25898</v>
       </c>
       <c r="F344" s="3" t="inlineStr">
         <is>
           <t>Прикладна фізика та наноматеріали</t>
         </is>
       </c>
       <c r="G344" s="3"/>
       <c r="H344" s="7" t="inlineStr">
         <is>
-          <t>- 4098</t>
+          <t>- 19065</t>
         </is>
       </c>
       <c r="I344" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J344" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K344" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="345">
       <c r="A345" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B345" s="7" t="inlineStr">
         <is>
           <t>111</t>
         </is>
       </c>
       <c r="C345" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="D345" s="3"/>
       <c r="E345" s="6" t="n">
         <v>25899</v>
       </c>
       <c r="F345" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="G345" s="3"/>
       <c r="H345" s="7" t="inlineStr">
         <is>
-          <t>- 3269</t>
+          <t>- 19066</t>
         </is>
       </c>
       <c r="I345" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J345" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K345" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="346">
       <c r="A346" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B346" s="7" t="inlineStr">
         <is>
           <t>132</t>
         </is>
       </c>
       <c r="C346" s="3" t="inlineStr">
         <is>
@@ -17013,133 +16884,133 @@
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B347" s="7" t="inlineStr">
         <is>
           <t>171</t>
         </is>
       </c>
       <c r="C347" s="3" t="inlineStr">
         <is>
           <t>Електроніка</t>
         </is>
       </c>
       <c r="D347" s="3"/>
       <c r="E347" s="6" t="n">
         <v>25901</v>
       </c>
       <c r="F347" s="3" t="inlineStr">
         <is>
           <t>Електроніка</t>
         </is>
       </c>
       <c r="G347" s="3"/>
       <c r="H347" s="7" t="inlineStr">
         <is>
-          <t>- 8564</t>
+          <t>- 19067</t>
         </is>
       </c>
       <c r="I347" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J347" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K347" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="348">
       <c r="A348" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B348" s="7" t="inlineStr">
         <is>
           <t>171</t>
         </is>
       </c>
       <c r="C348" s="3" t="inlineStr">
         <is>
           <t>Електроніка</t>
         </is>
       </c>
       <c r="D348" s="3"/>
       <c r="E348" s="6" t="n">
         <v>59880</v>
       </c>
       <c r="F348" s="3" t="inlineStr">
         <is>
           <t>Електроніка</t>
         </is>
       </c>
       <c r="G348" s="3"/>
       <c r="H348" s="7" t="inlineStr">
         <is>
-          <t>- 9215</t>
+          <t>- 19068</t>
         </is>
       </c>
       <c r="I348" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J348" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K348" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="349">
       <c r="A349" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B349" s="7" t="inlineStr">
         <is>
           <t>201</t>
         </is>
       </c>
       <c r="C349" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D349" s="3"/>
       <c r="E349" s="6" t="n">
         <v>25902</v>
       </c>
       <c r="F349" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="G349" s="3"/>
       <c r="H349" s="7" t="inlineStr">
         <is>
-          <t>- 8980</t>
+          <t>- 19069</t>
         </is>
       </c>
       <c r="I349" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J349" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K349" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="350">
       <c r="A350" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B350" s="7" t="inlineStr">
         <is>
           <t>205</t>
         </is>
       </c>
       <c r="C350" s="3" t="inlineStr">
         <is>
@@ -17175,137 +17046,137 @@
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B351" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C351" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="D351" s="3"/>
       <c r="E351" s="6" t="n">
         <v>25905</v>
       </c>
       <c r="F351" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="G351" s="3"/>
       <c r="H351" s="7" t="inlineStr">
         <is>
-          <t>- 16434</t>
+          <t>- 19070</t>
         </is>
       </c>
       <c r="I351" s="9" t="n">
         <v>46197</v>
       </c>
       <c r="J351" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K351" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="352">
       <c r="A352" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B352" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C352" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D352" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E352" s="6" t="n">
         <v>61218</v>
       </c>
       <c r="F352" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="G352" s="3"/>
       <c r="H352" s="7" t="inlineStr">
         <is>
-          <t>- 17210</t>
+          <t>- 19071</t>
         </is>
       </c>
       <c r="I352" s="9" t="n">
         <v>46197</v>
       </c>
       <c r="J352" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K352" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="353">
       <c r="A353" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B353" s="7" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
       <c r="C353" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D353" s="3"/>
       <c r="E353" s="6" t="n">
         <v>25893</v>
       </c>
       <c r="F353" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="G353" s="3"/>
       <c r="H353" s="7" t="inlineStr">
         <is>
-          <t>- 3295</t>
+          <t>- 19072</t>
         </is>
       </c>
       <c r="I353" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J353" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K353" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="354">
       <c r="A354" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B354" s="7" t="inlineStr">
         <is>
           <t>291</t>
         </is>
       </c>
       <c r="C354" s="3" t="inlineStr">
         <is>
@@ -18692,51 +18563,51 @@
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>A3</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="F3" s="6" t="n">
         <v>43</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
@@ -18769,51 +18640,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E5" s="6" t="n">
         <v>51</v>
       </c>
       <c r="F5" s="6" t="n">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -19317,51 +19188,51 @@
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="6" t="n">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="F20" s="6" t="n">
         <v>9</v>
       </c>
       <c r="G20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>B10</t>
         </is>
       </c>
@@ -19387,51 +19258,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D22" s="3" t="inlineStr">
         <is>
           <t>Українська мова та література</t>
         </is>
       </c>
       <c r="E22" s="6" t="n">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
@@ -19572,88 +19443,88 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D27" s="3" t="inlineStr">
         <is>
           <t>Романські мови та літератури (переклад включно), перша - французька</t>
         </is>
       </c>
       <c r="E27" s="6" t="n">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="F27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B28" s="7" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D28" s="3" t="inlineStr">
         <is>
           <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="E28" s="6" t="n">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="F28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I28" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="7" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
@@ -19683,51 +19554,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B30" s="7" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D30" s="3" t="inlineStr">
         <is>
           <t>Дизайн костюму</t>
         </is>
       </c>
       <c r="E30" s="6" t="n">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="F30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I30" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B31" s="7" t="inlineStr">
         <is>
           <t>B4</t>
         </is>
       </c>
@@ -19863,51 +19734,51 @@
       <c r="I34" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B35" s="7" t="inlineStr">
         <is>
           <t>B9</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D35" s="3"/>
       <c r="E35" s="6" t="n">
         <v>34</v>
       </c>
       <c r="F35" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I35" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B36" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
@@ -19967,120 +19838,120 @@
       <c r="H37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I37" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B38" s="7" t="inlineStr">
         <is>
           <t>C2</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="D38" s="3"/>
       <c r="E38" s="6" t="n">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I38" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B39" s="7" t="inlineStr">
         <is>
           <t>C3</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
           <t>Міжнародні відносини</t>
         </is>
       </c>
       <c r="D39" s="3"/>
       <c r="E39" s="6" t="n">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="F39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I39" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B40" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D40" s="3"/>
       <c r="E40" s="6" t="n">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="F40" s="6" t="n">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="G40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I40" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B41" s="7" t="inlineStr">
         <is>
           <t>C6</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
           <t>Географія та регіональні студії</t>
@@ -20099,51 +19970,51 @@
       <c r="H41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I41" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B42" s="7" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D42" s="3"/>
       <c r="E42" s="6" t="n">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="F42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I42" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B43" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
@@ -20198,51 +20069,51 @@
       <c r="H44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I44" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B45" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D45" s="3"/>
       <c r="E45" s="6" t="n">
-        <v>356</v>
+        <v>355</v>
       </c>
       <c r="F45" s="6" t="n">
         <v>66</v>
       </c>
       <c r="G45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I45" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B46" s="7" t="inlineStr">
         <is>
           <t>D4</t>
         </is>
       </c>
@@ -20627,51 +20498,51 @@
       <c r="H57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I57" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B58" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C58" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D58" s="3"/>
       <c r="E58" s="6" t="n">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="F58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I58" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B59" s="7" t="inlineStr">
         <is>
           <t>F6</t>
         </is>
       </c>
@@ -20759,51 +20630,51 @@
       <c r="H61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I61" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B62" s="7" t="inlineStr">
         <is>
           <t>H1</t>
         </is>
       </c>
       <c r="C62" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D62" s="3"/>
       <c r="E62" s="6" t="n">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="F62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I62" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B63" s="7" t="inlineStr">
         <is>
           <t>H4</t>
         </is>
       </c>
@@ -21030,51 +20901,51 @@
       <c r="I69" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B70" s="7" t="inlineStr">
         <is>
           <t>012</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D70" s="3"/>
       <c r="E70" s="6" t="n">
         <v>140</v>
       </c>
       <c r="F70" s="6" t="n">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="G70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I70" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B71" s="7" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C71" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
@@ -21134,91 +21005,91 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B73" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C73" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D73" s="3" t="inlineStr">
         <is>
           <t>Англійська мова і література</t>
         </is>
       </c>
       <c r="E73" s="6" t="n">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="F73" s="6" t="n">
         <v>16</v>
       </c>
       <c r="G73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I73" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B74" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C74" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D74" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E74" s="6" t="n">
         <v>78</v>
       </c>
       <c r="F74" s="6" t="n">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="G74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I74" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B75" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C75" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -21282,51 +21153,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B77" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C77" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D77" s="3" t="inlineStr">
         <is>
           <t>Польська мова і література</t>
         </is>
       </c>
       <c r="E77" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I77" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B78" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -21396,88 +21267,88 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B80" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C80" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D80" s="3" t="inlineStr">
         <is>
           <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E80" s="6" t="n">
         <v>41</v>
       </c>
       <c r="F80" s="6" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I80" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B81" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C81" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D81" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="E81" s="6" t="n">
         <v>55</v>
       </c>
       <c r="F81" s="6" t="n">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I81" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B82" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C82" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -21541,51 +21412,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B84" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C84" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D84" s="3" t="inlineStr">
         <is>
           <t>Географія</t>
         </is>
       </c>
       <c r="E84" s="6" t="n">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="F84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I84" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B85" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -21800,51 +21671,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B91" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C91" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D91" s="3" t="inlineStr">
         <is>
           <t>Мистецтво. Музичне мистецтво</t>
         </is>
       </c>
       <c r="E91" s="6" t="n">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F91" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I91" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B92" s="7" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
@@ -21874,51 +21745,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B93" s="7" t="inlineStr">
         <is>
           <t>016</t>
         </is>
       </c>
       <c r="C93" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D93" s="3" t="inlineStr">
         <is>
           <t>Логопедія</t>
         </is>
       </c>
       <c r="E93" s="6" t="n">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="F93" s="6" t="n">
         <v>62</v>
       </c>
       <c r="G93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I93" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B94" s="7" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
@@ -22150,84 +22021,84 @@
       <c r="H100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I100" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B101" s="7" t="inlineStr">
         <is>
           <t>026</t>
         </is>
       </c>
       <c r="C101" s="3" t="inlineStr">
         <is>
           <t>Сценічне мистецтво</t>
         </is>
       </c>
       <c r="D101" s="3"/>
       <c r="E101" s="6" t="n">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="F101" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G101" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H101" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I101" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B102" s="7" t="inlineStr">
         <is>
           <t>028</t>
         </is>
       </c>
       <c r="C102" s="3" t="inlineStr">
         <is>
           <t>Менеджмент соціокультурної діяльності</t>
         </is>
       </c>
       <c r="D102" s="3"/>
       <c r="E102" s="6" t="n">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="F102" s="6" t="n">
         <v>5</v>
       </c>
       <c r="G102" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H102" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I102" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B103" s="7" t="inlineStr">
         <is>
           <t>032</t>
         </is>
       </c>
@@ -22323,51 +22194,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B106" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C106" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D106" s="3" t="inlineStr">
         <is>
           <t>слов’янські мови та літератури (переклад включно), перша - польська</t>
         </is>
       </c>
       <c r="E106" s="6" t="n">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="F106" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G106" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H106" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I106" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B107" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
@@ -22570,54 +22441,54 @@
       <c r="H112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I112" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B113" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C113" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D113" s="3"/>
       <c r="E113" s="6" t="n">
-        <v>605</v>
+        <v>604</v>
       </c>
       <c r="F113" s="6" t="n">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="G113" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H113" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I113" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B114" s="7" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
       <c r="C114" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
@@ -23197,84 +23068,84 @@
       <c r="H131" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I131" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B132" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C132" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D132" s="3"/>
       <c r="E132" s="6" t="n">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="F132" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G132" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H132" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I132" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B133" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C133" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D133" s="3"/>
       <c r="E133" s="6" t="n">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="F133" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G133" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H133" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I133" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B134" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
@@ -23762,51 +23633,51 @@
       <c r="H148" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I148" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B149" s="7" t="inlineStr">
         <is>
           <t>291</t>
         </is>
       </c>
       <c r="C149" s="3" t="inlineStr">
         <is>
           <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
         </is>
       </c>
       <c r="D149" s="3"/>
       <c r="E149" s="6" t="n">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="F149" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G149" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H149" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I149" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B150" s="7" t="inlineStr">
         <is>
           <t>292</t>
         </is>
       </c>
@@ -24341,51 +24212,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B165" s="7" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
       <c r="C165" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D165" s="3" t="inlineStr">
         <is>
           <t>Логопедія</t>
         </is>
       </c>
       <c r="E165" s="6" t="n">
         <v>13</v>
       </c>
       <c r="F165" s="6" t="n">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="G165" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H165" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I165" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B166" s="7" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C166" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
@@ -24946,81 +24817,81 @@
       <c r="I181" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B182" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C182" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D182" s="3"/>
       <c r="E182" s="6" t="n">
         <v>55</v>
       </c>
       <c r="F182" s="6" t="n">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="G182" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H182" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I182" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B183" s="7" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C183" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D183" s="3"/>
       <c r="E183" s="6" t="n">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F183" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G183" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H183" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I183" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B184" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
@@ -25471,84 +25342,84 @@
       <c r="H197" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I197" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B198" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C198" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D198" s="3"/>
       <c r="E198" s="6" t="n">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="F198" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G198" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H198" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I198" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B199" s="7" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
       <c r="C199" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D199" s="3"/>
       <c r="E199" s="6" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F199" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G199" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H199" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I199" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B200" s="7" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
@@ -25570,51 +25441,51 @@
       <c r="H200" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I200" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B201" s="7" t="inlineStr">
         <is>
           <t>H1</t>
         </is>
       </c>
       <c r="C201" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D201" s="3"/>
       <c r="E201" s="6" t="n">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="F201" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G201" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H201" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I201" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B202" s="7" t="inlineStr">
         <is>
           <t>H4</t>
         </is>
       </c>
@@ -26023,51 +25894,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B214" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C214" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D214" s="3" t="inlineStr">
         <is>
           <t>Географія</t>
         </is>
       </c>
       <c r="E214" s="6" t="n">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="F214" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G214" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H214" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I214" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="215">
       <c r="A215" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B215" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -26315,51 +26186,51 @@
       <c r="H221" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I221" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="222">
       <c r="A222" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B222" s="7" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C222" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D222" s="3"/>
       <c r="E222" s="6" t="n">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="F222" s="6" t="n">
         <v>12</v>
       </c>
       <c r="G222" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H222" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I222" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="223">
       <c r="A223" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B223" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
@@ -26385,51 +26256,51 @@
       <c r="H223" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I223" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="224">
       <c r="A224" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B224" s="7" t="inlineStr">
         <is>
           <t>023</t>
         </is>
       </c>
       <c r="C224" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
         </is>
       </c>
       <c r="D224" s="3"/>
       <c r="E224" s="6" t="n">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="F224" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G224" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H224" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I224" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="225">
       <c r="A225" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B225" s="7" t="inlineStr">
         <is>
           <t>025</t>
         </is>
       </c>
@@ -26595,54 +26466,54 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="230">
       <c r="A230" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B230" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C230" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D230" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E230" s="6" t="n">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="F230" s="6" t="n">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="G230" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H230" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I230" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="231">
       <c r="A231" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B231" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C231" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
@@ -26735,87 +26606,87 @@
       <c r="H233" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I233" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="234">
       <c r="A234" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B234" s="7" t="inlineStr">
         <is>
           <t>052</t>
         </is>
       </c>
       <c r="C234" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="D234" s="3"/>
       <c r="E234" s="6" t="n">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F234" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G234" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H234" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I234" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="235">
       <c r="A235" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B235" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C235" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D235" s="3"/>
       <c r="E235" s="6" t="n">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="F235" s="6" t="n">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="G235" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H235" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I235" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="236">
       <c r="A236" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B236" s="7" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
       <c r="C236" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
@@ -26900,51 +26771,51 @@
       <c r="H238" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I238" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="239">
       <c r="A239" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B239" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C239" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D239" s="3"/>
       <c r="E239" s="6" t="n">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="F239" s="6" t="n">
         <v>11</v>
       </c>
       <c r="G239" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H239" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I239" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="240">
       <c r="A240" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B240" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
@@ -27098,51 +26969,51 @@
       <c r="H244" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I244" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="245">
       <c r="A245" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B245" s="7" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="C245" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D245" s="3"/>
       <c r="E245" s="6" t="n">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="F245" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G245" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H245" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I245" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="246">
       <c r="A246" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B246" s="7" t="inlineStr">
         <is>
           <t>102</t>
         </is>
       </c>
@@ -27263,117 +27134,117 @@
       <c r="H249" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I249" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="250">
       <c r="A250" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B250" s="7" t="inlineStr">
         <is>
           <t>113</t>
         </is>
       </c>
       <c r="C250" s="3" t="inlineStr">
         <is>
           <t>Прикладна математика</t>
         </is>
       </c>
       <c r="D250" s="3"/>
       <c r="E250" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F250" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G250" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H250" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I250" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="251">
       <c r="A251" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B251" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C251" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D251" s="3"/>
       <c r="E251" s="6" t="n">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="F251" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G251" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H251" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I251" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="252">
       <c r="A252" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B252" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C252" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D252" s="3"/>
       <c r="E252" s="6" t="n">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F252" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G252" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H252" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I252" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="253">
       <c r="A253" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B253" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
@@ -27428,51 +27299,51 @@
       <c r="H254" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I254" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="255">
       <c r="A255" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B255" s="7" t="inlineStr">
         <is>
           <t>205</t>
         </is>
       </c>
       <c r="C255" s="3" t="inlineStr">
         <is>
           <t>Лісове господарство</t>
         </is>
       </c>
       <c r="D255" s="3"/>
       <c r="E255" s="6" t="n">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="F255" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G255" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H255" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I255" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="256">
       <c r="A256" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B256" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
@@ -27564,84 +27435,84 @@
       <c r="H258" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I258" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="259">
       <c r="A259" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B259" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C259" s="3" t="inlineStr">
         <is>
           <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D259" s="3"/>
       <c r="E259" s="6" t="n">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="F259" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G259" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H259" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I259" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="260">
       <c r="A260" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B260" s="7" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
       <c r="C260" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D260" s="3"/>
       <c r="E260" s="6" t="n">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F260" s="6" t="n">
         <v>14</v>
       </c>
       <c r="G260" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H260" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I260" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="261">
       <c r="A261" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B261" s="7" t="inlineStr">
         <is>
           <t>291</t>
         </is>
       </c>
@@ -28521,51 +28392,51 @@
       <c r="H287" s="6" t="n">
         <v>1</v>
       </c>
       <c r="I287" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="288">
       <c r="A288" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B288" s="7" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C288" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D288" s="3"/>
       <c r="E288" s="6" t="n">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F288" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G288" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H288" s="6" t="n">
         <v>2</v>
       </c>
       <c r="I288" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="289">
       <c r="A289" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B289" s="7" t="inlineStr">
         <is>
           <t>023</t>
         </is>
       </c>
@@ -28590,114 +28461,114 @@
       <c r="I289" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="290">
       <c r="A290" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B290" s="7" t="inlineStr">
         <is>
           <t>025</t>
         </is>
       </c>
       <c r="C290" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D290" s="3"/>
       <c r="E290" s="6" t="n">
         <v>18</v>
       </c>
       <c r="F290" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G290" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H290" s="6" t="n">
         <v>2</v>
       </c>
       <c r="I290" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="291">
       <c r="A291" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B291" s="7" t="inlineStr">
         <is>
           <t>032</t>
         </is>
       </c>
       <c r="C291" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D291" s="3"/>
       <c r="E291" s="6" t="n">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F291" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G291" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H291" s="6" t="n">
         <v>2</v>
       </c>
       <c r="I291" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="292">
       <c r="A292" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B292" s="7" t="inlineStr">
         <is>
           <t>033</t>
         </is>
       </c>
       <c r="C292" s="3" t="inlineStr">
         <is>
           <t>Філософія</t>
         </is>
       </c>
       <c r="D292" s="3"/>
       <c r="E292" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F292" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G292" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H292" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I292" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="293">
       <c r="A293" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B293" s="7" t="inlineStr">
         <is>
           <t>034</t>
         </is>
       </c>
@@ -28719,150 +28590,150 @@
       <c r="H293" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I293" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="294">
       <c r="A294" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B294" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C294" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D294" s="3"/>
       <c r="E294" s="6" t="n">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F294" s="6" t="n">
         <v>5</v>
       </c>
       <c r="G294" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H294" s="6" t="n">
         <v>7</v>
       </c>
       <c r="I294" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="295">
       <c r="A295" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B295" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C295" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D295" s="3"/>
       <c r="E295" s="6" t="n">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="F295" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G295" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H295" s="6" t="n">
         <v>2</v>
       </c>
       <c r="I295" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="296">
       <c r="A296" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B296" s="7" t="inlineStr">
         <is>
           <t>052</t>
         </is>
       </c>
       <c r="C296" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="D296" s="3"/>
       <c r="E296" s="6" t="n">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="F296" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G296" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H296" s="6" t="n">
         <v>2</v>
       </c>
       <c r="I296" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="297">
       <c r="A297" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B297" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C297" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D297" s="3"/>
       <c r="E297" s="6" t="n">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F297" s="6" t="n">
         <v>6</v>
       </c>
       <c r="G297" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H297" s="6" t="n">
         <v>2</v>
       </c>
       <c r="I297" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="298">
       <c r="A298" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B298" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
@@ -28920,51 +28791,51 @@
       <c r="I299" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="300">
       <c r="A300" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B300" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C300" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D300" s="3"/>
       <c r="E300" s="6" t="n">
         <v>30</v>
       </c>
       <c r="F300" s="6" t="n">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="G300" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H300" s="6" t="n">
         <v>3</v>
       </c>
       <c r="I300" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="301">
       <c r="A301" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B301" s="7" t="inlineStr">
         <is>
           <t>091</t>
         </is>
       </c>
       <c r="C301" s="3" t="inlineStr">
         <is>
           <t>Біологія</t>
@@ -29049,51 +28920,51 @@
       <c r="H303" s="6" t="n">
         <v>3</v>
       </c>
       <c r="I303" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="304">
       <c r="A304" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B304" s="7" t="inlineStr">
         <is>
           <t>102</t>
         </is>
       </c>
       <c r="C304" s="3" t="inlineStr">
         <is>
           <t>Хімія</t>
         </is>
       </c>
       <c r="D304" s="3"/>
       <c r="E304" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F304" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G304" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H304" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I304" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="305">
       <c r="A305" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B305" s="7" t="inlineStr">
         <is>
           <t>104</t>
         </is>
       </c>
@@ -29115,84 +28986,84 @@
       <c r="H305" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I305" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="306">
       <c r="A306" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B306" s="7" t="inlineStr">
         <is>
           <t>105</t>
         </is>
       </c>
       <c r="C306" s="3" t="inlineStr">
         <is>
           <t>Прикладна фізика та наноматеріали</t>
         </is>
       </c>
       <c r="D306" s="3"/>
       <c r="E306" s="6" t="n">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="F306" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G306" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H306" s="6" t="n">
         <v>1</v>
       </c>
       <c r="I306" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="307">
       <c r="A307" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B307" s="7" t="inlineStr">
         <is>
           <t>111</t>
         </is>
       </c>
       <c r="C307" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="D307" s="3"/>
       <c r="E307" s="6" t="n">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="F307" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G307" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H307" s="6" t="n">
         <v>1</v>
       </c>
       <c r="I307" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="308">
       <c r="A308" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B308" s="7" t="inlineStr">
         <is>
           <t>132</t>
         </is>
       </c>
@@ -29419,51 +29290,51 @@
       <c r="I314" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="315">
       <c r="A315" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B315" s="7" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
       <c r="C315" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D315" s="3"/>
       <c r="E315" s="6" t="n">
         <v>44</v>
       </c>
       <c r="F315" s="6" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G315" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H315" s="6" t="n">
         <v>2</v>
       </c>
       <c r="I315" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="316">
       <c r="A316" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B316" s="7" t="inlineStr">
         <is>
           <t>291</t>
         </is>
       </c>
       <c r="C316" s="3" t="inlineStr">
         <is>
           <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>