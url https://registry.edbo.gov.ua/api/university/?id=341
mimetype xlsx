--- v1 (2025-12-08)
+++ v2 (2026-02-04)
@@ -26,52 +26,52 @@
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="ВСП" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Факультети" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Ліцензії ПДО" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Освітні програми" sheetId="7" state="visible" r:id="rId8"/>
     <sheet name="Здобувачі ВО" sheetId="8" state="visible" r:id="rId9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'ВСП'!$A$1:$E$3</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$16</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$17</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПДО'!$A$1:$K$4</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$382</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$316</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$381</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$268</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -1756,51 +1756,51 @@
       </c>
       <c r="J4" s="9"/>
       <c r="K4" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 03.07.2025 № 108-л</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:K4"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:K382"/>
+  <dimension ref="A1:K381"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="1024" min="12" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
@@ -10147,55 +10147,55 @@
       <c r="C198" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D198" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="E198" s="6" t="n">
         <v>22540</v>
       </c>
       <c r="F198" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (математика)</t>
         </is>
       </c>
       <c r="G198" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H198" s="7" t="inlineStr">
         <is>
-          <t>- 19075</t>
+          <t>- 19456</t>
         </is>
       </c>
       <c r="I198" s="9" t="n">
-        <v>46204</v>
+        <v>46379</v>
       </c>
       <c r="J198" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K198" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B199" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C199" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D199" s="3" t="inlineStr">
@@ -10294,104 +10294,104 @@
       <c r="C201" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D201" s="3" t="inlineStr">
         <is>
           <t>Природничі науки</t>
         </is>
       </c>
       <c r="E201" s="6" t="n">
         <v>27694</v>
       </c>
       <c r="F201" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (природничі науки)</t>
         </is>
       </c>
       <c r="G201" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H201" s="7" t="inlineStr">
         <is>
-          <t>- 19077</t>
+          <t>- 19442</t>
         </is>
       </c>
       <c r="I201" s="9" t="n">
-        <v>46204</v>
+        <v>46379</v>
       </c>
       <c r="J201" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K201" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B202" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C202" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D202" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E202" s="6" t="n">
         <v>22544</v>
       </c>
       <c r="F202" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (українська мова і література)</t>
         </is>
       </c>
       <c r="G202" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H202" s="7" t="inlineStr">
         <is>
-          <t>- 19076</t>
+          <t>- 19455</t>
         </is>
       </c>
       <c r="I202" s="9" t="n">
-        <v>46204</v>
+        <v>46379</v>
       </c>
       <c r="J202" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K202" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B203" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C203" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D203" s="3" t="inlineStr">
@@ -10476,8020 +10476,7971 @@
       </c>
       <c r="K204" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B205" s="7" t="inlineStr">
         <is>
           <t>016</t>
         </is>
       </c>
       <c r="C205" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D205" s="3" t="inlineStr">
         <is>
           <t>Логопедія</t>
         </is>
       </c>
       <c r="E205" s="6" t="n">
-        <v>56171</v>
+        <v>57654</v>
       </c>
       <c r="F205" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта (логопедія)</t>
+          <t>Інклюзія в освіті</t>
         </is>
       </c>
       <c r="G205" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H205" s="7" t="inlineStr">
         <is>
-          <t>- 19012</t>
+          <t>- 19011</t>
         </is>
       </c>
       <c r="I205" s="9" t="n">
-        <v>46015</v>
+        <v>47665</v>
       </c>
       <c r="J205" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K205" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B206" s="7" t="inlineStr">
         <is>
-          <t>016</t>
+          <t>017</t>
         </is>
       </c>
       <c r="C206" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Фізична культура і спорт</t>
+        </is>
+      </c>
+      <c r="D206" s="3"/>
       <c r="E206" s="6" t="n">
-        <v>57654</v>
+        <v>12116</v>
       </c>
       <c r="F206" s="3" t="inlineStr">
         <is>
-          <t>Інклюзія в освіті</t>
+          <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="G206" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H206" s="7" t="inlineStr">
         <is>
-          <t>- 19011</t>
+          <t>- 19013</t>
         </is>
       </c>
       <c r="I206" s="9" t="n">
-        <v>47665</v>
+        <v>48761</v>
       </c>
       <c r="J206" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K206" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B207" s="7" t="inlineStr">
         <is>
-          <t>017</t>
+          <t>022</t>
         </is>
       </c>
       <c r="C207" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
-[...2 lines deleted...]
-      <c r="D207" s="3"/>
+          <t>Дизайн</t>
+        </is>
+      </c>
+      <c r="D207" s="3" t="inlineStr">
+        <is>
+          <t>Дизайн середовища</t>
+        </is>
+      </c>
       <c r="E207" s="6" t="n">
-        <v>12116</v>
+        <v>32373</v>
       </c>
       <c r="F207" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
+          <t>Дизайн</t>
         </is>
       </c>
       <c r="G207" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H207" s="7" t="inlineStr">
         <is>
-          <t>- 19013</t>
+          <t>- 19014</t>
         </is>
       </c>
       <c r="I207" s="9" t="n">
-        <v>48761</v>
+        <v>46204</v>
       </c>
       <c r="J207" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K207" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B208" s="7" t="inlineStr">
         <is>
-          <t>022</t>
+          <t>023</t>
         </is>
       </c>
       <c r="C208" s="3" t="inlineStr">
         <is>
-          <t>Дизайн</t>
-[...6 lines deleted...]
-      </c>
+          <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
+        </is>
+      </c>
+      <c r="D208" s="3"/>
       <c r="E208" s="6" t="n">
-        <v>32373</v>
+        <v>12239</v>
       </c>
       <c r="F208" s="3" t="inlineStr">
         <is>
-          <t>Дизайн</t>
+          <t>Образотворче мистецтво</t>
         </is>
       </c>
       <c r="G208" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H208" s="7" t="inlineStr">
         <is>
-          <t>- 19014</t>
+          <t>- 19015</t>
         </is>
       </c>
       <c r="I208" s="9" t="n">
-        <v>46204</v>
+        <v>47300</v>
       </c>
       <c r="J208" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K208" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B209" s="7" t="inlineStr">
         <is>
-          <t>023</t>
+          <t>025</t>
         </is>
       </c>
       <c r="C209" s="3" t="inlineStr">
         <is>
-          <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
+          <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D209" s="3"/>
       <c r="E209" s="6" t="n">
-        <v>12239</v>
+        <v>23920</v>
       </c>
       <c r="F209" s="3" t="inlineStr">
         <is>
-          <t>Образотворче мистецтво</t>
+          <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="G209" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H209" s="7" t="inlineStr">
         <is>
-          <t>- 19015</t>
+          <t>- 19016</t>
         </is>
       </c>
       <c r="I209" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J209" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K209" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B210" s="7" t="inlineStr">
         <is>
-          <t>025</t>
+          <t>028</t>
         </is>
       </c>
       <c r="C210" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво</t>
+          <t>Менеджмент соціокультурної діяльності</t>
         </is>
       </c>
       <c r="D210" s="3"/>
       <c r="E210" s="6" t="n">
-        <v>23920</v>
+        <v>63098</v>
       </c>
       <c r="F210" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво</t>
+          <t>Менеджмент соціокультурних проектів та креативних індустрій</t>
         </is>
       </c>
       <c r="G210" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H210" s="7" t="inlineStr">
         <is>
-          <t>- 19016</t>
+          <t>- 19643</t>
         </is>
       </c>
       <c r="I210" s="9" t="n">
-        <v>47300</v>
+        <v>48030</v>
       </c>
       <c r="J210" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K210" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B211" s="7" t="inlineStr">
         <is>
-          <t>028</t>
+          <t>032</t>
         </is>
       </c>
       <c r="C211" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент соціокультурної діяльності</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D211" s="3"/>
       <c r="E211" s="6" t="n">
-        <v>63098</v>
+        <v>11957</v>
       </c>
       <c r="F211" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент соціокультурних проектів та креативних індустрій</t>
+          <t>Етнологія</t>
         </is>
       </c>
       <c r="G211" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H211" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I211" s="9"/>
+          <t>- 19017</t>
+        </is>
+      </c>
+      <c r="I211" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J211" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K211" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B212" s="7" t="inlineStr">
         <is>
-          <t>032</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C212" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
-[...2 lines deleted...]
-      <c r="D212" s="3"/>
+          <t>Філологія</t>
+        </is>
+      </c>
+      <c r="D212" s="3" t="inlineStr">
+        <is>
+          <t>германські мови та літератури (переклад включно), перша - англійська</t>
+        </is>
+      </c>
       <c r="E212" s="6" t="n">
-        <v>11957</v>
+        <v>56152</v>
       </c>
       <c r="F212" s="3" t="inlineStr">
         <is>
-          <t>Етнологія</t>
+          <t>Англійська мова і література, друга іноземна мова, переклад</t>
         </is>
       </c>
       <c r="G212" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H212" s="7" t="inlineStr">
         <is>
-          <t>- 19017</t>
+          <t>- 19018</t>
         </is>
       </c>
       <c r="I212" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J212" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K212" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B213" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C213" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D213" s="3" t="inlineStr">
         <is>
-          <t>германські мови та літератури (переклад включно), перша - англійська</t>
+          <t>германські мови та літератури (переклад включно), перша - німецька</t>
         </is>
       </c>
       <c r="E213" s="6" t="n">
-        <v>56152</v>
+        <v>56153</v>
       </c>
       <c r="F213" s="3" t="inlineStr">
         <is>
-          <t>Англійська мова і література, друга іноземна мова, переклад</t>
+          <t>Німецька мова і література, англійська мова, переклад</t>
         </is>
       </c>
       <c r="G213" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H213" s="7" t="inlineStr">
         <is>
-          <t>- 19018</t>
+          <t>- 19019</t>
         </is>
       </c>
       <c r="I213" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J213" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K213" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B214" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C214" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D214" s="3" t="inlineStr">
         <is>
-          <t>германські мови та літератури (переклад включно), перша - німецька</t>
+          <t>романські мови та літератури (переклад включно), перша - французька</t>
         </is>
       </c>
       <c r="E214" s="6" t="n">
-        <v>56153</v>
+        <v>56154</v>
       </c>
       <c r="F214" s="3" t="inlineStr">
         <is>
-          <t>Німецька мова і література, англійська мова, переклад</t>
+          <t>Французька мова і література, англійська мова, переклад</t>
         </is>
       </c>
       <c r="G214" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H214" s="7" t="inlineStr">
         <is>
-          <t>- 19019</t>
+          <t>- 19020</t>
         </is>
       </c>
       <c r="I214" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J214" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K214" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="215">
       <c r="A215" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B215" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C215" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D215" s="3" t="inlineStr">
         <is>
-          <t>романські мови та літератури (переклад включно), перша - французька</t>
+          <t>слов’янські мови та літератури (переклад включно), перша - польська</t>
         </is>
       </c>
       <c r="E215" s="6" t="n">
-        <v>56154</v>
+        <v>63990</v>
       </c>
       <c r="F215" s="3" t="inlineStr">
         <is>
-          <t>Французька мова і література, англійська мова, переклад</t>
+          <t>Польська мова і література, англійська мова, переклад</t>
         </is>
       </c>
       <c r="G215" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H215" s="7" t="inlineStr">
         <is>
-          <t>- 19020</t>
+          <t>- 19262</t>
         </is>
       </c>
       <c r="I215" s="9" t="n">
-        <v>47300</v>
+        <v>48030</v>
       </c>
       <c r="J215" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K215" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="216">
       <c r="A216" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B216" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C216" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D216" s="3" t="inlineStr">
         <is>
-          <t>слов’янські мови та літератури (переклад включно), перша - польська</t>
+          <t>українська мова та література</t>
         </is>
       </c>
       <c r="E216" s="6" t="n">
-        <v>63990</v>
+        <v>9976</v>
       </c>
       <c r="F216" s="3" t="inlineStr">
         <is>
-          <t>Польська мова і література, англійська мова, переклад</t>
+          <t>Українська мова і література</t>
         </is>
       </c>
       <c r="G216" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H216" s="7" t="inlineStr">
         <is>
-          <t>- 19262</t>
+          <t>- 19021</t>
         </is>
       </c>
       <c r="I216" s="9" t="n">
-        <v>48030</v>
+        <v>47665</v>
       </c>
       <c r="J216" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K216" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="217">
       <c r="A217" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B217" s="7" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C217" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Економіка</t>
+        </is>
+      </c>
+      <c r="D217" s="3"/>
       <c r="E217" s="6" t="n">
-        <v>9976</v>
+        <v>13002</v>
       </c>
       <c r="F217" s="3" t="inlineStr">
         <is>
-          <t>Українська мова і література</t>
+          <t>Економічна кібернетика</t>
         </is>
       </c>
       <c r="G217" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H217" s="7" t="inlineStr">
         <is>
-          <t>- 19021</t>
+          <t>- 19022</t>
         </is>
       </c>
       <c r="I217" s="9" t="n">
-        <v>47665</v>
+        <v>46204</v>
       </c>
       <c r="J217" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K217" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="218">
       <c r="A218" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B218" s="7" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>052</t>
         </is>
       </c>
       <c r="C218" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="D218" s="3"/>
       <c r="E218" s="6" t="n">
-        <v>13002</v>
+        <v>22555</v>
       </c>
       <c r="F218" s="3" t="inlineStr">
         <is>
-          <t>Економічна кібернетика</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="G218" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H218" s="7" t="inlineStr">
         <is>
-          <t>- 19022</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I218" s="9"/>
       <c r="J218" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K218" s="9"/>
+          <t>УД 09021430</t>
+        </is>
+      </c>
+      <c r="K218" s="9" t="n">
+        <v>46569</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="219">
       <c r="A219" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B219" s="7" t="inlineStr">
         <is>
           <t>052</t>
         </is>
       </c>
       <c r="C219" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="D219" s="3"/>
       <c r="E219" s="6" t="n">
-        <v>22555</v>
+        <v>63533</v>
       </c>
       <c r="F219" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Політичний менеджмент у сфері національної безпеки</t>
         </is>
       </c>
       <c r="G219" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H219" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I219" s="9"/>
       <c r="J219" s="7" t="inlineStr">
         <is>
           <t>УД 09021430</t>
         </is>
       </c>
       <c r="K219" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="220">
       <c r="A220" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B220" s="7" t="inlineStr">
         <is>
-          <t>052</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C220" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D220" s="3"/>
       <c r="E220" s="6" t="n">
-        <v>63533</v>
+        <v>13292</v>
       </c>
       <c r="F220" s="3" t="inlineStr">
         <is>
-          <t>Політичний менеджмент у сфері національної безпеки</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="G220" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H220" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I220" s="9"/>
+          <t>- 19024</t>
+        </is>
+      </c>
+      <c r="I220" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J220" s="7" t="inlineStr">
         <is>
-          <t>УД 09021430</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K220" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="221">
       <c r="A221" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B221" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C221" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D221" s="3"/>
       <c r="E221" s="6" t="n">
-        <v>13292</v>
+        <v>32790</v>
       </c>
       <c r="F221" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Клінічна та реабілітаційна психологія</t>
         </is>
       </c>
       <c r="G221" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H221" s="7" t="inlineStr">
         <is>
-          <t>- 19024</t>
+          <t>- 19023</t>
         </is>
       </c>
       <c r="I221" s="9" t="n">
-        <v>47665</v>
+        <v>46204</v>
       </c>
       <c r="J221" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K221" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="222">
       <c r="A222" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B222" s="7" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>061</t>
         </is>
       </c>
       <c r="C222" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Журналістика</t>
         </is>
       </c>
       <c r="D222" s="3"/>
       <c r="E222" s="6" t="n">
-        <v>32790</v>
+        <v>27695</v>
       </c>
       <c r="F222" s="3" t="inlineStr">
         <is>
-          <t>Клінічна та реабілітаційна психологія</t>
+          <t>Журналістика та медіакомунікація</t>
         </is>
       </c>
       <c r="G222" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H222" s="7" t="inlineStr">
         <is>
-          <t>- 19023</t>
+          <t>- 19025</t>
         </is>
       </c>
       <c r="I222" s="9" t="n">
-        <v>46204</v>
+        <v>47665</v>
       </c>
       <c r="J222" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K222" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="223">
       <c r="A223" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B223" s="7" t="inlineStr">
         <is>
-          <t>061</t>
+          <t>071</t>
         </is>
       </c>
       <c r="C223" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D223" s="3"/>
       <c r="E223" s="6" t="n">
-        <v>27695</v>
+        <v>23422</v>
       </c>
       <c r="F223" s="3" t="inlineStr">
         <is>
-          <t>Журналістика та медіакомунікація</t>
+          <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="G223" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H223" s="7" t="inlineStr">
         <is>
-          <t>- 19025</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I223" s="9"/>
       <c r="J223" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K223" s="9"/>
+          <t>УД 09021431</t>
+        </is>
+      </c>
+      <c r="K223" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="224">
       <c r="A224" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B224" s="7" t="inlineStr">
         <is>
-          <t>071</t>
+          <t>072</t>
         </is>
       </c>
       <c r="C224" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="D224" s="3"/>
       <c r="E224" s="6" t="n">
-        <v>23422</v>
+        <v>22553</v>
       </c>
       <c r="F224" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="G224" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H224" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I224" s="9"/>
       <c r="J224" s="7" t="inlineStr">
         <is>
-          <t>УД 09021431</t>
+          <t>УД 09021432</t>
         </is>
       </c>
       <c r="K224" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="225">
       <c r="A225" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B225" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C225" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа та страхування</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D225" s="3"/>
       <c r="E225" s="6" t="n">
-        <v>22553</v>
+        <v>58634</v>
       </c>
       <c r="F225" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="G225" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H225" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I225" s="9"/>
       <c r="J225" s="7" t="inlineStr">
         <is>
-          <t>УД 09021432</t>
+          <t>УД 09021433</t>
         </is>
       </c>
       <c r="K225" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="226">
       <c r="A226" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B226" s="7" t="inlineStr">
         <is>
-          <t>072</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C226" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D226" s="3"/>
       <c r="E226" s="6" t="n">
-        <v>58634</v>
+        <v>10453</v>
       </c>
       <c r="F226" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа та страхування</t>
+          <t>Управління навчальним закладом</t>
         </is>
       </c>
       <c r="G226" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H226" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I226" s="9"/>
+          <t>- 3641</t>
+        </is>
+      </c>
+      <c r="I226" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J226" s="7" t="inlineStr">
         <is>
-          <t>УД 09021433</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K226" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="227">
       <c r="A227" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B227" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C227" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D227" s="3"/>
       <c r="E227" s="6" t="n">
-        <v>10453</v>
+        <v>12462</v>
       </c>
       <c r="F227" s="3" t="inlineStr">
         <is>
-          <t>Управління навчальним закладом</t>
+          <t>Бізнес-адміністрування</t>
         </is>
       </c>
       <c r="G227" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H227" s="7" t="inlineStr">
         <is>
-          <t>- 3641</t>
+          <t>- 19026</t>
         </is>
       </c>
       <c r="I227" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J227" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K227" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="228">
       <c r="A228" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B228" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C228" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D228" s="3"/>
       <c r="E228" s="6" t="n">
-        <v>12462</v>
+        <v>32645</v>
       </c>
       <c r="F228" s="3" t="inlineStr">
         <is>
-          <t>Бізнес-адміністрування</t>
+          <t>Управління міжнародним бізнесом</t>
         </is>
       </c>
       <c r="G228" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H228" s="7" t="inlineStr">
         <is>
-          <t>- 19026</t>
+          <t>- 19027</t>
         </is>
       </c>
       <c r="I228" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J228" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K228" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="229">
       <c r="A229" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B229" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>075</t>
         </is>
       </c>
       <c r="C229" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="D229" s="3"/>
       <c r="E229" s="6" t="n">
-        <v>32645</v>
+        <v>12005</v>
       </c>
       <c r="F229" s="3" t="inlineStr">
         <is>
-          <t>Управління міжнародним бізнесом</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="G229" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H229" s="7" t="inlineStr">
         <is>
-          <t>- 19027</t>
+          <t>- 19028</t>
         </is>
       </c>
       <c r="I229" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J229" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K229" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="230">
       <c r="A230" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B230" s="7" t="inlineStr">
         <is>
-          <t>075</t>
+          <t>076</t>
         </is>
       </c>
       <c r="C230" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D230" s="3"/>
       <c r="E230" s="6" t="n">
-        <v>12005</v>
+        <v>61972</v>
       </c>
       <c r="F230" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="G230" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H230" s="7" t="inlineStr">
         <is>
-          <t>- 19028</t>
+          <t>- 19029</t>
         </is>
       </c>
       <c r="I230" s="9" t="n">
-        <v>46935</v>
+        <v>47665</v>
       </c>
       <c r="J230" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K230" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="231">
       <c r="A231" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B231" s="7" t="inlineStr">
         <is>
-          <t>076</t>
+          <t>081</t>
         </is>
       </c>
       <c r="C231" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво та торгівля</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D231" s="3"/>
       <c r="E231" s="6" t="n">
-        <v>61972</v>
+        <v>9995</v>
       </c>
       <c r="F231" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво та торгівля</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="G231" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H231" s="7" t="inlineStr">
         <is>
-          <t>- 19029</t>
+          <t>- 19030</t>
         </is>
       </c>
       <c r="I231" s="9" t="n">
-        <v>47665</v>
+        <v>47300</v>
       </c>
       <c r="J231" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K231" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="232">
       <c r="A232" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B232" s="7" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>091</t>
         </is>
       </c>
       <c r="C232" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D232" s="3"/>
       <c r="E232" s="6" t="n">
-        <v>9995</v>
+        <v>58638</v>
       </c>
       <c r="F232" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Лабораторна діагностика біологічних систем</t>
         </is>
       </c>
       <c r="G232" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H232" s="7" t="inlineStr">
         <is>
-          <t>- 19030</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I232" s="9"/>
       <c r="J232" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K232" s="9"/>
+          <t>УД 09021434</t>
+        </is>
+      </c>
+      <c r="K232" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="233">
       <c r="A233" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B233" s="7" t="inlineStr">
         <is>
           <t>091</t>
         </is>
       </c>
       <c r="C233" s="3" t="inlineStr">
         <is>
           <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D233" s="3"/>
       <c r="E233" s="6" t="n">
-        <v>58638</v>
+        <v>58639</v>
       </c>
       <c r="F233" s="3" t="inlineStr">
         <is>
-          <t>Лабораторна діагностика біологічних систем</t>
+          <t>Біохімія</t>
         </is>
       </c>
       <c r="G233" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H233" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I233" s="9"/>
       <c r="J233" s="7" t="inlineStr">
         <is>
           <t>УД 09021434</t>
         </is>
       </c>
       <c r="K233" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="234">
       <c r="A234" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B234" s="7" t="inlineStr">
         <is>
-          <t>091</t>
+          <t>101</t>
         </is>
       </c>
       <c r="C234" s="3" t="inlineStr">
         <is>
-          <t>Біологія та біохімія</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D234" s="3"/>
       <c r="E234" s="6" t="n">
-        <v>58639</v>
+        <v>23517</v>
       </c>
       <c r="F234" s="3" t="inlineStr">
         <is>
-          <t>Біохімія</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="G234" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H234" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I234" s="9"/>
+          <t>- 19031</t>
+        </is>
+      </c>
+      <c r="I234" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J234" s="7" t="inlineStr">
         <is>
-          <t>УД 09021434</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K234" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="235">
       <c r="A235" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B235" s="7" t="inlineStr">
         <is>
-          <t>101</t>
+          <t>102</t>
         </is>
       </c>
       <c r="C235" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Хімія</t>
         </is>
       </c>
       <c r="D235" s="3"/>
       <c r="E235" s="6" t="n">
-        <v>23517</v>
+        <v>11401</v>
       </c>
       <c r="F235" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Хімія</t>
         </is>
       </c>
       <c r="G235" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H235" s="7" t="inlineStr">
         <is>
-          <t>- 19031</t>
+          <t>- 19280</t>
         </is>
       </c>
       <c r="I235" s="9" t="n">
-        <v>46569</v>
+        <v>48030</v>
       </c>
       <c r="J235" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K235" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="236">
       <c r="A236" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B236" s="7" t="inlineStr">
         <is>
-          <t>102</t>
+          <t>104</t>
         </is>
       </c>
       <c r="C236" s="3" t="inlineStr">
         <is>
-          <t>Хімія</t>
+          <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="D236" s="3"/>
       <c r="E236" s="6" t="n">
-        <v>11401</v>
+        <v>23941</v>
       </c>
       <c r="F236" s="3" t="inlineStr">
         <is>
-          <t>Хімія</t>
+          <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="G236" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H236" s="7" t="inlineStr">
         <is>
-          <t>- 19280</t>
+          <t>- 19033</t>
         </is>
       </c>
       <c r="I236" s="9" t="n">
-        <v>48030</v>
+        <v>47665</v>
       </c>
       <c r="J236" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K236" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="237">
       <c r="A237" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B237" s="7" t="inlineStr">
         <is>
-          <t>104</t>
+          <t>105</t>
         </is>
       </c>
       <c r="C237" s="3" t="inlineStr">
         <is>
-          <t>Фізика та астрономія</t>
+          <t>Прикладна фізика та наноматеріали</t>
         </is>
       </c>
       <c r="D237" s="3"/>
       <c r="E237" s="6" t="n">
-        <v>23941</v>
+        <v>12509</v>
       </c>
       <c r="F237" s="3" t="inlineStr">
         <is>
-          <t>Фізика та астрономія</t>
+          <t>Прикладна фізика та наноматеріали</t>
         </is>
       </c>
       <c r="G237" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H237" s="7" t="inlineStr">
         <is>
-          <t>- 19033</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I237" s="9"/>
       <c r="J237" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K237" s="9"/>
+          <t>УД 09021435</t>
+        </is>
+      </c>
+      <c r="K237" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="238">
       <c r="A238" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B238" s="7" t="inlineStr">
         <is>
-          <t>105</t>
+          <t>111</t>
         </is>
       </c>
       <c r="C238" s="3" t="inlineStr">
         <is>
-          <t>Прикладна фізика та наноматеріали</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="D238" s="3"/>
       <c r="E238" s="6" t="n">
-        <v>12509</v>
+        <v>22558</v>
       </c>
       <c r="F238" s="3" t="inlineStr">
         <is>
-          <t>Прикладна фізика та наноматеріали</t>
+          <t>Актуарна та фінансова математика</t>
         </is>
       </c>
       <c r="G238" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H238" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I238" s="9"/>
+          <t>- 19034</t>
+        </is>
+      </c>
+      <c r="I238" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J238" s="7" t="inlineStr">
         <is>
-          <t>УД 09021435</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K238" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="239">
       <c r="A239" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B239" s="7" t="inlineStr">
         <is>
           <t>111</t>
         </is>
       </c>
       <c r="C239" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="D239" s="3"/>
       <c r="E239" s="6" t="n">
-        <v>22558</v>
+        <v>22559</v>
       </c>
       <c r="F239" s="3" t="inlineStr">
         <is>
-          <t>Актуарна та фінансова математика</t>
+          <t>Математика комп`ютерних технологій</t>
         </is>
       </c>
       <c r="G239" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H239" s="7" t="inlineStr">
         <is>
-          <t>- 19034</t>
+          <t>- 19035</t>
         </is>
       </c>
       <c r="I239" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J239" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K239" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="240">
       <c r="A240" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B240" s="7" t="inlineStr">
         <is>
-          <t>111</t>
+          <t>113</t>
         </is>
       </c>
       <c r="C240" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Прикладна математика</t>
         </is>
       </c>
       <c r="D240" s="3"/>
       <c r="E240" s="6" t="n">
-        <v>22559</v>
+        <v>10672</v>
       </c>
       <c r="F240" s="3" t="inlineStr">
         <is>
-          <t>Математика комп`ютерних технологій</t>
+          <t>Прикладна математика</t>
         </is>
       </c>
       <c r="G240" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H240" s="7" t="inlineStr">
         <is>
-          <t>- 19035</t>
+          <t>- 19036</t>
         </is>
       </c>
       <c r="I240" s="9" t="n">
-        <v>47300</v>
+        <v>46569</v>
       </c>
       <c r="J240" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K240" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="241">
       <c r="A241" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B241" s="7" t="inlineStr">
         <is>
-          <t>113</t>
+          <t>121</t>
         </is>
       </c>
       <c r="C241" s="3" t="inlineStr">
         <is>
-          <t>Прикладна математика</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D241" s="3"/>
       <c r="E241" s="6" t="n">
-        <v>10672</v>
+        <v>32654</v>
       </c>
       <c r="F241" s="3" t="inlineStr">
         <is>
-          <t>Прикладна математика</t>
+          <t>Якість та безпека програмного забезпечення</t>
         </is>
       </c>
       <c r="G241" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H241" s="7" t="inlineStr">
         <is>
-          <t>- 19036</t>
+          <t>- 19037</t>
         </is>
       </c>
       <c r="I241" s="9" t="n">
-        <v>46569</v>
+        <v>46204</v>
       </c>
       <c r="J241" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K241" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="242">
       <c r="A242" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B242" s="7" t="inlineStr">
         <is>
-          <t>121</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C242" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D242" s="3"/>
       <c r="E242" s="6" t="n">
-        <v>32654</v>
+        <v>22673</v>
       </c>
       <c r="F242" s="3" t="inlineStr">
         <is>
-          <t>Якість та безпека програмного забезпечення</t>
+          <t>Комп`ютерні науки</t>
         </is>
       </c>
       <c r="G242" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H242" s="7" t="inlineStr">
         <is>
-          <t>- 19037</t>
+          <t>- 19038</t>
         </is>
       </c>
       <c r="I242" s="9" t="n">
-        <v>46204</v>
+        <v>46935</v>
       </c>
       <c r="J242" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K242" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="243">
       <c r="A243" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B243" s="7" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>123</t>
         </is>
       </c>
       <c r="C243" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D243" s="3"/>
       <c r="E243" s="6" t="n">
-        <v>22673</v>
+        <v>23936</v>
       </c>
       <c r="F243" s="3" t="inlineStr">
         <is>
-          <t>Комп`ютерні науки</t>
+          <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="G243" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H243" s="7" t="inlineStr">
         <is>
-          <t>- 19038</t>
+          <t>- 19039</t>
         </is>
       </c>
       <c r="I243" s="9" t="n">
-        <v>46935</v>
+        <v>46569</v>
       </c>
       <c r="J243" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K243" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="244">
       <c r="A244" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B244" s="7" t="inlineStr">
         <is>
-          <t>123</t>
+          <t>201</t>
         </is>
       </c>
       <c r="C244" s="3" t="inlineStr">
         <is>
-          <t>Комп’ютерна інженерія</t>
+          <t>Агрономія</t>
         </is>
       </c>
       <c r="D244" s="3"/>
       <c r="E244" s="6" t="n">
-        <v>23936</v>
+        <v>27370</v>
       </c>
       <c r="F244" s="3" t="inlineStr">
         <is>
-          <t>Комп’ютерна інженерія</t>
+          <t>Агрономія</t>
         </is>
       </c>
       <c r="G244" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H244" s="7" t="inlineStr">
         <is>
-          <t>- 19039</t>
+          <t>- 19040</t>
         </is>
       </c>
       <c r="I244" s="9" t="n">
-        <v>46569</v>
+        <v>46935</v>
       </c>
       <c r="J244" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K244" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="245">
       <c r="A245" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B245" s="7" t="inlineStr">
         <is>
-          <t>201</t>
+          <t>205</t>
         </is>
       </c>
       <c r="C245" s="3" t="inlineStr">
         <is>
-          <t>Агрономія</t>
+          <t>Лісове господарство</t>
         </is>
       </c>
       <c r="D245" s="3"/>
       <c r="E245" s="6" t="n">
-        <v>27370</v>
+        <v>13954</v>
       </c>
       <c r="F245" s="3" t="inlineStr">
         <is>
-          <t>Агрономія</t>
+          <t>Лісове господарство</t>
         </is>
       </c>
       <c r="G245" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H245" s="7" t="inlineStr">
         <is>
-          <t>- 19040</t>
+          <t>- 19760</t>
         </is>
       </c>
       <c r="I245" s="9" t="n">
-        <v>46935</v>
+        <v>46400</v>
       </c>
       <c r="J245" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K245" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="246">
       <c r="A246" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B246" s="7" t="inlineStr">
         <is>
-          <t>205</t>
+          <t>227</t>
         </is>
       </c>
       <c r="C246" s="3" t="inlineStr">
         <is>
-          <t>Лісове господарство</t>
-[...2 lines deleted...]
-      <c r="D246" s="3"/>
+          <t>Терапія та реабілітація</t>
+        </is>
+      </c>
+      <c r="D246" s="3" t="inlineStr">
+        <is>
+          <t>Фізична терапія</t>
+        </is>
+      </c>
       <c r="E246" s="6" t="n">
-        <v>13954</v>
+        <v>60050</v>
       </c>
       <c r="F246" s="3" t="inlineStr">
         <is>
-          <t>Лісове господарство</t>
+          <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="G246" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H246" s="7" t="inlineStr">
         <is>
-          <t>- 9864</t>
+          <t>- 19041</t>
         </is>
       </c>
       <c r="I246" s="9" t="n">
-        <v>46015</v>
+        <v>47665</v>
       </c>
       <c r="J246" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K246" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="247">
       <c r="A247" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B247" s="7" t="inlineStr">
         <is>
-          <t>227</t>
+          <t>231</t>
         </is>
       </c>
       <c r="C247" s="3" t="inlineStr">
         <is>
-          <t>Терапія та реабілітація</t>
-[...6 lines deleted...]
-      </c>
+          <t>Соціальна робота</t>
+        </is>
+      </c>
+      <c r="D247" s="3"/>
       <c r="E247" s="6" t="n">
-        <v>60050</v>
+        <v>13000</v>
       </c>
       <c r="F247" s="3" t="inlineStr">
         <is>
-          <t>Фізична терапія, ерготерапія</t>
+          <t>Соціальна педагогіка</t>
         </is>
       </c>
       <c r="G247" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H247" s="7" t="inlineStr">
         <is>
-          <t>- 19041</t>
+          <t>- 19042</t>
         </is>
       </c>
       <c r="I247" s="9" t="n">
-        <v>47665</v>
+        <v>46935</v>
       </c>
       <c r="J247" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K247" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="248">
       <c r="A248" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B248" s="7" t="inlineStr">
         <is>
-          <t>231</t>
+          <t>241</t>
         </is>
       </c>
       <c r="C248" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота</t>
+          <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D248" s="3"/>
       <c r="E248" s="6" t="n">
-        <v>13000</v>
+        <v>12117</v>
       </c>
       <c r="F248" s="3" t="inlineStr">
         <is>
-          <t>Соціальна педагогіка</t>
+          <t>Курортна справа</t>
         </is>
       </c>
       <c r="G248" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H248" s="7" t="inlineStr">
         <is>
-          <t>- 19042</t>
+          <t>- 19043</t>
         </is>
       </c>
       <c r="I248" s="9" t="n">
-        <v>46935</v>
+        <v>47665</v>
       </c>
       <c r="J248" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K248" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="249">
       <c r="A249" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B249" s="7" t="inlineStr">
         <is>
-          <t>241</t>
+          <t>242</t>
         </is>
       </c>
       <c r="C249" s="3" t="inlineStr">
         <is>
-          <t>Готельно-ресторанна справа</t>
+          <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D249" s="3"/>
       <c r="E249" s="6" t="n">
-        <v>12117</v>
+        <v>58645</v>
       </c>
       <c r="F249" s="3" t="inlineStr">
         <is>
-          <t>Курортна справа</t>
+          <t>Туризмознавство</t>
         </is>
       </c>
       <c r="G249" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H249" s="7" t="inlineStr">
         <is>
-          <t>- 19043</t>
+          <t>- 19044</t>
         </is>
       </c>
       <c r="I249" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J249" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K249" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="250">
       <c r="A250" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B250" s="7" t="inlineStr">
         <is>
-          <t>242</t>
+          <t>281</t>
         </is>
       </c>
       <c r="C250" s="3" t="inlineStr">
         <is>
-          <t>Туризм і рекреація</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D250" s="3"/>
       <c r="E250" s="6" t="n">
-        <v>58645</v>
+        <v>61290</v>
       </c>
       <c r="F250" s="3" t="inlineStr">
         <is>
-          <t>Туризмознавство</t>
+          <t>Публічне управління сталим розвитком територій</t>
         </is>
       </c>
       <c r="G250" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H250" s="7" t="inlineStr">
         <is>
-          <t>- 19044</t>
+          <t>- 19045</t>
         </is>
       </c>
       <c r="I250" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J250" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K250" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="251">
       <c r="A251" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B251" s="7" t="inlineStr">
         <is>
-          <t>281</t>
+          <t>291</t>
         </is>
       </c>
       <c r="C251" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
         </is>
       </c>
       <c r="D251" s="3"/>
       <c r="E251" s="6" t="n">
-        <v>61290</v>
+        <v>22556</v>
       </c>
       <c r="F251" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління сталим розвитком територій</t>
+          <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
         </is>
       </c>
       <c r="G251" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H251" s="7" t="inlineStr">
         <is>
-          <t>- 19045</t>
+          <t>- 19046</t>
         </is>
       </c>
       <c r="I251" s="9" t="n">
-        <v>47665</v>
+        <v>46935</v>
       </c>
       <c r="J251" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K251" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="252">
       <c r="A252" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B252" s="7" t="inlineStr">
         <is>
-          <t>291</t>
+          <t>292</t>
         </is>
       </c>
       <c r="C252" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
+          <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D252" s="3"/>
       <c r="E252" s="6" t="n">
-        <v>22556</v>
+        <v>22557</v>
       </c>
       <c r="F252" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
+          <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="G252" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H252" s="7" t="inlineStr">
         <is>
-          <t>- 19046</t>
+          <t>- 19047</t>
         </is>
       </c>
       <c r="I252" s="9" t="n">
-        <v>46935</v>
+        <v>47300</v>
       </c>
       <c r="J252" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K252" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="253">
       <c r="A253" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B253" s="7" t="inlineStr">
         <is>
-          <t>292</t>
+          <t>A1</t>
         </is>
       </c>
       <c r="C253" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні економічні відносини</t>
+          <t>Освітні науки</t>
         </is>
       </c>
       <c r="D253" s="3"/>
       <c r="E253" s="6" t="n">
-        <v>22557</v>
+        <v>76045</v>
       </c>
       <c r="F253" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні економічні відносини</t>
+          <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="G253" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H253" s="7" t="inlineStr">
         <is>
-          <t>- 19047</t>
+          <t>- 16037</t>
         </is>
       </c>
       <c r="I253" s="9" t="n">
-        <v>47300</v>
+        <v>46569</v>
       </c>
       <c r="J253" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K253" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="254">
       <c r="A254" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B254" s="7" t="inlineStr">
         <is>
-          <t>A1</t>
+          <t>A2</t>
         </is>
       </c>
       <c r="C254" s="3" t="inlineStr">
         <is>
-          <t>Освітні науки</t>
+          <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D254" s="3"/>
       <c r="E254" s="6" t="n">
-        <v>76045</v>
+        <v>76046</v>
       </c>
       <c r="F254" s="3" t="inlineStr">
         <is>
-          <t>Освітні, педагогічні науки</t>
+          <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="G254" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H254" s="7" t="inlineStr">
         <is>
-          <t>- 16037</t>
+          <t>- 16038</t>
         </is>
       </c>
       <c r="I254" s="9" t="n">
-        <v>46569</v>
+        <v>47665</v>
       </c>
       <c r="J254" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K254" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="255">
       <c r="A255" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B255" s="7" t="inlineStr">
         <is>
-          <t>A2</t>
+          <t>A3</t>
         </is>
       </c>
       <c r="C255" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта</t>
+          <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D255" s="3"/>
       <c r="E255" s="6" t="n">
-        <v>76046</v>
+        <v>76047</v>
       </c>
       <c r="F255" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта</t>
+          <t>Початкова освіта</t>
         </is>
       </c>
       <c r="G255" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H255" s="7" t="inlineStr">
         <is>
-          <t>- 16038</t>
+          <t>- 16039</t>
         </is>
       </c>
       <c r="I255" s="9" t="n">
-        <v>47665</v>
+        <v>47300</v>
       </c>
       <c r="J255" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K255" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="256">
       <c r="A256" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B256" s="7" t="inlineStr">
         <is>
-          <t>A3</t>
+          <t>A4</t>
         </is>
       </c>
       <c r="C256" s="3" t="inlineStr">
         <is>
-          <t>Початкова освіта</t>
-[...2 lines deleted...]
-      <c r="D256" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D256" s="3" t="inlineStr">
+        <is>
+          <t>Біологія та здоров’я людини</t>
+        </is>
+      </c>
       <c r="E256" s="6" t="n">
-        <v>76047</v>
+        <v>77785</v>
       </c>
       <c r="F256" s="3" t="inlineStr">
         <is>
-          <t>Початкова освіта</t>
+          <t>Середня освіта (біологія та здоров’я людини)</t>
         </is>
       </c>
       <c r="G256" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H256" s="7" t="inlineStr">
         <is>
-          <t>- 16039</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I256" s="9"/>
       <c r="J256" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K256" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="257">
       <c r="A257" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B257" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C257" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D257" s="3" t="inlineStr">
         <is>
-          <t>Біологія та здоров’я людини</t>
+          <t>Географія</t>
         </is>
       </c>
       <c r="E257" s="6" t="n">
-        <v>77785</v>
+        <v>77786</v>
       </c>
       <c r="F257" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (біологія та здоров’я людини)</t>
+          <t>Середня освіта (географія)</t>
         </is>
       </c>
       <c r="G257" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H257" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I257" s="9"/>
+          <t>- 16040</t>
+        </is>
+      </c>
+      <c r="I257" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J257" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K257" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="258">
       <c r="A258" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B258" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C258" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D258" s="3" t="inlineStr">
         <is>
-          <t>Географія</t>
+          <t>Інформатика</t>
         </is>
       </c>
       <c r="E258" s="6" t="n">
-        <v>77786</v>
+        <v>76627</v>
       </c>
       <c r="F258" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (географія)</t>
+          <t>Середня освіта (інформатика)</t>
         </is>
       </c>
       <c r="G258" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H258" s="7" t="inlineStr">
         <is>
-          <t>- 16040</t>
+          <t>- 16041</t>
         </is>
       </c>
       <c r="I258" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J258" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K258" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="259">
       <c r="A259" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B259" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C259" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D259" s="3" t="inlineStr">
         <is>
-          <t>Інформатика</t>
+          <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E259" s="6" t="n">
-        <v>76627</v>
+        <v>77363</v>
       </c>
       <c r="F259" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (інформатика)</t>
+          <t>Середня освіта (історія)</t>
         </is>
       </c>
       <c r="G259" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H259" s="7" t="inlineStr">
         <is>
-          <t>- 16041</t>
+          <t>- 16042</t>
         </is>
       </c>
       <c r="I259" s="9" t="n">
-        <v>46569</v>
+        <v>47300</v>
       </c>
       <c r="J259" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K259" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="260">
       <c r="A260" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B260" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C260" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D260" s="3" t="inlineStr">
         <is>
-          <t>Історія та громадянська освіта</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="E260" s="6" t="n">
-        <v>77363</v>
+        <v>76625</v>
       </c>
       <c r="F260" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (історія)</t>
+          <t>Середня освіта (математика)</t>
         </is>
       </c>
       <c r="G260" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H260" s="7" t="inlineStr">
         <is>
-          <t>- 16042</t>
+          <t>- 16043</t>
         </is>
       </c>
       <c r="I260" s="9" t="n">
-        <v>47300</v>
+        <v>46204</v>
       </c>
       <c r="J260" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K260" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="261">
       <c r="A261" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B261" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C261" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D261" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Мистецтво. Музичне мистецтво</t>
         </is>
       </c>
       <c r="E261" s="6" t="n">
-        <v>76625</v>
+        <v>78102</v>
       </c>
       <c r="F261" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (математика)</t>
+          <t>Середня освіта (музичне мистецтво)</t>
         </is>
       </c>
       <c r="G261" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H261" s="7" t="inlineStr">
         <is>
-          <t>- 16043</t>
+          <t>- 16044</t>
         </is>
       </c>
       <c r="I261" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J261" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K261" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="262">
       <c r="A262" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B262" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C262" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D262" s="3" t="inlineStr">
         <is>
-          <t>Мистецтво. Музичне мистецтво</t>
+          <t>Мистецтво. Образотворче мистецтво</t>
         </is>
       </c>
       <c r="E262" s="6" t="n">
-        <v>78102</v>
+        <v>78101</v>
       </c>
       <c r="F262" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (музичне мистецтво)</t>
+          <t>Середня освіта (образотворче мистецтво)</t>
         </is>
       </c>
       <c r="G262" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H262" s="7" t="inlineStr">
         <is>
-          <t>- 16044</t>
+          <t>- 16045</t>
         </is>
       </c>
       <c r="I262" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J262" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K262" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="263">
       <c r="A263" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B263" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C263" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D263" s="3" t="inlineStr">
         <is>
-          <t>Мистецтво. Образотворче мистецтво</t>
+          <t>Природничі науки</t>
         </is>
       </c>
       <c r="E263" s="6" t="n">
-        <v>78101</v>
+        <v>77788</v>
       </c>
       <c r="F263" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (образотворче мистецтво)</t>
+          <t>Середня освіта (природничі науки)</t>
         </is>
       </c>
       <c r="G263" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H263" s="7" t="inlineStr">
         <is>
-          <t>- 16045</t>
+          <t>- 16046</t>
         </is>
       </c>
       <c r="I263" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J263" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K263" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="264">
       <c r="A264" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B264" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C264" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D264" s="3" t="inlineStr">
         <is>
-          <t>Природничі науки</t>
+          <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E264" s="6" t="n">
-        <v>77788</v>
+        <v>76599</v>
       </c>
       <c r="F264" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (природничі науки)</t>
+          <t>Середня освіта (українська мова і література)</t>
         </is>
       </c>
       <c r="G264" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H264" s="7" t="inlineStr">
         <is>
-          <t>- 16046</t>
+          <t>- 16047</t>
         </is>
       </c>
       <c r="I264" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J264" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K264" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="265">
       <c r="A265" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B265" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C265" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D265" s="3" t="inlineStr">
         <is>
-          <t>Українська мова і література</t>
+          <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="E265" s="6" t="n">
-        <v>76599</v>
+        <v>75935</v>
       </c>
       <c r="F265" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (українська мова і література)</t>
+          <t>Середня освіта (фізика)</t>
         </is>
       </c>
       <c r="G265" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H265" s="7" t="inlineStr">
         <is>
-          <t>- 16047</t>
+          <t>- 16048</t>
         </is>
       </c>
       <c r="I265" s="9" t="n">
-        <v>46204</v>
+        <v>47665</v>
       </c>
       <c r="J265" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K265" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="266">
       <c r="A266" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B266" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C266" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D266" s="3" t="inlineStr">
         <is>
-          <t>Фізика та астрономія</t>
+          <t>Фізична культура</t>
         </is>
       </c>
       <c r="E266" s="6" t="n">
-        <v>75935</v>
+        <v>75732</v>
       </c>
       <c r="F266" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (фізика)</t>
+          <t>Середня освіта (фізична культура)</t>
         </is>
       </c>
       <c r="G266" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H266" s="7" t="inlineStr">
         <is>
-          <t>- 16048</t>
+          <t>- 16049</t>
         </is>
       </c>
       <c r="I266" s="9" t="n">
-        <v>47665</v>
+        <v>46935</v>
       </c>
       <c r="J266" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K266" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="267">
       <c r="A267" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B267" s="7" t="inlineStr">
         <is>
-          <t>A4</t>
+          <t>A5</t>
         </is>
       </c>
       <c r="C267" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
+          <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D267" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура</t>
+          <t>Цифрові технології</t>
         </is>
       </c>
       <c r="E267" s="6" t="n">
-        <v>75732</v>
+        <v>87868</v>
       </c>
       <c r="F267" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (фізична культура)</t>
+          <t>Професійна освіта. Цифрові технології</t>
         </is>
       </c>
       <c r="G267" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H267" s="7" t="inlineStr">
         <is>
-          <t>- 16049</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I267" s="9"/>
       <c r="J267" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K267" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="268">
       <c r="A268" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B268" s="7" t="inlineStr">
         <is>
-          <t>A5</t>
+          <t>A6</t>
         </is>
       </c>
       <c r="C268" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта</t>
+          <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D268" s="3" t="inlineStr">
         <is>
-          <t>Цифрові технології</t>
+          <t>Логопедія</t>
         </is>
       </c>
       <c r="E268" s="6" t="n">
-        <v>87868</v>
+        <v>76066</v>
       </c>
       <c r="F268" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта. Цифрові технології</t>
+          <t>Інклюзія в освіті</t>
         </is>
       </c>
       <c r="G268" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H268" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I268" s="9"/>
+          <t>- 16050</t>
+        </is>
+      </c>
+      <c r="I268" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J268" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K268" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="269">
       <c r="A269" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B269" s="7" t="inlineStr">
         <is>
-          <t>A6</t>
+          <t>A7</t>
         </is>
       </c>
       <c r="C269" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Фізична культура і спорт</t>
+        </is>
+      </c>
+      <c r="D269" s="3"/>
       <c r="E269" s="6" t="n">
-        <v>76066</v>
+        <v>75736</v>
       </c>
       <c r="F269" s="3" t="inlineStr">
         <is>
-          <t>Інклюзія в освіті</t>
+          <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="G269" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H269" s="7" t="inlineStr">
         <is>
-          <t>- 16050</t>
+          <t>- 16051</t>
         </is>
       </c>
       <c r="I269" s="9" t="n">
-        <v>47665</v>
+        <v>48761</v>
       </c>
       <c r="J269" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K269" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="270">
       <c r="A270" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B270" s="7" t="inlineStr">
         <is>
-          <t>A7</t>
+          <t>B11</t>
         </is>
       </c>
       <c r="C270" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
-[...2 lines deleted...]
-      <c r="D270" s="3"/>
+          <t>Філологія</t>
+        </is>
+      </c>
+      <c r="D270" s="3" t="inlineStr">
+        <is>
+          <t>Германські мови та літератури (переклад включно), перша - англійська</t>
+        </is>
+      </c>
       <c r="E270" s="6" t="n">
-        <v>75736</v>
+        <v>76582</v>
       </c>
       <c r="F270" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
+          <t>Англійська мова і література, друга іноземна мова, переклад</t>
         </is>
       </c>
       <c r="G270" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H270" s="7" t="inlineStr">
         <is>
-          <t>- 16051</t>
+          <t>- 16056</t>
         </is>
       </c>
       <c r="I270" s="9" t="n">
-        <v>48761</v>
+        <v>47300</v>
       </c>
       <c r="J270" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K270" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="271">
       <c r="A271" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B271" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C271" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D271" s="3" t="inlineStr">
         <is>
-          <t>Германські мови та літератури (переклад включно), перша - англійська</t>
+          <t>Германські мови та літератури (переклад включно), перша - німецька</t>
         </is>
       </c>
       <c r="E271" s="6" t="n">
-        <v>76582</v>
+        <v>76583</v>
       </c>
       <c r="F271" s="3" t="inlineStr">
         <is>
-          <t>Англійська мова і література, друга іноземна мова, переклад</t>
+          <t>Німецька мова і література, англійська мова, переклад</t>
         </is>
       </c>
       <c r="G271" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H271" s="7" t="inlineStr">
         <is>
-          <t>- 16056</t>
+          <t>- 16057</t>
         </is>
       </c>
       <c r="I271" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J271" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K271" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="272">
       <c r="A272" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B272" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C272" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D272" s="3" t="inlineStr">
         <is>
-          <t>Германські мови та літератури (переклад включно), перша - німецька</t>
+          <t>Романські мови та літератури (переклад включно), перша - французька</t>
         </is>
       </c>
       <c r="E272" s="6" t="n">
-        <v>76583</v>
+        <v>76584</v>
       </c>
       <c r="F272" s="3" t="inlineStr">
         <is>
-          <t>Німецька мова і література, англійська мова, переклад</t>
+          <t>Французька мова і література, англійська мова, переклад</t>
         </is>
       </c>
       <c r="G272" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H272" s="7" t="inlineStr">
         <is>
-          <t>- 16057</t>
+          <t>- 16058</t>
         </is>
       </c>
       <c r="I272" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J272" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K272" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="273">
       <c r="A273" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B273" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C273" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D273" s="3" t="inlineStr">
         <is>
-          <t>Романські мови та літератури (переклад включно), перша - французька</t>
+          <t>Слов’янські мови та літератури (переклад включно), перша - польська</t>
         </is>
       </c>
       <c r="E273" s="6" t="n">
-        <v>76584</v>
+        <v>76602</v>
       </c>
       <c r="F273" s="3" t="inlineStr">
         <is>
-          <t>Французька мова і література, англійська мова, переклад</t>
+          <t>Польська мова і література, англійська мова, переклад</t>
         </is>
       </c>
       <c r="G273" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H273" s="7" t="inlineStr">
         <is>
-          <t>- 16058</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I273" s="9"/>
       <c r="J273" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K273" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="274">
       <c r="A274" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B274" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C274" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D274" s="3" t="inlineStr">
         <is>
-          <t>Слов’янські мови та літератури (переклад включно), перша - польська</t>
+          <t>Українська мова та література</t>
         </is>
       </c>
       <c r="E274" s="6" t="n">
-        <v>76602</v>
+        <v>76600</v>
       </c>
       <c r="F274" s="3" t="inlineStr">
         <is>
-          <t>Польська мова і література, англійська мова, переклад</t>
+          <t>Українська мова і література</t>
         </is>
       </c>
       <c r="G274" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H274" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I274" s="9"/>
+          <t>- 16059</t>
+        </is>
+      </c>
+      <c r="I274" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J274" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K274" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="275">
       <c r="A275" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B275" s="7" t="inlineStr">
         <is>
-          <t>B11</t>
+          <t>B2</t>
         </is>
       </c>
       <c r="C275" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
+          <t>Дизайн</t>
         </is>
       </c>
       <c r="D275" s="3" t="inlineStr">
         <is>
-          <t>Українська мова та література</t>
+          <t>Дизайн середовища</t>
         </is>
       </c>
       <c r="E275" s="6" t="n">
-        <v>76600</v>
+        <v>86264</v>
       </c>
       <c r="F275" s="3" t="inlineStr">
         <is>
-          <t>Українська мова і література</t>
+          <t>Дизайн</t>
         </is>
       </c>
       <c r="G275" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H275" s="7" t="inlineStr">
         <is>
-          <t>- 16059</t>
+          <t>- 16052</t>
         </is>
       </c>
       <c r="I275" s="9" t="n">
-        <v>47665</v>
+        <v>46204</v>
       </c>
       <c r="J275" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K275" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="276">
       <c r="A276" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B276" s="7" t="inlineStr">
         <is>
-          <t>B2</t>
+          <t>B4</t>
         </is>
       </c>
       <c r="C276" s="3" t="inlineStr">
         <is>
-          <t>Дизайн</t>
+          <t>Образотворче мистецтво та реставрація</t>
         </is>
       </c>
       <c r="D276" s="3" t="inlineStr">
         <is>
-          <t>Дизайн середовища</t>
+          <t>Візуальні мистецтва</t>
         </is>
       </c>
       <c r="E276" s="6" t="n">
-        <v>86264</v>
+        <v>86265</v>
       </c>
       <c r="F276" s="3" t="inlineStr">
         <is>
-          <t>Дизайн</t>
+          <t>Образотворче мистецтво</t>
         </is>
       </c>
       <c r="G276" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H276" s="7" t="inlineStr">
         <is>
-          <t>- 16052</t>
+          <t>- 16053</t>
         </is>
       </c>
       <c r="I276" s="9" t="n">
-        <v>46204</v>
+        <v>47300</v>
       </c>
       <c r="J276" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K276" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="277">
       <c r="A277" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B277" s="7" t="inlineStr">
         <is>
-          <t>B4</t>
+          <t>B5</t>
         </is>
       </c>
       <c r="C277" s="3" t="inlineStr">
         <is>
-          <t>Образотворче мистецтво та реставрація</t>
-[...6 lines deleted...]
-      </c>
+          <t>Музичне мистецтво</t>
+        </is>
+      </c>
+      <c r="D277" s="3"/>
       <c r="E277" s="6" t="n">
-        <v>86265</v>
+        <v>78097</v>
       </c>
       <c r="F277" s="3" t="inlineStr">
         <is>
-          <t>Образотворче мистецтво</t>
+          <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="G277" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H277" s="7" t="inlineStr">
         <is>
-          <t>- 16053</t>
+          <t>- 16054</t>
         </is>
       </c>
       <c r="I277" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J277" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K277" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="278">
       <c r="A278" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B278" s="7" t="inlineStr">
         <is>
-          <t>B5</t>
+          <t>B6</t>
         </is>
       </c>
       <c r="C278" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво</t>
-[...2 lines deleted...]
-      <c r="D278" s="3"/>
+          <t>Перформативні мистецтва</t>
+        </is>
+      </c>
+      <c r="D278" s="3" t="inlineStr">
+        <is>
+          <t>Сценічне мистецтво</t>
+        </is>
+      </c>
       <c r="E278" s="6" t="n">
-        <v>78097</v>
+        <v>86268</v>
       </c>
       <c r="F278" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво</t>
+          <t>Акторське мистецтво драматичного театру і кіно</t>
         </is>
       </c>
       <c r="G278" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H278" s="7" t="inlineStr">
         <is>
-          <t>- 16054</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I278" s="9"/>
       <c r="J278" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K278" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="279">
       <c r="A279" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B279" s="7" t="inlineStr">
         <is>
           <t>B6</t>
         </is>
       </c>
       <c r="C279" s="3" t="inlineStr">
         <is>
           <t>Перформативні мистецтва</t>
         </is>
       </c>
       <c r="D279" s="3" t="inlineStr">
         <is>
-          <t>Сценічне мистецтво</t>
+          <t>Хореографічне мистецтво</t>
         </is>
       </c>
       <c r="E279" s="6" t="n">
-        <v>86268</v>
+        <v>86269</v>
       </c>
       <c r="F279" s="3" t="inlineStr">
         <is>
-          <t>Акторське мистецтво драматичного театру і кіно</t>
+          <t>Хореографія</t>
         </is>
       </c>
       <c r="G279" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H279" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I279" s="9"/>
       <c r="J279" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K279" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="280">
       <c r="A280" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B280" s="7" t="inlineStr">
         <is>
-          <t>B6</t>
+          <t>B9</t>
         </is>
       </c>
       <c r="C280" s="3" t="inlineStr">
         <is>
-          <t>Перформативні мистецтва</t>
-[...6 lines deleted...]
-      </c>
+          <t>Історія та археологія</t>
+        </is>
+      </c>
+      <c r="D280" s="3"/>
       <c r="E280" s="6" t="n">
-        <v>86269</v>
+        <v>77365</v>
       </c>
       <c r="F280" s="3" t="inlineStr">
         <is>
-          <t>Хореографія</t>
+          <t>Етнологія</t>
         </is>
       </c>
       <c r="G280" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H280" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I280" s="9"/>
+          <t>- 16055</t>
+        </is>
+      </c>
+      <c r="I280" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J280" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K280" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="281">
       <c r="A281" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B281" s="7" t="inlineStr">
         <is>
-          <t>B9</t>
+          <t>C1</t>
         </is>
       </c>
       <c r="C281" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
-[...2 lines deleted...]
-      <c r="D281" s="3"/>
+          <t>Економіка та міжнародні економічні відносини</t>
+        </is>
+      </c>
+      <c r="D281" s="3" t="inlineStr">
+        <is>
+          <t>Економіка</t>
+        </is>
+      </c>
       <c r="E281" s="6" t="n">
-        <v>77365</v>
+        <v>76497</v>
       </c>
       <c r="F281" s="3" t="inlineStr">
         <is>
-          <t>Етнологія</t>
+          <t>Економічна кібернетика</t>
         </is>
       </c>
       <c r="G281" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H281" s="7" t="inlineStr">
         <is>
-          <t>- 16055</t>
+          <t>- 16060</t>
         </is>
       </c>
       <c r="I281" s="9" t="n">
-        <v>47300</v>
+        <v>46204</v>
       </c>
       <c r="J281" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K281" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="282">
       <c r="A282" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B282" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C282" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D282" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="E282" s="6" t="n">
-        <v>76497</v>
+        <v>77415</v>
       </c>
       <c r="F282" s="3" t="inlineStr">
         <is>
-          <t>Економічна кібернетика</t>
+          <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="G282" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H282" s="7" t="inlineStr">
         <is>
-          <t>- 16060</t>
+          <t>- 16085</t>
         </is>
       </c>
       <c r="I282" s="9" t="n">
-        <v>46204</v>
+        <v>47300</v>
       </c>
       <c r="J282" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K282" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="283">
       <c r="A283" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B283" s="7" t="inlineStr">
         <is>
-          <t>C1</t>
+          <t>C2</t>
         </is>
       </c>
       <c r="C283" s="3" t="inlineStr">
         <is>
-          <t>Економіка та міжнародні економічні відносини</t>
-[...6 lines deleted...]
-      </c>
+          <t>Політологія</t>
+        </is>
+      </c>
+      <c r="D283" s="3"/>
       <c r="E283" s="6" t="n">
-        <v>77415</v>
+        <v>77403</v>
       </c>
       <c r="F283" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні економічні відносини</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="G283" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H283" s="7" t="inlineStr">
         <is>
-          <t>- 16085</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I283" s="9"/>
       <c r="J283" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K283" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="284">
       <c r="A284" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B284" s="7" t="inlineStr">
         <is>
           <t>C2</t>
         </is>
       </c>
       <c r="C284" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="D284" s="3"/>
       <c r="E284" s="6" t="n">
-        <v>77403</v>
+        <v>77404</v>
       </c>
       <c r="F284" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Політичні технології та аналіз політики</t>
         </is>
       </c>
       <c r="G284" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H284" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I284" s="9"/>
       <c r="J284" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K284" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="285">
       <c r="A285" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B285" s="7" t="inlineStr">
         <is>
-          <t>C2</t>
+          <t>C3</t>
         </is>
       </c>
       <c r="C285" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Міжнародні відносини</t>
         </is>
       </c>
       <c r="D285" s="3"/>
       <c r="E285" s="6" t="n">
-        <v>77404</v>
+        <v>77412</v>
       </c>
       <c r="F285" s="3" t="inlineStr">
         <is>
-          <t>Політичні технології та аналіз політики</t>
+          <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
         </is>
       </c>
       <c r="G285" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H285" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I285" s="9"/>
+          <t>- 16084</t>
+        </is>
+      </c>
+      <c r="I285" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J285" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K285" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="286">
       <c r="A286" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B286" s="7" t="inlineStr">
         <is>
-          <t>C3</t>
+          <t>C4</t>
         </is>
       </c>
       <c r="C286" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні відносини</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D286" s="3"/>
       <c r="E286" s="6" t="n">
-        <v>77412</v>
+        <v>75790</v>
       </c>
       <c r="F286" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
+          <t>Клінічна та реабілітаційна психологія</t>
         </is>
       </c>
       <c r="G286" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H286" s="7" t="inlineStr">
         <is>
-          <t>- 16084</t>
+          <t>- 16061</t>
         </is>
       </c>
       <c r="I286" s="9" t="n">
-        <v>46935</v>
+        <v>46204</v>
       </c>
       <c r="J286" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K286" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="287">
       <c r="A287" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B287" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C287" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D287" s="3"/>
       <c r="E287" s="6" t="n">
-        <v>75790</v>
+        <v>75795</v>
       </c>
       <c r="F287" s="3" t="inlineStr">
         <is>
-          <t>Клінічна та реабілітаційна психологія</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="G287" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H287" s="7" t="inlineStr">
         <is>
-          <t>- 16061</t>
+          <t>- 16062</t>
         </is>
       </c>
       <c r="I287" s="9" t="n">
-        <v>46204</v>
+        <v>47665</v>
       </c>
       <c r="J287" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K287" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="288">
       <c r="A288" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B288" s="7" t="inlineStr">
         <is>
-          <t>C4</t>
+          <t>C7</t>
         </is>
       </c>
       <c r="C288" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Журналістика</t>
         </is>
       </c>
       <c r="D288" s="3"/>
       <c r="E288" s="6" t="n">
-        <v>75795</v>
+        <v>76603</v>
       </c>
       <c r="F288" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Журналістика та медіакомунікація</t>
         </is>
       </c>
       <c r="G288" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H288" s="7" t="inlineStr">
         <is>
-          <t>- 16062</t>
+          <t>- 16063</t>
         </is>
       </c>
       <c r="I288" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J288" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K288" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="289">
       <c r="A289" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B289" s="7" t="inlineStr">
         <is>
-          <t>C7</t>
+          <t>D1</t>
         </is>
       </c>
       <c r="C289" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D289" s="3"/>
       <c r="E289" s="6" t="n">
-        <v>76603</v>
+        <v>76500</v>
       </c>
       <c r="F289" s="3" t="inlineStr">
         <is>
-          <t>Журналістика та медіакомунікація</t>
+          <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="G289" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H289" s="7" t="inlineStr">
         <is>
-          <t>- 16063</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I289" s="9"/>
       <c r="J289" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K289" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="290">
       <c r="A290" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B290" s="7" t="inlineStr">
         <is>
-          <t>D1</t>
+          <t>D2</t>
         </is>
       </c>
       <c r="C290" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D290" s="3"/>
       <c r="E290" s="6" t="n">
-        <v>76500</v>
+        <v>76503</v>
       </c>
       <c r="F290" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="G290" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H290" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I290" s="9"/>
       <c r="J290" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K290" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="291">
       <c r="A291" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B291" s="7" t="inlineStr">
         <is>
-          <t>D2</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C291" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D291" s="3"/>
       <c r="E291" s="6" t="n">
-        <v>76503</v>
+        <v>76067</v>
       </c>
       <c r="F291" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа та страхування</t>
+          <t>Бізнес-адміністрування</t>
         </is>
       </c>
       <c r="G291" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H291" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I291" s="9"/>
+          <t>- 16064</t>
+        </is>
+      </c>
+      <c r="I291" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J291" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K291" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="292">
       <c r="A292" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B292" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C292" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D292" s="3"/>
       <c r="E292" s="6" t="n">
-        <v>76067</v>
+        <v>76069</v>
       </c>
       <c r="F292" s="3" t="inlineStr">
         <is>
-          <t>Бізнес-адміністрування</t>
+          <t>Менеджмент та цифрові інновації</t>
         </is>
       </c>
       <c r="G292" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H292" s="7" t="inlineStr">
         <is>
-          <t>- 16064</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I292" s="9"/>
       <c r="J292" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K292" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="293">
       <c r="A293" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B293" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C293" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D293" s="3"/>
       <c r="E293" s="6" t="n">
-        <v>76069</v>
+        <v>76510</v>
       </c>
       <c r="F293" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент та цифрові інновації</t>
+          <t>Підприємництво та інновації</t>
         </is>
       </c>
       <c r="G293" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H293" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I293" s="9"/>
       <c r="J293" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K293" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="294">
       <c r="A294" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B294" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C294" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D294" s="3"/>
       <c r="E294" s="6" t="n">
-        <v>76510</v>
+        <v>77410</v>
       </c>
       <c r="F294" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво та інновації</t>
+          <t>Управління міжнародним бізнесом</t>
         </is>
       </c>
       <c r="G294" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H294" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I294" s="9"/>
+          <t>- 16065</t>
+        </is>
+      </c>
+      <c r="I294" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J294" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K294" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="295">
       <c r="A295" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B295" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C295" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D295" s="3"/>
       <c r="E295" s="6" t="n">
-        <v>77410</v>
+        <v>78092</v>
       </c>
       <c r="F295" s="3" t="inlineStr">
         <is>
-          <t>Управління міжнародним бізнесом</t>
+          <t>Менеджмент соціокультурних проектів та креативних індустрій</t>
         </is>
       </c>
       <c r="G295" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H295" s="7" t="inlineStr">
         <is>
-          <t>- 16065</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I295" s="9"/>
       <c r="J295" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K295" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="296">
       <c r="A296" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B296" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C296" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D296" s="3"/>
       <c r="E296" s="6" t="n">
-        <v>78092</v>
+        <v>85657</v>
       </c>
       <c r="F296" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент соціокультурних проектів та креативних індустрій</t>
+          <t>Менеджмент організацій і адміністрування</t>
         </is>
       </c>
       <c r="G296" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H296" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I296" s="9"/>
       <c r="J296" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K296" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="297">
       <c r="A297" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B297" s="7" t="inlineStr">
         <is>
-          <t>D3</t>
+          <t>D4</t>
         </is>
       </c>
       <c r="C297" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D297" s="3"/>
       <c r="E297" s="6" t="n">
-        <v>85657</v>
+        <v>76071</v>
       </c>
       <c r="F297" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент організацій і адміністрування</t>
+          <t>Публічне управління сталим розвитком територій</t>
         </is>
       </c>
       <c r="G297" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H297" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I297" s="9"/>
+          <t>- 16083</t>
+        </is>
+      </c>
+      <c r="I297" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J297" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K297" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="298">
       <c r="A298" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B298" s="7" t="inlineStr">
         <is>
-          <t>D4</t>
+          <t>D5</t>
         </is>
       </c>
       <c r="C298" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="D298" s="3"/>
       <c r="E298" s="6" t="n">
-        <v>76071</v>
+        <v>76507</v>
       </c>
       <c r="F298" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління сталим розвитком територій</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="G298" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H298" s="7" t="inlineStr">
         <is>
-          <t>- 16083</t>
+          <t>- 16066</t>
         </is>
       </c>
       <c r="I298" s="9" t="n">
-        <v>47665</v>
+        <v>46935</v>
       </c>
       <c r="J298" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K298" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="299">
       <c r="A299" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B299" s="7" t="inlineStr">
         <is>
-          <t>D5</t>
+          <t>D8</t>
         </is>
       </c>
       <c r="C299" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D299" s="3"/>
       <c r="E299" s="6" t="n">
-        <v>76507</v>
+        <v>72416</v>
       </c>
       <c r="F299" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="G299" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H299" s="7" t="inlineStr">
         <is>
-          <t>- 16066</t>
+          <t>- 16067</t>
         </is>
       </c>
       <c r="I299" s="9" t="n">
-        <v>46935</v>
+        <v>47300</v>
       </c>
       <c r="J299" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K299" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="300">
       <c r="A300" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B300" s="7" t="inlineStr">
         <is>
-          <t>D8</t>
+          <t>E1</t>
         </is>
       </c>
       <c r="C300" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D300" s="3"/>
       <c r="E300" s="6" t="n">
-        <v>72416</v>
+        <v>77793</v>
       </c>
       <c r="F300" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Біохімія</t>
         </is>
       </c>
       <c r="G300" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H300" s="7" t="inlineStr">
         <is>
-          <t>- 16067</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I300" s="9"/>
       <c r="J300" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K300" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="301">
       <c r="A301" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B301" s="7" t="inlineStr">
         <is>
           <t>E1</t>
         </is>
       </c>
       <c r="C301" s="3" t="inlineStr">
         <is>
           <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D301" s="3"/>
       <c r="E301" s="6" t="n">
-        <v>77793</v>
+        <v>85600</v>
       </c>
       <c r="F301" s="3" t="inlineStr">
         <is>
-          <t>Біохімія</t>
+          <t>Прикладна біологія</t>
         </is>
       </c>
       <c r="G301" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H301" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I301" s="9"/>
       <c r="J301" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K301" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="302">
       <c r="A302" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B302" s="7" t="inlineStr">
         <is>
-          <t>E1</t>
+          <t>E2</t>
         </is>
       </c>
       <c r="C302" s="3" t="inlineStr">
         <is>
-          <t>Біологія та біохімія</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D302" s="3"/>
       <c r="E302" s="6" t="n">
-        <v>85600</v>
+        <v>77794</v>
       </c>
       <c r="F302" s="3" t="inlineStr">
         <is>
-          <t>Прикладна біологія</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="G302" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H302" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I302" s="9"/>
+          <t>- 16068</t>
+        </is>
+      </c>
+      <c r="I302" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J302" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K302" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="303">
       <c r="A303" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B303" s="7" t="inlineStr">
         <is>
-          <t>E2</t>
+          <t>E3</t>
         </is>
       </c>
       <c r="C303" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Хімія</t>
         </is>
       </c>
       <c r="D303" s="3"/>
       <c r="E303" s="6" t="n">
-        <v>77794</v>
+        <v>77796</v>
       </c>
       <c r="F303" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Хімія</t>
         </is>
       </c>
       <c r="G303" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H303" s="7" t="inlineStr">
         <is>
-          <t>- 16068</t>
+          <t>- 16069</t>
         </is>
       </c>
       <c r="I303" s="9" t="n">
-        <v>46569</v>
+        <v>46204</v>
       </c>
       <c r="J303" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K303" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="304">
       <c r="A304" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B304" s="7" t="inlineStr">
         <is>
-          <t>E3</t>
+          <t>E5</t>
         </is>
       </c>
       <c r="C304" s="3" t="inlineStr">
         <is>
-          <t>Хімія</t>
+          <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="D304" s="3"/>
       <c r="E304" s="6" t="n">
-        <v>77796</v>
+        <v>75936</v>
       </c>
       <c r="F304" s="3" t="inlineStr">
         <is>
-          <t>Хімія</t>
+          <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="G304" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H304" s="7" t="inlineStr">
         <is>
-          <t>- 16069</t>
+          <t>- 16070</t>
         </is>
       </c>
       <c r="I304" s="9" t="n">
-        <v>46204</v>
+        <v>47665</v>
       </c>
       <c r="J304" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K304" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="305">
       <c r="A305" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B305" s="7" t="inlineStr">
         <is>
-          <t>E5</t>
+          <t>E6</t>
         </is>
       </c>
       <c r="C305" s="3" t="inlineStr">
         <is>
-          <t>Фізика та астрономія</t>
+          <t>Прикладна фізика та наноматеріали</t>
         </is>
       </c>
       <c r="D305" s="3"/>
       <c r="E305" s="6" t="n">
-        <v>75936</v>
+        <v>75943</v>
       </c>
       <c r="F305" s="3" t="inlineStr">
         <is>
-          <t>Фізика та астрономія</t>
+          <t>Медична фізика</t>
         </is>
       </c>
       <c r="G305" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H305" s="7" t="inlineStr">
         <is>
-          <t>- 16070</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I305" s="9"/>
       <c r="J305" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K305" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="306">
       <c r="A306" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B306" s="7" t="inlineStr">
         <is>
-          <t>E6</t>
+          <t>E7</t>
         </is>
       </c>
       <c r="C306" s="3" t="inlineStr">
         <is>
-          <t>Прикладна фізика та наноматеріали</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="D306" s="3"/>
       <c r="E306" s="6" t="n">
-        <v>75943</v>
+        <v>76630</v>
       </c>
       <c r="F306" s="3" t="inlineStr">
         <is>
-          <t>Медична фізика</t>
+          <t>Математика комп`ютерних технологій</t>
         </is>
       </c>
       <c r="G306" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H306" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I306" s="9"/>
+          <t>- 16072</t>
+        </is>
+      </c>
+      <c r="I306" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J306" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K306" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="307">
       <c r="A307" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B307" s="7" t="inlineStr">
         <is>
           <t>E7</t>
         </is>
       </c>
       <c r="C307" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="D307" s="3"/>
       <c r="E307" s="6" t="n">
-        <v>76630</v>
+        <v>76632</v>
       </c>
       <c r="F307" s="3" t="inlineStr">
         <is>
-          <t>Математика комп`ютерних технологій</t>
+          <t>Актуарна та фінансова математика</t>
         </is>
       </c>
       <c r="G307" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H307" s="7" t="inlineStr">
         <is>
-          <t>- 16072</t>
+          <t>- 16071</t>
         </is>
       </c>
       <c r="I307" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J307" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K307" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="308">
       <c r="A308" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B308" s="7" t="inlineStr">
         <is>
-          <t>E7</t>
+          <t>F1</t>
         </is>
       </c>
       <c r="C308" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Прикладна математика</t>
         </is>
       </c>
       <c r="D308" s="3"/>
       <c r="E308" s="6" t="n">
-        <v>76632</v>
+        <v>76637</v>
       </c>
       <c r="F308" s="3" t="inlineStr">
         <is>
-          <t>Актуарна та фінансова математика</t>
+          <t>Прикладна математика</t>
         </is>
       </c>
       <c r="G308" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H308" s="7" t="inlineStr">
         <is>
-          <t>- 16071</t>
+          <t>- 16073</t>
         </is>
       </c>
       <c r="I308" s="9" t="n">
-        <v>47300</v>
+        <v>46569</v>
       </c>
       <c r="J308" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K308" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="309">
       <c r="A309" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B309" s="7" t="inlineStr">
         <is>
-          <t>F1</t>
+          <t>F2</t>
         </is>
       </c>
       <c r="C309" s="3" t="inlineStr">
         <is>
-          <t>Прикладна математика</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D309" s="3"/>
       <c r="E309" s="6" t="n">
-        <v>76637</v>
+        <v>76642</v>
       </c>
       <c r="F309" s="3" t="inlineStr">
         <is>
-          <t>Прикладна математика</t>
+          <t>Якість та безпека програмного забезпечення</t>
         </is>
       </c>
       <c r="G309" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H309" s="7" t="inlineStr">
         <is>
-          <t>- 16073</t>
+          <t>- 16074</t>
         </is>
       </c>
       <c r="I309" s="9" t="n">
-        <v>46569</v>
+        <v>46204</v>
       </c>
       <c r="J309" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K309" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="310">
       <c r="A310" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B310" s="7" t="inlineStr">
         <is>
-          <t>F2</t>
+          <t>F3</t>
         </is>
       </c>
       <c r="C310" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D310" s="3"/>
       <c r="E310" s="6" t="n">
-        <v>76642</v>
+        <v>76646</v>
       </c>
       <c r="F310" s="3" t="inlineStr">
         <is>
-          <t>Якість та безпека програмного забезпечення</t>
+          <t>Комп`ютерні науки</t>
         </is>
       </c>
       <c r="G310" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H310" s="7" t="inlineStr">
         <is>
-          <t>- 16074</t>
+          <t>- 16075</t>
         </is>
       </c>
       <c r="I310" s="9" t="n">
-        <v>46204</v>
+        <v>46935</v>
       </c>
       <c r="J310" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K310" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="311">
       <c r="A311" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B311" s="7" t="inlineStr">
         <is>
-          <t>F3</t>
+          <t>F7</t>
         </is>
       </c>
       <c r="C311" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D311" s="3"/>
       <c r="E311" s="6" t="n">
-        <v>76646</v>
+        <v>75944</v>
       </c>
       <c r="F311" s="3" t="inlineStr">
         <is>
-          <t>Комп`ютерні науки</t>
+          <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="G311" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H311" s="7" t="inlineStr">
         <is>
-          <t>- 16075</t>
+          <t>- 16076</t>
         </is>
       </c>
       <c r="I311" s="9" t="n">
-        <v>46935</v>
+        <v>46569</v>
       </c>
       <c r="J311" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K311" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="312">
       <c r="A312" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B312" s="7" t="inlineStr">
         <is>
-          <t>F7</t>
+          <t>G5</t>
         </is>
       </c>
       <c r="C312" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерна інженерія</t>
+          <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D312" s="3"/>
       <c r="E312" s="6" t="n">
-        <v>75944</v>
+        <v>75952</v>
       </c>
       <c r="F312" s="3" t="inlineStr">
         <is>
-          <t>Комп’ютерна інженерія</t>
+          <t>Інженерія електронних систем</t>
         </is>
       </c>
       <c r="G312" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H312" s="7" t="inlineStr">
         <is>
-          <t>- 16076</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I312" s="9"/>
       <c r="J312" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K312" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="313">
       <c r="A313" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B313" s="7" t="inlineStr">
         <is>
-          <t>G5</t>
+          <t>G8</t>
         </is>
       </c>
       <c r="C313" s="3" t="inlineStr">
         <is>
-          <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
+          <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D313" s="3"/>
       <c r="E313" s="6" t="n">
-        <v>75952</v>
+        <v>75948</v>
       </c>
       <c r="F313" s="3" t="inlineStr">
         <is>
-          <t>Інженерія електронних систем</t>
+          <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="G313" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H313" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I313" s="9"/>
       <c r="J313" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K313" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="314">
       <c r="A314" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B314" s="7" t="inlineStr">
         <is>
-          <t>G8</t>
+          <t>H1</t>
         </is>
       </c>
       <c r="C314" s="3" t="inlineStr">
         <is>
-          <t>Матеріалознавство</t>
+          <t>Агрономія</t>
         </is>
       </c>
       <c r="D314" s="3"/>
       <c r="E314" s="6" t="n">
-        <v>75948</v>
+        <v>77797</v>
       </c>
       <c r="F314" s="3" t="inlineStr">
         <is>
-          <t>Матеріалознавство</t>
+          <t>Агрономія</t>
         </is>
       </c>
       <c r="G314" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H314" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I314" s="9"/>
+          <t>- 16077</t>
+        </is>
+      </c>
+      <c r="I314" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J314" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K314" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="315">
       <c r="A315" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B315" s="7" t="inlineStr">
         <is>
-          <t>H1</t>
+          <t>H4</t>
         </is>
       </c>
       <c r="C315" s="3" t="inlineStr">
         <is>
-          <t>Агрономія</t>
+          <t>Лісове господарство</t>
         </is>
       </c>
       <c r="D315" s="3"/>
       <c r="E315" s="6" t="n">
-        <v>77797</v>
+        <v>77799</v>
       </c>
       <c r="F315" s="3" t="inlineStr">
         <is>
-          <t>Агрономія</t>
+          <t>Лісове господарство</t>
         </is>
       </c>
       <c r="G315" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H315" s="7" t="inlineStr">
         <is>
-          <t>- 16077</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I315" s="9"/>
       <c r="J315" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K315" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="316">
       <c r="A316" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B316" s="7" t="inlineStr">
         <is>
-          <t>H4</t>
+          <t>I10</t>
         </is>
       </c>
       <c r="C316" s="3" t="inlineStr">
         <is>
-          <t>Лісове господарство</t>
+          <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D316" s="3"/>
       <c r="E316" s="6" t="n">
-        <v>77799</v>
+        <v>76049</v>
       </c>
       <c r="F316" s="3" t="inlineStr">
         <is>
-          <t>Лісове господарство</t>
+          <t>Соціальна педагогіка</t>
         </is>
       </c>
       <c r="G316" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H316" s="7" t="inlineStr">
         <is>
-          <t>- 16078</t>
+          <t>- 16080</t>
         </is>
       </c>
       <c r="I316" s="9" t="n">
-        <v>46015</v>
+        <v>46935</v>
       </c>
       <c r="J316" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K316" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="317">
       <c r="A317" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B317" s="7" t="inlineStr">
         <is>
-          <t>I10</t>
+          <t>I7</t>
         </is>
       </c>
       <c r="C317" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота та консультування</t>
-[...2 lines deleted...]
-      <c r="D317" s="3"/>
+          <t>Терапія та реабілітація</t>
+        </is>
+      </c>
+      <c r="D317" s="3" t="inlineStr">
+        <is>
+          <t>Фізична терапія</t>
+        </is>
+      </c>
       <c r="E317" s="6" t="n">
-        <v>76049</v>
+        <v>72433</v>
       </c>
       <c r="F317" s="3" t="inlineStr">
         <is>
-          <t>Соціальна педагогіка</t>
+          <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="G317" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H317" s="7" t="inlineStr">
         <is>
-          <t>- 16080</t>
+          <t>- 16079</t>
         </is>
       </c>
       <c r="I317" s="9" t="n">
-        <v>46935</v>
+        <v>47665</v>
       </c>
       <c r="J317" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K317" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="318">
       <c r="A318" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B318" s="7" t="inlineStr">
         <is>
-          <t>I7</t>
+          <t>J2</t>
         </is>
       </c>
       <c r="C318" s="3" t="inlineStr">
         <is>
-          <t>Терапія та реабілітація</t>
-[...6 lines deleted...]
-      </c>
+          <t>Готельно-ресторанна справа та кейтеринг</t>
+        </is>
+      </c>
+      <c r="D318" s="3"/>
       <c r="E318" s="6" t="n">
-        <v>72433</v>
+        <v>75753</v>
       </c>
       <c r="F318" s="3" t="inlineStr">
         <is>
-          <t>Фізична терапія, ерготерапія</t>
+          <t>Курортна справа</t>
         </is>
       </c>
       <c r="G318" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H318" s="7" t="inlineStr">
         <is>
-          <t>- 16079</t>
+          <t>- 16081</t>
         </is>
       </c>
       <c r="I318" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J318" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K318" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="319">
       <c r="A319" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B319" s="7" t="inlineStr">
         <is>
-          <t>J2</t>
+          <t>J3</t>
         </is>
       </c>
       <c r="C319" s="3" t="inlineStr">
         <is>
-          <t>Готельно-ресторанна справа та кейтеринг</t>
+          <t>Туризм та рекреація</t>
         </is>
       </c>
       <c r="D319" s="3"/>
       <c r="E319" s="6" t="n">
-        <v>75753</v>
+        <v>75758</v>
       </c>
       <c r="F319" s="3" t="inlineStr">
         <is>
-          <t>Курортна справа</t>
+          <t>Туризмознавство</t>
         </is>
       </c>
       <c r="G319" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H319" s="7" t="inlineStr">
         <is>
-          <t>- 16081</t>
+          <t>- 16082</t>
         </is>
       </c>
       <c r="I319" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J319" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K319" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="320">
       <c r="A320" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B320" s="7" t="inlineStr">
         <is>
-          <t>J3</t>
+          <t>011</t>
         </is>
       </c>
       <c r="C320" s="3" t="inlineStr">
         <is>
-          <t>Туризм та рекреація</t>
+          <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D320" s="3"/>
       <c r="E320" s="6" t="n">
-        <v>75758</v>
+        <v>25882</v>
       </c>
       <c r="F320" s="3" t="inlineStr">
         <is>
-          <t>Туризмознавство</t>
-[...6 lines deleted...]
-      </c>
+          <t>Освітні, педагогічні науки</t>
+        </is>
+      </c>
+      <c r="G320" s="3"/>
       <c r="H320" s="7" t="inlineStr">
         <is>
-          <t>- 16082</t>
+          <t>- 19048</t>
         </is>
       </c>
       <c r="I320" s="9" t="n">
-        <v>47665</v>
+        <v>46569</v>
       </c>
       <c r="J320" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K320" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="321">
       <c r="A321" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B321" s="7" t="inlineStr">
         <is>
-          <t>011</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C321" s="3" t="inlineStr">
         <is>
-          <t>Освітні, педагогічні науки</t>
+          <t>Середня освіта</t>
         </is>
       </c>
       <c r="D321" s="3"/>
       <c r="E321" s="6" t="n">
-        <v>25882</v>
+        <v>36738</v>
       </c>
       <c r="F321" s="3" t="inlineStr">
         <is>
-          <t>Освітні, педагогічні науки</t>
-[...2 lines deleted...]
-      <c r="G321" s="3"/>
+          <t>Середня освіта (українська мова і література)</t>
+        </is>
+      </c>
+      <c r="G321" s="3" t="inlineStr">
+        <is>
+          <t>Освітньо-наукова</t>
+        </is>
+      </c>
       <c r="H321" s="7" t="inlineStr">
         <is>
-          <t>- 19048</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I321" s="9"/>
       <c r="J321" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K321" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="322">
       <c r="A322" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B322" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C322" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D322" s="3"/>
       <c r="E322" s="6" t="n">
-        <v>36738</v>
+        <v>62030</v>
       </c>
       <c r="F322" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (українська мова і література)</t>
+          <t>Середня освіта (українська мова)</t>
         </is>
       </c>
       <c r="G322" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H322" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I322" s="9"/>
+          <t>- 19049</t>
+        </is>
+      </c>
+      <c r="I322" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J322" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K322" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="323">
       <c r="A323" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B323" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C323" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D323" s="3"/>
       <c r="E323" s="6" t="n">
-        <v>62030</v>
+        <v>62267</v>
       </c>
       <c r="F323" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (українська мова)</t>
+          <t>Середня освіта (фізика)</t>
         </is>
       </c>
       <c r="G323" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H323" s="7" t="inlineStr">
         <is>
-          <t>- 19049</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I323" s="9"/>
       <c r="J323" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K323" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="324">
       <c r="A324" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B324" s="7" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>015</t>
         </is>
       </c>
       <c r="C324" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
+          <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D324" s="3"/>
       <c r="E324" s="6" t="n">
-        <v>62267</v>
+        <v>56282</v>
       </c>
       <c r="F324" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (фізика)</t>
+          <t>Професійна освіта</t>
         </is>
       </c>
       <c r="G324" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H324" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I324" s="9"/>
+          <t>- 19050</t>
+        </is>
+      </c>
+      <c r="I324" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J324" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K324" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="325">
       <c r="A325" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B325" s="7" t="inlineStr">
         <is>
-          <t>015</t>
+          <t>017</t>
         </is>
       </c>
       <c r="C325" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта</t>
+          <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D325" s="3"/>
       <c r="E325" s="6" t="n">
-        <v>56282</v>
+        <v>25883</v>
       </c>
       <c r="F325" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Фізична культура і спорт</t>
+        </is>
+      </c>
+      <c r="G325" s="3"/>
       <c r="H325" s="7" t="inlineStr">
         <is>
-          <t>- 19050</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I325" s="9"/>
       <c r="J325" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K325" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="326">
       <c r="A326" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B326" s="7" t="inlineStr">
         <is>
-          <t>017</t>
+          <t>023</t>
         </is>
       </c>
       <c r="C326" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
+          <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
         </is>
       </c>
       <c r="D326" s="3"/>
       <c r="E326" s="6" t="n">
-        <v>25883</v>
+        <v>25884</v>
       </c>
       <c r="F326" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
+          <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
         </is>
       </c>
       <c r="G326" s="3"/>
       <c r="H326" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I326" s="9"/>
+          <t>- 19051</t>
+        </is>
+      </c>
+      <c r="I326" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J326" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K326" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="327">
       <c r="A327" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B327" s="7" t="inlineStr">
         <is>
-          <t>023</t>
+          <t>025</t>
         </is>
       </c>
       <c r="C327" s="3" t="inlineStr">
         <is>
-          <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
+          <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D327" s="3"/>
       <c r="E327" s="6" t="n">
-        <v>25884</v>
+        <v>25885</v>
       </c>
       <c r="F327" s="3" t="inlineStr">
         <is>
-          <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
+          <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="G327" s="3"/>
       <c r="H327" s="7" t="inlineStr">
         <is>
-          <t>- 19051</t>
+          <t>- 19052</t>
         </is>
       </c>
       <c r="I327" s="9" t="n">
-        <v>47665</v>
+        <v>46569</v>
       </c>
       <c r="J327" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K327" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="328">
       <c r="A328" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B328" s="7" t="inlineStr">
         <is>
-          <t>025</t>
+          <t>032</t>
         </is>
       </c>
       <c r="C328" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D328" s="3"/>
       <c r="E328" s="6" t="n">
-        <v>25885</v>
+        <v>25886</v>
       </c>
       <c r="F328" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="G328" s="3"/>
       <c r="H328" s="7" t="inlineStr">
         <is>
-          <t>- 19052</t>
+          <t>- 19053</t>
         </is>
       </c>
       <c r="I328" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J328" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K328" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="329">
       <c r="A329" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B329" s="7" t="inlineStr">
         <is>
-          <t>032</t>
+          <t>033</t>
         </is>
       </c>
       <c r="C329" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="D329" s="3"/>
       <c r="E329" s="6" t="n">
-        <v>25886</v>
+        <v>25887</v>
       </c>
       <c r="F329" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="G329" s="3"/>
       <c r="H329" s="7" t="inlineStr">
         <is>
-          <t>- 19053</t>
+          <t>- 19054</t>
         </is>
       </c>
       <c r="I329" s="9" t="n">
-        <v>46569</v>
+        <v>46935</v>
       </c>
       <c r="J329" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K329" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="330">
       <c r="A330" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B330" s="7" t="inlineStr">
         <is>
-          <t>033</t>
+          <t>034</t>
         </is>
       </c>
       <c r="C330" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Культурологія</t>
         </is>
       </c>
       <c r="D330" s="3"/>
       <c r="E330" s="6" t="n">
-        <v>25887</v>
+        <v>25888</v>
       </c>
       <c r="F330" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Культурологія</t>
         </is>
       </c>
       <c r="G330" s="3"/>
       <c r="H330" s="7" t="inlineStr">
         <is>
-          <t>- 19054</t>
+          <t>- 19055</t>
         </is>
       </c>
       <c r="I330" s="9" t="n">
-        <v>46935</v>
+        <v>46569</v>
       </c>
       <c r="J330" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K330" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="331">
       <c r="A331" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B331" s="7" t="inlineStr">
         <is>
-          <t>034</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C331" s="3" t="inlineStr">
         <is>
-          <t>Культурологія</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D331" s="3"/>
       <c r="E331" s="6" t="n">
-        <v>25888</v>
+        <v>36806</v>
       </c>
       <c r="F331" s="3" t="inlineStr">
         <is>
-          <t>Культурологія</t>
-[...2 lines deleted...]
-      <c r="G331" s="3"/>
+          <t>Філологія</t>
+        </is>
+      </c>
+      <c r="G331" s="3" t="inlineStr">
+        <is>
+          <t>Освітньо-наукова</t>
+        </is>
+      </c>
       <c r="H331" s="7" t="inlineStr">
         <is>
-          <t>- 19055</t>
+          <t>- 19056</t>
         </is>
       </c>
       <c r="I331" s="9" t="n">
-        <v>46569</v>
+        <v>46935</v>
       </c>
       <c r="J331" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K331" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="332">
       <c r="A332" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B332" s="7" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C332" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D332" s="3"/>
       <c r="E332" s="6" t="n">
-        <v>36806</v>
+        <v>25889</v>
       </c>
       <c r="F332" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Економіка</t>
+        </is>
+      </c>
+      <c r="G332" s="3"/>
       <c r="H332" s="7" t="inlineStr">
         <is>
-          <t>- 19056</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I332" s="9"/>
       <c r="J332" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K332" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="333">
       <c r="A333" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B333" s="7" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>052</t>
         </is>
       </c>
       <c r="C333" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="D333" s="3"/>
       <c r="E333" s="6" t="n">
-        <v>25889</v>
+        <v>25890</v>
       </c>
       <c r="F333" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="G333" s="3"/>
       <c r="H333" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I333" s="9"/>
+          <t>- 19057</t>
+        </is>
+      </c>
+      <c r="I333" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J333" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K333" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="334">
       <c r="A334" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B334" s="7" t="inlineStr">
         <is>
-          <t>052</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C334" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D334" s="3"/>
       <c r="E334" s="6" t="n">
-        <v>25890</v>
+        <v>25891</v>
       </c>
       <c r="F334" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="G334" s="3"/>
       <c r="H334" s="7" t="inlineStr">
         <is>
-          <t>- 19057</t>
+          <t>- 19058</t>
         </is>
       </c>
       <c r="I334" s="9" t="n">
-        <v>46569</v>
+        <v>46935</v>
       </c>
       <c r="J334" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K334" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="335">
       <c r="A335" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B335" s="7" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>071</t>
         </is>
       </c>
       <c r="C335" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D335" s="3"/>
       <c r="E335" s="6" t="n">
-        <v>25891</v>
+        <v>62393</v>
       </c>
       <c r="F335" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
-[...2 lines deleted...]
-      <c r="G335" s="3"/>
+          <t>Облік і оподаткування</t>
+        </is>
+      </c>
+      <c r="G335" s="3" t="inlineStr">
+        <is>
+          <t>Освітньо-наукова</t>
+        </is>
+      </c>
       <c r="H335" s="7" t="inlineStr">
         <is>
-          <t>- 19058</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I335" s="9"/>
       <c r="J335" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K335" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="336">
       <c r="A336" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B336" s="7" t="inlineStr">
         <is>
-          <t>071</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C336" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D336" s="3"/>
       <c r="E336" s="6" t="n">
-        <v>62393</v>
+        <v>63204</v>
       </c>
       <c r="F336" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="G336" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H336" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I336" s="9"/>
       <c r="J336" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K336" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="337">
       <c r="A337" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B337" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>081</t>
         </is>
       </c>
       <c r="C337" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D337" s="3"/>
       <c r="E337" s="6" t="n">
-        <v>63204</v>
+        <v>25894</v>
       </c>
       <c r="F337" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
-[...6 lines deleted...]
-      </c>
+          <t>Право</t>
+        </is>
+      </c>
+      <c r="G337" s="3"/>
       <c r="H337" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I337" s="9"/>
+          <t>- 19059</t>
+        </is>
+      </c>
+      <c r="I337" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J337" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K337" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="338">
       <c r="A338" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B338" s="7" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>091</t>
         </is>
       </c>
       <c r="C338" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Біологія</t>
         </is>
       </c>
       <c r="D338" s="3"/>
       <c r="E338" s="6" t="n">
-        <v>25894</v>
+        <v>25895</v>
       </c>
       <c r="F338" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Біологія</t>
         </is>
       </c>
       <c r="G338" s="3"/>
       <c r="H338" s="7" t="inlineStr">
         <is>
-          <t>- 19059</t>
+          <t>- 19060</t>
         </is>
       </c>
       <c r="I338" s="9" t="n">
-        <v>46569</v>
+        <v>47300</v>
       </c>
       <c r="J338" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K338" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="339">
       <c r="A339" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B339" s="7" t="inlineStr">
         <is>
           <t>091</t>
         </is>
       </c>
       <c r="C339" s="3" t="inlineStr">
         <is>
-          <t>Біологія</t>
+          <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D339" s="3"/>
       <c r="E339" s="6" t="n">
-        <v>25895</v>
+        <v>58640</v>
       </c>
       <c r="F339" s="3" t="inlineStr">
         <is>
           <t>Біологія</t>
         </is>
       </c>
       <c r="G339" s="3"/>
       <c r="H339" s="7" t="inlineStr">
         <is>
-          <t>- 19060</t>
+          <t>- 19061</t>
         </is>
       </c>
       <c r="I339" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J339" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K339" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="340">
       <c r="A340" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B340" s="7" t="inlineStr">
         <is>
-          <t>091</t>
+          <t>101</t>
         </is>
       </c>
       <c r="C340" s="3" t="inlineStr">
         <is>
-          <t>Біологія та біохімія</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D340" s="3"/>
       <c r="E340" s="6" t="n">
-        <v>58640</v>
+        <v>56301</v>
       </c>
       <c r="F340" s="3" t="inlineStr">
         <is>
-          <t>Біологія</t>
-[...2 lines deleted...]
-      <c r="G340" s="3"/>
+          <t>Екологія</t>
+        </is>
+      </c>
+      <c r="G340" s="3" t="inlineStr">
+        <is>
+          <t>Освітньо-наукова</t>
+        </is>
+      </c>
       <c r="H340" s="7" t="inlineStr">
         <is>
-          <t>- 19061</t>
+          <t>- 19062</t>
         </is>
       </c>
       <c r="I340" s="9" t="n">
-        <v>47300</v>
+        <v>47665</v>
       </c>
       <c r="J340" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K340" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="341">
       <c r="A341" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B341" s="7" t="inlineStr">
         <is>
-          <t>101</t>
+          <t>102</t>
         </is>
       </c>
       <c r="C341" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Хімія</t>
         </is>
       </c>
       <c r="D341" s="3"/>
       <c r="E341" s="6" t="n">
-        <v>56301</v>
+        <v>25896</v>
       </c>
       <c r="F341" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Хімія</t>
+        </is>
+      </c>
+      <c r="G341" s="3"/>
       <c r="H341" s="7" t="inlineStr">
         <is>
-          <t>- 19062</t>
+          <t>- 19063</t>
         </is>
       </c>
       <c r="I341" s="9" t="n">
-        <v>47665</v>
+        <v>46569</v>
       </c>
       <c r="J341" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K341" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="342">
       <c r="A342" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B342" s="7" t="inlineStr">
         <is>
-          <t>102</t>
+          <t>104</t>
         </is>
       </c>
       <c r="C342" s="3" t="inlineStr">
         <is>
-          <t>Хімія</t>
+          <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="D342" s="3"/>
       <c r="E342" s="6" t="n">
-        <v>25896</v>
+        <v>25897</v>
       </c>
       <c r="F342" s="3" t="inlineStr">
         <is>
-          <t>Хімія</t>
+          <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="G342" s="3"/>
       <c r="H342" s="7" t="inlineStr">
         <is>
-          <t>- 19063</t>
+          <t>- 19064</t>
         </is>
       </c>
       <c r="I342" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J342" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K342" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="343">
       <c r="A343" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B343" s="7" t="inlineStr">
         <is>
-          <t>104</t>
+          <t>105</t>
         </is>
       </c>
       <c r="C343" s="3" t="inlineStr">
         <is>
-          <t>Фізика та астрономія</t>
+          <t>Прикладна фізика та наноматеріали</t>
         </is>
       </c>
       <c r="D343" s="3"/>
       <c r="E343" s="6" t="n">
-        <v>25897</v>
+        <v>25898</v>
       </c>
       <c r="F343" s="3" t="inlineStr">
         <is>
-          <t>Фізика та астрономія</t>
+          <t>Прикладна фізика та наноматеріали</t>
         </is>
       </c>
       <c r="G343" s="3"/>
       <c r="H343" s="7" t="inlineStr">
         <is>
-          <t>- 19064</t>
+          <t>- 19065</t>
         </is>
       </c>
       <c r="I343" s="9" t="n">
-        <v>46569</v>
+        <v>46935</v>
       </c>
       <c r="J343" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K343" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="344">
       <c r="A344" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B344" s="7" t="inlineStr">
         <is>
-          <t>105</t>
+          <t>111</t>
         </is>
       </c>
       <c r="C344" s="3" t="inlineStr">
         <is>
-          <t>Прикладна фізика та наноматеріали</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="D344" s="3"/>
       <c r="E344" s="6" t="n">
-        <v>25898</v>
+        <v>25899</v>
       </c>
       <c r="F344" s="3" t="inlineStr">
         <is>
-          <t>Прикладна фізика та наноматеріали</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="G344" s="3"/>
       <c r="H344" s="7" t="inlineStr">
         <is>
-          <t>- 19065</t>
+          <t>- 19066</t>
         </is>
       </c>
       <c r="I344" s="9" t="n">
-        <v>46935</v>
+        <v>46569</v>
       </c>
       <c r="J344" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K344" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="345">
       <c r="A345" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B345" s="7" t="inlineStr">
         <is>
-          <t>111</t>
+          <t>132</t>
         </is>
       </c>
       <c r="C345" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D345" s="3"/>
       <c r="E345" s="6" t="n">
-        <v>25899</v>
+        <v>25900</v>
       </c>
       <c r="F345" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="G345" s="3"/>
       <c r="H345" s="7" t="inlineStr">
         <is>
-          <t>- 19066</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I345" s="9"/>
       <c r="J345" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K345" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="346">
       <c r="A346" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B346" s="7" t="inlineStr">
         <is>
-          <t>132</t>
+          <t>171</t>
         </is>
       </c>
       <c r="C346" s="3" t="inlineStr">
         <is>
-          <t>Матеріалознавство</t>
+          <t>Електроніка</t>
         </is>
       </c>
       <c r="D346" s="3"/>
       <c r="E346" s="6" t="n">
-        <v>25900</v>
+        <v>25901</v>
       </c>
       <c r="F346" s="3" t="inlineStr">
         <is>
-          <t>Матеріалознавство</t>
+          <t>Електроніка</t>
         </is>
       </c>
       <c r="G346" s="3"/>
       <c r="H346" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I346" s="9"/>
+          <t>- 19067</t>
+        </is>
+      </c>
+      <c r="I346" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J346" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K346" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="347">
       <c r="A347" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B347" s="7" t="inlineStr">
         <is>
           <t>171</t>
         </is>
       </c>
       <c r="C347" s="3" t="inlineStr">
         <is>
           <t>Електроніка</t>
         </is>
       </c>
       <c r="D347" s="3"/>
       <c r="E347" s="6" t="n">
-        <v>25901</v>
+        <v>59880</v>
       </c>
       <c r="F347" s="3" t="inlineStr">
         <is>
           <t>Електроніка</t>
         </is>
       </c>
       <c r="G347" s="3"/>
       <c r="H347" s="7" t="inlineStr">
         <is>
-          <t>- 19067</t>
+          <t>- 19068</t>
         </is>
       </c>
       <c r="I347" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J347" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K347" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="348">
       <c r="A348" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B348" s="7" t="inlineStr">
         <is>
-          <t>171</t>
+          <t>201</t>
         </is>
       </c>
       <c r="C348" s="3" t="inlineStr">
         <is>
-          <t>Електроніка</t>
+          <t>Агрономія</t>
         </is>
       </c>
       <c r="D348" s="3"/>
       <c r="E348" s="6" t="n">
-        <v>59880</v>
+        <v>25902</v>
       </c>
       <c r="F348" s="3" t="inlineStr">
         <is>
-          <t>Електроніка</t>
+          <t>Агрономія</t>
         </is>
       </c>
       <c r="G348" s="3"/>
       <c r="H348" s="7" t="inlineStr">
         <is>
-          <t>- 19068</t>
+          <t>- 19069</t>
         </is>
       </c>
       <c r="I348" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J348" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K348" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="349">
       <c r="A349" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B349" s="7" t="inlineStr">
         <is>
-          <t>201</t>
+          <t>205</t>
         </is>
       </c>
       <c r="C349" s="3" t="inlineStr">
         <is>
-          <t>Агрономія</t>
+          <t>Лісове господарство</t>
         </is>
       </c>
       <c r="D349" s="3"/>
       <c r="E349" s="6" t="n">
-        <v>25902</v>
+        <v>25903</v>
       </c>
       <c r="F349" s="3" t="inlineStr">
         <is>
-          <t>Агрономія</t>
+          <t>Лісове господарство</t>
         </is>
       </c>
       <c r="G349" s="3"/>
       <c r="H349" s="7" t="inlineStr">
         <is>
-          <t>- 19069</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I349" s="9"/>
       <c r="J349" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K349" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="350">
       <c r="A350" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B350" s="7" t="inlineStr">
         <is>
-          <t>205</t>
+          <t>227</t>
         </is>
       </c>
       <c r="C350" s="3" t="inlineStr">
         <is>
-          <t>Лісове господарство</t>
+          <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="D350" s="3"/>
       <c r="E350" s="6" t="n">
-        <v>25903</v>
+        <v>25905</v>
       </c>
       <c r="F350" s="3" t="inlineStr">
         <is>
-          <t>Лісове господарство</t>
+          <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="G350" s="3"/>
       <c r="H350" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I350" s="9"/>
+          <t>- 19070</t>
+        </is>
+      </c>
+      <c r="I350" s="9" t="n">
+        <v>46197</v>
+      </c>
       <c r="J350" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K350" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="351">
       <c r="A351" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B351" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C351" s="3" t="inlineStr">
         <is>
-          <t>Фізична терапія, ерготерапія</t>
-[...2 lines deleted...]
-      <c r="D351" s="3"/>
+          <t>Терапія та реабілітація</t>
+        </is>
+      </c>
+      <c r="D351" s="3" t="inlineStr">
+        <is>
+          <t>Фізична терапія</t>
+        </is>
+      </c>
       <c r="E351" s="6" t="n">
-        <v>25905</v>
+        <v>61218</v>
       </c>
       <c r="F351" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="G351" s="3"/>
       <c r="H351" s="7" t="inlineStr">
         <is>
-          <t>- 19070</t>
+          <t>- 19071</t>
         </is>
       </c>
       <c r="I351" s="9" t="n">
         <v>46197</v>
       </c>
       <c r="J351" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K351" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="352">
       <c r="A352" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B352" s="7" t="inlineStr">
         <is>
-          <t>227</t>
+          <t>281</t>
         </is>
       </c>
       <c r="C352" s="3" t="inlineStr">
         <is>
-          <t>Терапія та реабілітація</t>
-[...6 lines deleted...]
-      </c>
+          <t>Публічне управління та адміністрування</t>
+        </is>
+      </c>
+      <c r="D352" s="3"/>
       <c r="E352" s="6" t="n">
-        <v>61218</v>
+        <v>25893</v>
       </c>
       <c r="F352" s="3" t="inlineStr">
         <is>
-          <t>Фізична терапія, ерготерапія</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="G352" s="3"/>
       <c r="H352" s="7" t="inlineStr">
         <is>
-          <t>- 19071</t>
+          <t>- 19072</t>
         </is>
       </c>
       <c r="I352" s="9" t="n">
-        <v>46197</v>
+        <v>46569</v>
       </c>
       <c r="J352" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K352" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="353">
       <c r="A353" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B353" s="7" t="inlineStr">
         <is>
-          <t>281</t>
+          <t>291</t>
         </is>
       </c>
       <c r="C353" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
         </is>
       </c>
       <c r="D353" s="3"/>
       <c r="E353" s="6" t="n">
-        <v>25893</v>
+        <v>62500</v>
       </c>
       <c r="F353" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
-[...2 lines deleted...]
-      <c r="G353" s="3"/>
+          <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
+        </is>
+      </c>
+      <c r="G353" s="3" t="inlineStr">
+        <is>
+          <t>Освітньо-наукова</t>
+        </is>
+      </c>
       <c r="H353" s="7" t="inlineStr">
         <is>
-          <t>- 19072</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I353" s="9"/>
       <c r="J353" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K353" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="354">
       <c r="A354" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B354" s="7" t="inlineStr">
         <is>
-          <t>291</t>
+          <t>A1</t>
         </is>
       </c>
       <c r="C354" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
+          <t>Освітні науки</t>
         </is>
       </c>
       <c r="D354" s="3"/>
       <c r="E354" s="6" t="n">
-        <v>62500</v>
+        <v>80521</v>
       </c>
       <c r="F354" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
+          <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="G354" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H354" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I354" s="9"/>
+          <t>- 16086</t>
+        </is>
+      </c>
+      <c r="I354" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J354" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K354" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="355">
       <c r="A355" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B355" s="7" t="inlineStr">
         <is>
-          <t>A1</t>
+          <t>A4</t>
         </is>
       </c>
       <c r="C355" s="3" t="inlineStr">
         <is>
-          <t>Освітні науки</t>
+          <t>Середня освіта</t>
         </is>
       </c>
       <c r="D355" s="3"/>
       <c r="E355" s="6" t="n">
-        <v>80521</v>
+        <v>80522</v>
       </c>
       <c r="F355" s="3" t="inlineStr">
         <is>
-          <t>Освітні, педагогічні науки</t>
+          <t>Середня освіта (українська мова)</t>
         </is>
       </c>
       <c r="G355" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H355" s="7" t="inlineStr">
         <is>
-          <t>- 16086</t>
+          <t>- 16087</t>
         </is>
       </c>
       <c r="I355" s="9" t="n">
-        <v>46569</v>
+        <v>47300</v>
       </c>
       <c r="J355" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K355" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="356">
       <c r="A356" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B356" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C356" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D356" s="3"/>
       <c r="E356" s="6" t="n">
-        <v>80522</v>
+        <v>80527</v>
       </c>
       <c r="F356" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (українська мова)</t>
+          <t>Середня освіта (Фізика)</t>
         </is>
       </c>
       <c r="G356" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H356" s="7" t="inlineStr">
         <is>
-          <t>- 16087</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I356" s="9"/>
       <c r="J356" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K356" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="357">
       <c r="A357" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B357" s="7" t="inlineStr">
         <is>
-          <t>A4</t>
+          <t>A5</t>
         </is>
       </c>
       <c r="C357" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
+          <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D357" s="3"/>
       <c r="E357" s="6" t="n">
-        <v>80527</v>
+        <v>80523</v>
       </c>
       <c r="F357" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Фізика)</t>
+          <t>Професійна освіта</t>
         </is>
       </c>
       <c r="G357" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H357" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I357" s="9"/>
+          <t>- 16095</t>
+        </is>
+      </c>
+      <c r="I357" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J357" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K357" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="358">
       <c r="A358" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B358" s="7" t="inlineStr">
         <is>
-          <t>A5</t>
+          <t>B10</t>
         </is>
       </c>
       <c r="C358" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="D358" s="3"/>
       <c r="E358" s="6" t="n">
-        <v>80523</v>
+        <v>80541</v>
       </c>
       <c r="F358" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="G358" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H358" s="7" t="inlineStr">
         <is>
-          <t>- 16095</t>
+          <t>- 16090</t>
         </is>
       </c>
       <c r="I358" s="9" t="n">
-        <v>47300</v>
+        <v>46935</v>
       </c>
       <c r="J358" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K358" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="359">
       <c r="A359" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B359" s="7" t="inlineStr">
         <is>
-          <t>B10</t>
+          <t>B11</t>
         </is>
       </c>
       <c r="C359" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D359" s="3"/>
       <c r="E359" s="6" t="n">
-        <v>80541</v>
+        <v>80546</v>
       </c>
       <c r="F359" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="G359" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H359" s="7" t="inlineStr">
         <is>
-          <t>- 16090</t>
+          <t>- 16092</t>
         </is>
       </c>
       <c r="I359" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J359" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K359" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="360">
       <c r="A360" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B360" s="7" t="inlineStr">
         <is>
-          <t>B11</t>
+          <t>B12</t>
         </is>
       </c>
       <c r="C360" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
+          <t>Культурологія та музеєзнавство</t>
         </is>
       </c>
       <c r="D360" s="3"/>
       <c r="E360" s="6" t="n">
-        <v>80546</v>
+        <v>80544</v>
       </c>
       <c r="F360" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
+          <t>Культурологія</t>
         </is>
       </c>
       <c r="G360" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H360" s="7" t="inlineStr">
         <is>
-          <t>- 16092</t>
+          <t>- 16091</t>
         </is>
       </c>
       <c r="I360" s="9" t="n">
-        <v>46935</v>
+        <v>46569</v>
       </c>
       <c r="J360" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K360" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="361">
       <c r="A361" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B361" s="7" t="inlineStr">
         <is>
-          <t>B12</t>
+          <t>B4</t>
         </is>
       </c>
       <c r="C361" s="3" t="inlineStr">
         <is>
-          <t>Культурологія та музеєзнавство</t>
+          <t>Образотворче мистецтво та реставрація</t>
         </is>
       </c>
       <c r="D361" s="3"/>
       <c r="E361" s="6" t="n">
-        <v>80544</v>
+        <v>80657</v>
       </c>
       <c r="F361" s="3" t="inlineStr">
         <is>
-          <t>Культурологія</t>
+          <t>Образотворче мистецтво та реставрація</t>
         </is>
       </c>
       <c r="G361" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H361" s="7" t="inlineStr">
         <is>
-          <t>- 16091</t>
+          <t>- 17777</t>
         </is>
       </c>
       <c r="I361" s="9" t="n">
-        <v>46569</v>
+        <v>47665</v>
       </c>
       <c r="J361" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K361" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="362">
       <c r="A362" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B362" s="7" t="inlineStr">
         <is>
-          <t>B4</t>
+          <t>B5</t>
         </is>
       </c>
       <c r="C362" s="3" t="inlineStr">
         <is>
-          <t>Образотворче мистецтво та реставрація</t>
+          <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D362" s="3"/>
       <c r="E362" s="6" t="n">
-        <v>80657</v>
+        <v>80537</v>
       </c>
       <c r="F362" s="3" t="inlineStr">
         <is>
-          <t>Образотворче мистецтво та реставрація</t>
+          <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="G362" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H362" s="7" t="inlineStr">
         <is>
-          <t>- 17777</t>
+          <t>- 16088</t>
         </is>
       </c>
       <c r="I362" s="9" t="n">
-        <v>47665</v>
+        <v>46569</v>
       </c>
       <c r="J362" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K362" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="363">
       <c r="A363" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B363" s="7" t="inlineStr">
         <is>
-          <t>B5</t>
+          <t>B9</t>
         </is>
       </c>
       <c r="C363" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D363" s="3"/>
       <c r="E363" s="6" t="n">
-        <v>80537</v>
+        <v>80542</v>
       </c>
       <c r="F363" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="G363" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H363" s="7" t="inlineStr">
         <is>
-          <t>- 16088</t>
+          <t>- 16089</t>
         </is>
       </c>
       <c r="I363" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J363" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K363" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="364">
       <c r="A364" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B364" s="7" t="inlineStr">
         <is>
-          <t>B9</t>
+          <t>C1</t>
         </is>
       </c>
       <c r="C364" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D364" s="3"/>
       <c r="E364" s="6" t="n">
-        <v>80542</v>
+        <v>80548</v>
       </c>
       <c r="F364" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="G364" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H364" s="7" t="inlineStr">
         <is>
-          <t>- 16089</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I364" s="9"/>
       <c r="J364" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K364" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="365">
       <c r="A365" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B365" s="7" t="inlineStr">
         <is>
-          <t>C1</t>
+          <t>C2</t>
         </is>
       </c>
       <c r="C365" s="3" t="inlineStr">
         <is>
-          <t>Економіка та міжнародні економічні відносини</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="D365" s="3"/>
       <c r="E365" s="6" t="n">
-        <v>80548</v>
+        <v>80552</v>
       </c>
       <c r="F365" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="G365" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H365" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I365" s="9"/>
+          <t>- 16093</t>
+        </is>
+      </c>
+      <c r="I365" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J365" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K365" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="366">
       <c r="A366" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B366" s="7" t="inlineStr">
         <is>
-          <t>C2</t>
+          <t>C3</t>
         </is>
       </c>
       <c r="C366" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Міжнародні відносини</t>
         </is>
       </c>
       <c r="D366" s="3"/>
       <c r="E366" s="6" t="n">
-        <v>80552</v>
+        <v>80578</v>
       </c>
       <c r="F366" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
         </is>
       </c>
       <c r="G366" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H366" s="7" t="inlineStr">
         <is>
-          <t>- 16093</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I366" s="9"/>
       <c r="J366" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K366" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="367">
       <c r="A367" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B367" s="7" t="inlineStr">
         <is>
-          <t>C3</t>
+          <t>C4</t>
         </is>
       </c>
       <c r="C367" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні відносини</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D367" s="3"/>
       <c r="E367" s="6" t="n">
-        <v>80578</v>
+        <v>80554</v>
       </c>
       <c r="F367" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="G367" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H367" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I367" s="9"/>
+          <t>- 16094</t>
+        </is>
+      </c>
+      <c r="I367" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J367" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K367" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="368">
       <c r="A368" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B368" s="7" t="inlineStr">
         <is>
-          <t>C4</t>
+          <t>D1</t>
         </is>
       </c>
       <c r="C368" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D368" s="3"/>
       <c r="E368" s="6" t="n">
-        <v>80554</v>
+        <v>80555</v>
       </c>
       <c r="F368" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="G368" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H368" s="7" t="inlineStr">
         <is>
-          <t>- 16094</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I368" s="9"/>
       <c r="J368" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K368" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="369">
       <c r="A369" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B369" s="7" t="inlineStr">
         <is>
-          <t>D1</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C369" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D369" s="3"/>
       <c r="E369" s="6" t="n">
-        <v>80555</v>
+        <v>80557</v>
       </c>
       <c r="F369" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="G369" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H369" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I369" s="9"/>
       <c r="J369" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K369" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="370">
       <c r="A370" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B370" s="7" t="inlineStr">
         <is>
-          <t>D3</t>
+          <t>D4</t>
         </is>
       </c>
       <c r="C370" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D370" s="3"/>
       <c r="E370" s="6" t="n">
-        <v>80557</v>
+        <v>80575</v>
       </c>
       <c r="F370" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="G370" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H370" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I370" s="9"/>
+          <t>- 16106</t>
+        </is>
+      </c>
+      <c r="I370" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J370" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K370" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="371">
       <c r="A371" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B371" s="7" t="inlineStr">
         <is>
-          <t>D4</t>
+          <t>D8</t>
         </is>
       </c>
       <c r="C371" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D371" s="3"/>
       <c r="E371" s="6" t="n">
-        <v>80575</v>
+        <v>75902</v>
       </c>
       <c r="F371" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
-[...6 lines deleted...]
-      </c>
+          <t>Право</t>
+        </is>
+      </c>
+      <c r="G371" s="3"/>
       <c r="H371" s="7" t="inlineStr">
         <is>
-          <t>- 16106</t>
+          <t>- 16096</t>
         </is>
       </c>
       <c r="I371" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J371" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K371" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="372">
       <c r="A372" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B372" s="7" t="inlineStr">
         <is>
-          <t>D8</t>
+          <t>E1</t>
         </is>
       </c>
       <c r="C372" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D372" s="3"/>
       <c r="E372" s="6" t="n">
-        <v>75902</v>
+        <v>80559</v>
       </c>
       <c r="F372" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
-[...2 lines deleted...]
-      <c r="G372" s="3"/>
+          <t>Біологія</t>
+        </is>
+      </c>
+      <c r="G372" s="3" t="inlineStr">
+        <is>
+          <t>Освітньо-наукова</t>
+        </is>
+      </c>
       <c r="H372" s="7" t="inlineStr">
         <is>
-          <t>- 16096</t>
+          <t>- 16097</t>
         </is>
       </c>
       <c r="I372" s="9" t="n">
-        <v>46569</v>
+        <v>47300</v>
       </c>
       <c r="J372" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K372" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="373">
       <c r="A373" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B373" s="7" t="inlineStr">
         <is>
-          <t>E1</t>
+          <t>E2</t>
         </is>
       </c>
       <c r="C373" s="3" t="inlineStr">
         <is>
-          <t>Біологія та біохімія</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D373" s="3"/>
       <c r="E373" s="6" t="n">
-        <v>80559</v>
+        <v>80561</v>
       </c>
       <c r="F373" s="3" t="inlineStr">
         <is>
-          <t>Біологія</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="G373" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H373" s="7" t="inlineStr">
         <is>
-          <t>- 16097</t>
+          <t>- 16099</t>
         </is>
       </c>
       <c r="I373" s="9" t="n">
-        <v>47300</v>
+        <v>47665</v>
       </c>
       <c r="J373" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K373" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="374">
       <c r="A374" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B374" s="7" t="inlineStr">
         <is>
-          <t>E2</t>
+          <t>E3</t>
         </is>
       </c>
       <c r="C374" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Хімія</t>
         </is>
       </c>
       <c r="D374" s="3"/>
       <c r="E374" s="6" t="n">
-        <v>80561</v>
+        <v>80562</v>
       </c>
       <c r="F374" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Хімія</t>
         </is>
       </c>
       <c r="G374" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H374" s="7" t="inlineStr">
         <is>
-          <t>- 16099</t>
+          <t>- 16100</t>
         </is>
       </c>
       <c r="I374" s="9" t="n">
-        <v>47665</v>
+        <v>46569</v>
       </c>
       <c r="J374" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K374" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="375">
       <c r="A375" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B375" s="7" t="inlineStr">
         <is>
-          <t>E3</t>
+          <t>E5</t>
         </is>
       </c>
       <c r="C375" s="3" t="inlineStr">
         <is>
-          <t>Хімія</t>
+          <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="D375" s="3"/>
       <c r="E375" s="6" t="n">
-        <v>80562</v>
+        <v>80564</v>
       </c>
       <c r="F375" s="3" t="inlineStr">
         <is>
-          <t>Хімія</t>
+          <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="G375" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H375" s="7" t="inlineStr">
         <is>
-          <t>- 16100</t>
+          <t>- 16101</t>
         </is>
       </c>
       <c r="I375" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J375" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K375" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="376">
       <c r="A376" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B376" s="7" t="inlineStr">
         <is>
-          <t>E5</t>
+          <t>E6</t>
         </is>
       </c>
       <c r="C376" s="3" t="inlineStr">
         <is>
-          <t>Фізика та астрономія</t>
+          <t>Прикладна фізика та наноматеріали</t>
         </is>
       </c>
       <c r="D376" s="3"/>
       <c r="E376" s="6" t="n">
-        <v>80564</v>
+        <v>80565</v>
       </c>
       <c r="F376" s="3" t="inlineStr">
         <is>
-          <t>Фізика та астрономія</t>
+          <t>Прикладна фізика та наноматеріали</t>
         </is>
       </c>
       <c r="G376" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H376" s="7" t="inlineStr">
         <is>
-          <t>- 16101</t>
+          <t>- 16102</t>
         </is>
       </c>
       <c r="I376" s="9" t="n">
-        <v>46569</v>
+        <v>46935</v>
       </c>
       <c r="J376" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K376" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="377">
       <c r="A377" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B377" s="7" t="inlineStr">
         <is>
-          <t>E6</t>
+          <t>E7</t>
         </is>
       </c>
       <c r="C377" s="3" t="inlineStr">
         <is>
-          <t>Прикладна фізика та наноматеріали</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="D377" s="3"/>
       <c r="E377" s="6" t="n">
-        <v>80565</v>
+        <v>80566</v>
       </c>
       <c r="F377" s="3" t="inlineStr">
         <is>
-          <t>Прикладна фізика та наноматеріали</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="G377" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H377" s="7" t="inlineStr">
         <is>
-          <t>- 16102</t>
+          <t>- 16103</t>
         </is>
       </c>
       <c r="I377" s="9" t="n">
-        <v>46935</v>
+        <v>46569</v>
       </c>
       <c r="J377" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K377" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="378">
       <c r="A378" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B378" s="7" t="inlineStr">
         <is>
-          <t>E7</t>
+          <t>G5</t>
         </is>
       </c>
       <c r="C378" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D378" s="3"/>
       <c r="E378" s="6" t="n">
-        <v>80566</v>
+        <v>80571</v>
       </c>
       <c r="F378" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Електроніка</t>
         </is>
       </c>
       <c r="G378" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H378" s="7" t="inlineStr">
         <is>
-          <t>- 16103</t>
+          <t>- 16104</t>
         </is>
       </c>
       <c r="I378" s="9" t="n">
-        <v>46569</v>
+        <v>47300</v>
       </c>
       <c r="J378" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K378" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="379">
       <c r="A379" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B379" s="7" t="inlineStr">
         <is>
-          <t>G5</t>
+          <t>G8</t>
         </is>
       </c>
       <c r="C379" s="3" t="inlineStr">
         <is>
-          <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
+          <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D379" s="3"/>
       <c r="E379" s="6" t="n">
-        <v>80571</v>
+        <v>80568</v>
       </c>
       <c r="F379" s="3" t="inlineStr">
         <is>
-          <t>Електроніка</t>
+          <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="G379" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H379" s="7" t="inlineStr">
         <is>
-          <t>- 16104</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I379" s="9"/>
       <c r="J379" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K379" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="380">
       <c r="A380" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B380" s="7" t="inlineStr">
         <is>
-          <t>G8</t>
+          <t>H1</t>
         </is>
       </c>
       <c r="C380" s="3" t="inlineStr">
         <is>
-          <t>Матеріалознавство</t>
+          <t>Агрономія</t>
         </is>
       </c>
       <c r="D380" s="3"/>
       <c r="E380" s="6" t="n">
-        <v>80568</v>
+        <v>80572</v>
       </c>
       <c r="F380" s="3" t="inlineStr">
         <is>
-          <t>Матеріалознавство</t>
+          <t>Агрономія</t>
         </is>
       </c>
       <c r="G380" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H380" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I380" s="9"/>
+          <t>- 16105</t>
+        </is>
+      </c>
+      <c r="I380" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J380" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K380" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="381">
       <c r="A381" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B381" s="7" t="inlineStr">
         <is>
-          <t>H1</t>
+          <t>I7</t>
         </is>
       </c>
       <c r="C381" s="3" t="inlineStr">
         <is>
-          <t>Агрономія</t>
+          <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D381" s="3"/>
       <c r="E381" s="6" t="n">
-        <v>80572</v>
+        <v>75907</v>
       </c>
       <c r="F381" s="3" t="inlineStr">
         <is>
-          <t>Агрономія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Фізична терапія, ерготерапія</t>
+        </is>
+      </c>
+      <c r="G381" s="3"/>
       <c r="H381" s="7" t="inlineStr">
         <is>
-          <t>- 16105</t>
+          <t>- 17778</t>
         </is>
       </c>
       <c r="I381" s="9" t="n">
-        <v>47300</v>
+        <v>46197</v>
       </c>
       <c r="J381" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K381" s="9"/>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="382">
-[...39 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:K382"/>
+  <autoFilter ref="A1:K381"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I316"/>
+  <dimension ref="A1:I268"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -18600,91 +18551,91 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D4" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E4" s="6" t="n">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="F4" s="6" t="n">
         <v>10</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E5" s="6" t="n">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="F5" s="6" t="n">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -18788,85 +18739,85 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D9" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="E9" s="6" t="n">
         <v>12</v>
       </c>
       <c r="F9" s="6" t="n">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Біологія та здоров’я людини</t>
         </is>
       </c>
       <c r="E10" s="6" t="n">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="F10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
@@ -19007,128 +18958,128 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D15" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E15" s="6" t="n">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="F15" s="6" t="n">
         <v>6</v>
       </c>
       <c r="G15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D16" s="3" t="inlineStr">
         <is>
           <t>Мистецтво. Образотворче мистецтво</t>
         </is>
       </c>
       <c r="E16" s="6" t="n">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="F16" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D17" s="3" t="inlineStr">
         <is>
           <t>Мистецтво. Музичне мистецтво</t>
         </is>
       </c>
       <c r="E17" s="6" t="n">
         <v>16</v>
       </c>
       <c r="F17" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>A5</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
@@ -19158,81 +19109,81 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D19" s="3" t="inlineStr">
         <is>
           <t>Логопедія</t>
         </is>
       </c>
       <c r="E19" s="6" t="n">
         <v>51</v>
       </c>
       <c r="F19" s="6" t="n">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="G19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="6" t="n">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="F20" s="6" t="n">
         <v>9</v>
       </c>
       <c r="G20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>B10</t>
         </is>
       </c>
@@ -19258,88 +19209,88 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D22" s="3" t="inlineStr">
         <is>
           <t>Українська мова та література</t>
         </is>
       </c>
       <c r="E22" s="6" t="n">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="F22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D23" s="3" t="inlineStr">
         <is>
           <t>Слов’янські мови та літератури (переклад включно), перша - польська</t>
         </is>
       </c>
       <c r="E23" s="6" t="n">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="F23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
@@ -19372,51 +19323,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D25" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E25" s="6" t="n">
         <v>161</v>
       </c>
       <c r="F25" s="6" t="n">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="G25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
@@ -19443,88 +19394,88 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D27" s="3" t="inlineStr">
         <is>
           <t>Романські мови та літератури (переклад включно), перша - французька</t>
         </is>
       </c>
       <c r="E27" s="6" t="n">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="F27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B28" s="7" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D28" s="3" t="inlineStr">
         <is>
           <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="E28" s="6" t="n">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="F28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I28" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="7" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
@@ -19661,88 +19612,88 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B33" s="7" t="inlineStr">
         <is>
           <t>B6</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Перформативні мистецтва</t>
         </is>
       </c>
       <c r="D33" s="3" t="inlineStr">
         <is>
           <t>Сценічне мистецтво</t>
         </is>
       </c>
       <c r="E33" s="6" t="n">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="F33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I33" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B34" s="7" t="inlineStr">
         <is>
           <t>B6</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>Перформативні мистецтва</t>
         </is>
       </c>
       <c r="D34" s="3" t="inlineStr">
         <is>
           <t>Хореографічне мистецтво</t>
         </is>
       </c>
       <c r="E34" s="6" t="n">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I34" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B35" s="7" t="inlineStr">
         <is>
           <t>B9</t>
         </is>
       </c>
@@ -19904,51 +19855,51 @@
       <c r="H39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I39" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B40" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D40" s="3"/>
       <c r="E40" s="6" t="n">
-        <v>310</v>
+        <v>307</v>
       </c>
       <c r="F40" s="6" t="n">
         <v>122</v>
       </c>
       <c r="G40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I40" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B41" s="7" t="inlineStr">
         <is>
           <t>C6</t>
         </is>
       </c>
@@ -19970,51 +19921,51 @@
       <c r="H41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I41" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B42" s="7" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D42" s="3"/>
       <c r="E42" s="6" t="n">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="F42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I42" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B43" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
@@ -20069,51 +20020,51 @@
       <c r="H44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I44" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B45" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D45" s="3"/>
       <c r="E45" s="6" t="n">
-        <v>355</v>
+        <v>354</v>
       </c>
       <c r="F45" s="6" t="n">
         <v>66</v>
       </c>
       <c r="G45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I45" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B46" s="7" t="inlineStr">
         <is>
           <t>D4</t>
         </is>
       </c>
@@ -20204,51 +20155,51 @@
       <c r="I48" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B49" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C49" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D49" s="3"/>
       <c r="E49" s="6" t="n">
         <v>95</v>
       </c>
       <c r="F49" s="6" t="n">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I49" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B50" s="7" t="inlineStr">
         <is>
           <t>E1</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
           <t>Біологія та біохімія</t>
@@ -20465,84 +20416,84 @@
       <c r="H56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I56" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B57" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C57" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D57" s="3"/>
       <c r="E57" s="6" t="n">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="F57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I57" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B58" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C58" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D58" s="3"/>
       <c r="E58" s="6" t="n">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="F58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I58" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B59" s="7" t="inlineStr">
         <is>
           <t>F6</t>
         </is>
       </c>
@@ -20564,51 +20515,51 @@
       <c r="H59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I59" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B60" s="7" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
       <c r="C60" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D60" s="3"/>
       <c r="E60" s="6" t="n">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I60" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B61" s="7" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
@@ -20766,150 +20717,150 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B66" s="7" t="inlineStr">
         <is>
           <t>I7</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D66" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E66" s="6" t="n">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="F66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I66" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B67" s="7" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
       <c r="C67" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа та кейтеринг</t>
         </is>
       </c>
       <c r="D67" s="3"/>
       <c r="E67" s="6" t="n">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="F67" s="6" t="n">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="G67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I67" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B68" s="7" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
       <c r="C68" s="3" t="inlineStr">
         <is>
           <t>Туризм та рекреація</t>
         </is>
       </c>
       <c r="D68" s="3"/>
       <c r="E68" s="6" t="n">
         <v>65</v>
       </c>
       <c r="F68" s="6" t="n">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="G68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I68" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B69" s="7" t="inlineStr">
         <is>
           <t>K9</t>
         </is>
       </c>
       <c r="C69" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D69" s="3"/>
       <c r="E69" s="6" t="n">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="F69" s="6" t="n">
         <v>18</v>
       </c>
       <c r="G69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I69" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B70" s="7" t="inlineStr">
         <is>
           <t>012</t>
         </is>
       </c>
@@ -21005,162 +20956,162 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B73" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C73" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D73" s="3" t="inlineStr">
         <is>
           <t>Англійська мова і література</t>
         </is>
       </c>
       <c r="E73" s="6" t="n">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F73" s="6" t="n">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="G73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I73" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B74" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C74" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D74" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E74" s="6" t="n">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="F74" s="6" t="n">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="G74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I74" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B75" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C75" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D75" s="3" t="inlineStr">
         <is>
           <t>Німецька мова і література</t>
         </is>
       </c>
       <c r="E75" s="6" t="n">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I75" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B76" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C76" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D76" s="3" t="inlineStr">
         <is>
           <t>Німецька мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E76" s="6" t="n">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I76" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B77" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -21264,88 +21215,88 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B80" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C80" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D80" s="3" t="inlineStr">
         <is>
           <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E80" s="6" t="n">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="F80" s="6" t="n">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I80" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B81" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C81" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D81" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="E81" s="6" t="n">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="F81" s="6" t="n">
         <v>20</v>
       </c>
       <c r="G81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I81" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B82" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -21375,88 +21326,88 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B83" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C83" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D83" s="3" t="inlineStr">
         <is>
           <t>Хімія</t>
         </is>
       </c>
       <c r="E83" s="6" t="n">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="F83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I83" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B84" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C84" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D84" s="3" t="inlineStr">
         <is>
           <t>Географія</t>
         </is>
       </c>
       <c r="E84" s="6" t="n">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="F84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I84" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B85" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -21523,88 +21474,88 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B87" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C87" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D87" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E87" s="6" t="n">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="F87" s="6" t="n">
         <v>38</v>
       </c>
       <c r="G87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I87" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B88" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C88" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D88" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво</t>
         </is>
       </c>
       <c r="E88" s="6" t="n">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="F88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I88" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B89" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -21708,161 +21659,161 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B92" s="7" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
       <c r="C92" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D92" s="3" t="inlineStr">
         <is>
           <t>Цифрові технології</t>
         </is>
       </c>
       <c r="E92" s="6" t="n">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="F92" s="6" t="n">
         <v>19</v>
       </c>
       <c r="G92" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H92" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I92" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B93" s="7" t="inlineStr">
         <is>
           <t>016</t>
         </is>
       </c>
       <c r="C93" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D93" s="3" t="inlineStr">
         <is>
           <t>Логопедія</t>
         </is>
       </c>
       <c r="E93" s="6" t="n">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="F93" s="6" t="n">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="G93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I93" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B94" s="7" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C94" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D94" s="3"/>
       <c r="E94" s="6" t="n">
-        <v>143</v>
+        <v>136</v>
       </c>
       <c r="F94" s="6" t="n">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="G94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I94" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B95" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C95" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D95" s="3" t="inlineStr">
         <is>
           <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="E95" s="6" t="n">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="F95" s="6" t="n">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I95" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B96" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C96" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
@@ -21889,150 +21840,150 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B97" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C97" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D97" s="3" t="inlineStr">
         <is>
           <t>Дизайн середовища</t>
         </is>
       </c>
       <c r="E97" s="6" t="n">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="F97" s="6" t="n">
         <v>13</v>
       </c>
       <c r="G97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I97" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B98" s="7" t="inlineStr">
         <is>
           <t>023</t>
         </is>
       </c>
       <c r="C98" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
         </is>
       </c>
       <c r="D98" s="3"/>
       <c r="E98" s="6" t="n">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="F98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I98" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B99" s="7" t="inlineStr">
         <is>
           <t>024</t>
         </is>
       </c>
       <c r="C99" s="3" t="inlineStr">
         <is>
           <t>Хореографія</t>
         </is>
       </c>
       <c r="D99" s="3"/>
       <c r="E99" s="6" t="n">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="F99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I99" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B100" s="7" t="inlineStr">
         <is>
           <t>025</t>
         </is>
       </c>
       <c r="C100" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D100" s="3"/>
       <c r="E100" s="6" t="n">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I100" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B101" s="7" t="inlineStr">
         <is>
           <t>026</t>
         </is>
       </c>
@@ -22054,191 +22005,191 @@
       <c r="H101" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I101" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B102" s="7" t="inlineStr">
         <is>
           <t>028</t>
         </is>
       </c>
       <c r="C102" s="3" t="inlineStr">
         <is>
           <t>Менеджмент соціокультурної діяльності</t>
         </is>
       </c>
       <c r="D102" s="3"/>
       <c r="E102" s="6" t="n">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F102" s="6" t="n">
         <v>5</v>
       </c>
       <c r="G102" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H102" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I102" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B103" s="7" t="inlineStr">
         <is>
           <t>032</t>
         </is>
       </c>
       <c r="C103" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D103" s="3"/>
       <c r="E103" s="6" t="n">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="F103" s="6" t="n">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="G103" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H103" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I103" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B104" s="7" t="inlineStr">
         <is>
           <t>033</t>
         </is>
       </c>
       <c r="C104" s="3" t="inlineStr">
         <is>
           <t>Філософія</t>
         </is>
       </c>
       <c r="D104" s="3"/>
       <c r="E104" s="6" t="n">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="F104" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G104" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H104" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I104" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B105" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C105" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D105" s="3" t="inlineStr">
         <is>
           <t>українська мова та література</t>
         </is>
       </c>
       <c r="E105" s="6" t="n">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="F105" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G105" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H105" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I105" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B106" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C106" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D106" s="3" t="inlineStr">
         <is>
           <t>слов’янські мови та літератури (переклад включно), перша - польська</t>
         </is>
       </c>
       <c r="E106" s="6" t="n">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="F106" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G106" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H106" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I106" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B107" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
@@ -22268,125 +22219,125 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B108" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C108" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D108" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E108" s="6" t="n">
-        <v>382</v>
+        <v>369</v>
       </c>
       <c r="F108" s="6" t="n">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="G108" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H108" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I108" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B109" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C109" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D109" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - німецька</t>
         </is>
       </c>
       <c r="E109" s="6" t="n">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="F109" s="6" t="n">
         <v>9</v>
       </c>
       <c r="G109" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H109" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I109" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B110" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C110" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D110" s="3" t="inlineStr">
         <is>
           <t>романські мови та літератури (переклад включно), перша - французька</t>
         </is>
       </c>
       <c r="E110" s="6" t="n">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="F110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I110" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B111" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
@@ -22408,150 +22359,150 @@
       <c r="H111" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I111" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B112" s="7" t="inlineStr">
         <is>
           <t>052</t>
         </is>
       </c>
       <c r="C112" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="D112" s="3"/>
       <c r="E112" s="6" t="n">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="F112" s="6" t="n">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="G112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I112" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B113" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C113" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D113" s="3"/>
       <c r="E113" s="6" t="n">
-        <v>604</v>
+        <v>590</v>
       </c>
       <c r="F113" s="6" t="n">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="G113" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H113" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I113" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B114" s="7" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
       <c r="C114" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D114" s="3"/>
       <c r="E114" s="6" t="n">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="F114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I114" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B115" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C115" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D115" s="3"/>
       <c r="E115" s="6" t="n">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="F115" s="6" t="n">
         <v>64</v>
       </c>
       <c r="G115" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H115" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I115" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B116" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
@@ -22573,87 +22524,87 @@
       <c r="H116" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I116" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B117" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C117" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D117" s="3"/>
       <c r="E117" s="6" t="n">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="F117" s="6" t="n">
         <v>71</v>
       </c>
       <c r="G117" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H117" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I117" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B118" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C118" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D118" s="3"/>
       <c r="E118" s="6" t="n">
-        <v>370</v>
+        <v>364</v>
       </c>
       <c r="F118" s="6" t="n">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="G118" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H118" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I118" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B119" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C119" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
@@ -22705,150 +22656,150 @@
       <c r="H120" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I120" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B121" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C121" s="3" t="inlineStr">
         <is>
           <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="D121" s="3"/>
       <c r="E121" s="6" t="n">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="F121" s="6" t="n">
         <v>12</v>
       </c>
       <c r="G121" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H121" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I121" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B122" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C122" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D122" s="3"/>
       <c r="E122" s="6" t="n">
-        <v>441</v>
+        <v>428</v>
       </c>
       <c r="F122" s="6" t="n">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="G122" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H122" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I122" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B123" s="7" t="inlineStr">
         <is>
           <t>091</t>
         </is>
       </c>
       <c r="C123" s="3" t="inlineStr">
         <is>
           <t>Біологія</t>
         </is>
       </c>
       <c r="D123" s="3"/>
       <c r="E123" s="6" t="n">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="F123" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G123" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H123" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I123" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B124" s="7" t="inlineStr">
         <is>
           <t>091</t>
         </is>
       </c>
       <c r="C124" s="3" t="inlineStr">
         <is>
           <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D124" s="3"/>
       <c r="E124" s="6" t="n">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="F124" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G124" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H124" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I124" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B125" s="7" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
@@ -22903,51 +22854,51 @@
       <c r="H126" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I126" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B127" s="7" t="inlineStr">
         <is>
           <t>104</t>
         </is>
       </c>
       <c r="C127" s="3" t="inlineStr">
         <is>
           <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="D127" s="3"/>
       <c r="E127" s="6" t="n">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="F127" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G127" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H127" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I127" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B128" s="7" t="inlineStr">
         <is>
           <t>105</t>
         </is>
       </c>
@@ -22969,51 +22920,51 @@
       <c r="H128" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I128" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B129" s="7" t="inlineStr">
         <is>
           <t>106</t>
         </is>
       </c>
       <c r="C129" s="3" t="inlineStr">
         <is>
           <t>Географія</t>
         </is>
       </c>
       <c r="D129" s="3"/>
       <c r="E129" s="6" t="n">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F129" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G129" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H129" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I129" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B130" s="7" t="inlineStr">
         <is>
           <t>111</t>
         </is>
       </c>
@@ -23068,150 +23019,150 @@
       <c r="H131" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I131" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B132" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C132" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D132" s="3"/>
       <c r="E132" s="6" t="n">
-        <v>265</v>
+        <v>260</v>
       </c>
       <c r="F132" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G132" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H132" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I132" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B133" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C133" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D133" s="3"/>
       <c r="E133" s="6" t="n">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="F133" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G133" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H133" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I133" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B134" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C134" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D134" s="3"/>
       <c r="E134" s="6" t="n">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="F134" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G134" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H134" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I134" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B135" s="7" t="inlineStr">
         <is>
           <t>126</t>
         </is>
       </c>
       <c r="C135" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи та технології</t>
         </is>
       </c>
       <c r="D135" s="3"/>
       <c r="E135" s="6" t="n">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="F135" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G135" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H135" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I135" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B136" s="7" t="inlineStr">
         <is>
           <t>132</t>
         </is>
       </c>
@@ -23266,120 +23217,120 @@
       <c r="H137" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I137" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B138" s="7" t="inlineStr">
         <is>
           <t>171</t>
         </is>
       </c>
       <c r="C138" s="3" t="inlineStr">
         <is>
           <t>Електроніка</t>
         </is>
       </c>
       <c r="D138" s="3"/>
       <c r="E138" s="6" t="n">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F138" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G138" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H138" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I138" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B139" s="7" t="inlineStr">
         <is>
           <t>201</t>
         </is>
       </c>
       <c r="C139" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D139" s="3"/>
       <c r="E139" s="6" t="n">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="F139" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G139" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H139" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I139" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B140" s="7" t="inlineStr">
         <is>
           <t>205</t>
         </is>
       </c>
       <c r="C140" s="3" t="inlineStr">
         <is>
           <t>Лісове господарство</t>
         </is>
       </c>
       <c r="D140" s="3"/>
       <c r="E140" s="6" t="n">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="F140" s="6" t="n">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G140" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H140" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I140" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B141" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C141" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
@@ -23402,51 +23353,51 @@
       <c r="H141" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I141" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B142" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C142" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="D142" s="3"/>
       <c r="E142" s="6" t="n">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="F142" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G142" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H142" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I142" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B143" s="7" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
@@ -23468,54 +23419,54 @@
       <c r="H143" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I143" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B144" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C144" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D144" s="3"/>
       <c r="E144" s="6" t="n">
-        <v>193</v>
+        <v>187</v>
       </c>
       <c r="F144" s="6" t="n">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G144" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H144" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I144" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B145" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C145" s="3" t="inlineStr">
         <is>
           <t>Туризм</t>
@@ -23534,117 +23485,117 @@
       <c r="H145" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I145" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B146" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C146" s="3" t="inlineStr">
         <is>
           <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D146" s="3"/>
       <c r="E146" s="6" t="n">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="F146" s="6" t="n">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G146" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H146" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I146" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B147" s="7" t="inlineStr">
         <is>
           <t>262</t>
         </is>
       </c>
       <c r="C147" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D147" s="3"/>
       <c r="E147" s="6" t="n">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="F147" s="6" t="n">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G147" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H147" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I147" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B148" s="7" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
       <c r="C148" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D148" s="3"/>
       <c r="E148" s="6" t="n">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="F148" s="6" t="n">
         <v>9</v>
       </c>
       <c r="G148" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H148" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I148" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B149" s="7" t="inlineStr">
         <is>
           <t>291</t>
         </is>
       </c>
@@ -23842,51 +23793,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B155" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C155" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D155" s="3" t="inlineStr">
         <is>
           <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E155" s="6" t="n">
         <v>21</v>
       </c>
       <c r="F155" s="6" t="n">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G155" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H155" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I155" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B156" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C156" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -23950,51 +23901,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B158" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C158" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D158" s="3" t="inlineStr">
         <is>
           <t>Географія</t>
         </is>
       </c>
       <c r="E158" s="6" t="n">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F158" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G158" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H158" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I158" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B159" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
@@ -24098,88 +24049,88 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B162" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C162" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D162" s="3" t="inlineStr">
         <is>
           <t>Мистецтво. Образотворче мистецтво</t>
         </is>
       </c>
       <c r="E162" s="6" t="n">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="F162" s="6" t="n">
         <v>5</v>
       </c>
       <c r="G162" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H162" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I162" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B163" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C163" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D163" s="3" t="inlineStr">
         <is>
           <t>Мистецтво. Музичне мистецтво</t>
         </is>
       </c>
       <c r="E163" s="6" t="n">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="F163" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G163" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H163" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I163" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B164" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
@@ -24275,206 +24226,206 @@
       <c r="H166" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I166" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B167" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C167" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D167" s="3" t="inlineStr">
         <is>
-          <t>Українська мова та література</t>
+          <t>Романські мови та літератури (переклад включно), перша - французька</t>
         </is>
       </c>
       <c r="E167" s="6" t="n">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="F167" s="6" t="n">
-        <v>18</v>
+        <v>0</v>
       </c>
       <c r="G167" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H167" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I167" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B168" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C168" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D168" s="3" t="inlineStr">
         <is>
-          <t>Слов’янські мови та літератури (переклад включно), перша - польська</t>
+          <t>Германські мови та літератури (переклад включно), перша - німецька</t>
         </is>
       </c>
       <c r="E168" s="6" t="n">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="F168" s="6" t="n">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="G168" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H168" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I168" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B169" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C169" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D169" s="3" t="inlineStr">
         <is>
-          <t>Германські мови та літератури (переклад включно), перша - англійська</t>
+          <t>Українська мова та література</t>
         </is>
       </c>
       <c r="E169" s="6" t="n">
-        <v>38</v>
+        <v>10</v>
       </c>
       <c r="F169" s="6" t="n">
-        <v>64</v>
+        <v>18</v>
       </c>
       <c r="G169" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H169" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I169" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B170" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C170" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D170" s="3" t="inlineStr">
         <is>
-          <t>Германські мови та літератури (переклад включно), перша - німецька</t>
+          <t>Слов’янські мови та літератури (переклад включно), перша - польська</t>
         </is>
       </c>
       <c r="E170" s="6" t="n">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F170" s="6" t="n">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="G170" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H170" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I170" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B171" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C171" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D171" s="3" t="inlineStr">
         <is>
-          <t>Романські мови та літератури (переклад включно), перша - французька</t>
+          <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E171" s="6" t="n">
-        <v>4</v>
+        <v>37</v>
       </c>
       <c r="F171" s="6" t="n">
-        <v>0</v>
+        <v>64</v>
       </c>
       <c r="G171" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H171" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I171" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B172" s="7" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="C172" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
@@ -24641,51 +24592,51 @@
       <c r="H176" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I176" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B177" s="7" t="inlineStr">
         <is>
           <t>B9</t>
         </is>
       </c>
       <c r="C177" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D177" s="3"/>
       <c r="E177" s="6" t="n">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="F177" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G177" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H177" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I177" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B178" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
@@ -24814,84 +24765,84 @@
       <c r="H181" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I181" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B182" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C182" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D182" s="3"/>
       <c r="E182" s="6" t="n">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="F182" s="6" t="n">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="G182" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H182" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I182" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B183" s="7" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C183" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D183" s="3"/>
       <c r="E183" s="6" t="n">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F183" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G183" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H183" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I183" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B184" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
@@ -24946,51 +24897,51 @@
       <c r="H185" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I185" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B186" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C186" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D186" s="3"/>
       <c r="E186" s="6" t="n">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F186" s="6" t="n">
         <v>16</v>
       </c>
       <c r="G186" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H186" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I186" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B187" s="7" t="inlineStr">
         <is>
           <t>D4</t>
         </is>
       </c>
@@ -25045,51 +24996,51 @@
       <c r="H188" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I188" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B189" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C189" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D189" s="3"/>
       <c r="E189" s="6" t="n">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="F189" s="6" t="n">
         <v>69</v>
       </c>
       <c r="G189" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H189" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I189" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B190" s="7" t="inlineStr">
         <is>
           <t>E1</t>
         </is>
       </c>
@@ -25342,84 +25293,84 @@
       <c r="H197" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I197" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B198" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C198" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D198" s="3"/>
       <c r="E198" s="6" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F198" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G198" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H198" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I198" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B199" s="7" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
       <c r="C199" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D199" s="3"/>
       <c r="E199" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F199" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G199" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H199" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I199" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B200" s="7" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
@@ -25441,51 +25392,51 @@
       <c r="H200" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I200" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B201" s="7" t="inlineStr">
         <is>
           <t>H1</t>
         </is>
       </c>
       <c r="C201" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D201" s="3"/>
       <c r="E201" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F201" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G201" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H201" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I201" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B202" s="7" t="inlineStr">
         <is>
           <t>H4</t>
         </is>
       </c>
@@ -25544,51 +25495,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B204" s="7" t="inlineStr">
         <is>
           <t>I7</t>
         </is>
       </c>
       <c r="C204" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D204" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E204" s="6" t="n">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="F204" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G204" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H204" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I204" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B205" s="7" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
@@ -25633,3754 +25584,2106 @@
       <c r="D206" s="3"/>
       <c r="E206" s="6" t="n">
         <v>13</v>
       </c>
       <c r="F206" s="6" t="n">
         <v>6</v>
       </c>
       <c r="G206" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H206" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I206" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B207" s="7" t="inlineStr">
         <is>
-          <t>011</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C207" s="3" t="inlineStr">
         <is>
-          <t>Освітні, педагогічні науки</t>
-[...2 lines deleted...]
-      <c r="D207" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D207" s="3" t="inlineStr">
+        <is>
+          <t>Інформатика</t>
+        </is>
+      </c>
       <c r="E207" s="6" t="n">
-        <v>17</v>
+        <v>0</v>
       </c>
       <c r="F207" s="6" t="n">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="G207" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H207" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I207" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B208" s="7" t="inlineStr">
         <is>
-          <t>012</t>
+          <t>025</t>
         </is>
       </c>
       <c r="C208" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта</t>
+          <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D208" s="3"/>
       <c r="E208" s="6" t="n">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F208" s="6" t="n">
-        <v>23</v>
+        <v>0</v>
       </c>
       <c r="G208" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H208" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I208" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B209" s="7" t="inlineStr">
         <is>
-          <t>013</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C209" s="3" t="inlineStr">
         <is>
-          <t>Початкова освіта</t>
-[...2 lines deleted...]
-      <c r="D209" s="3"/>
+          <t>Філологія</t>
+        </is>
+      </c>
+      <c r="D209" s="3" t="inlineStr">
+        <is>
+          <t>германські мови та літератури (переклад включно), перша - англійська</t>
+        </is>
+      </c>
       <c r="E209" s="6" t="n">
-        <v>19</v>
+        <v>1</v>
       </c>
       <c r="F209" s="6" t="n">
-        <v>49</v>
+        <v>0</v>
       </c>
       <c r="G209" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H209" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I209" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B210" s="7" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C210" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Психологія</t>
+        </is>
+      </c>
+      <c r="D210" s="3"/>
       <c r="E210" s="6" t="n">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="F210" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G210" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H210" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I210" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B211" s="7" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>072</t>
         </is>
       </c>
       <c r="C211" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Фінанси, банківська справа та страхування</t>
+        </is>
+      </c>
+      <c r="D211" s="3"/>
       <c r="E211" s="6" t="n">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="F211" s="6" t="n">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="G211" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H211" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I211" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B212" s="7" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>081</t>
         </is>
       </c>
       <c r="C212" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Право</t>
+        </is>
+      </c>
+      <c r="D212" s="3"/>
       <c r="E212" s="6" t="n">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="F212" s="6" t="n">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="G212" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H212" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I212" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B213" s="7" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C213" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Комп'ютерні науки</t>
+        </is>
+      </c>
+      <c r="D213" s="3"/>
       <c r="E213" s="6" t="n">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F213" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G213" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H213" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I213" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B214" s="7" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>227</t>
         </is>
       </c>
       <c r="C214" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
+          <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D214" s="3" t="inlineStr">
         <is>
-          <t>Географія</t>
+          <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E214" s="6" t="n">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="F214" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G214" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H214" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I214" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="215">
       <c r="A215" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B215" s="7" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>231</t>
         </is>
       </c>
       <c r="C215" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Соціальна робота</t>
+        </is>
+      </c>
+      <c r="D215" s="3"/>
       <c r="E215" s="6" t="n">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="F215" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G215" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H215" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I215" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="216">
       <c r="A216" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B216" s="7" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>A1</t>
         </is>
       </c>
       <c r="C216" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Освітні науки</t>
+        </is>
+      </c>
+      <c r="D216" s="3"/>
       <c r="E216" s="6" t="n">
-        <v>13</v>
+        <v>2</v>
       </c>
       <c r="F216" s="6" t="n">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="G216" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H216" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I216" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="217">
       <c r="A217" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B217" s="7" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>A5</t>
         </is>
       </c>
       <c r="C217" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Професійна освіта</t>
+        </is>
+      </c>
+      <c r="D217" s="3"/>
       <c r="E217" s="6" t="n">
-        <v>29</v>
+        <v>2</v>
       </c>
       <c r="F217" s="6" t="n">
-        <v>17</v>
+        <v>0</v>
       </c>
       <c r="G217" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H217" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I217" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="218">
       <c r="A218" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B218" s="7" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>B11</t>
         </is>
       </c>
       <c r="C218" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Філологія</t>
+        </is>
+      </c>
+      <c r="D218" s="3"/>
       <c r="E218" s="6" t="n">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="F218" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G218" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H218" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I218" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="219">
       <c r="A219" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B219" s="7" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>B4</t>
         </is>
       </c>
       <c r="C219" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Образотворче мистецтво та реставрація</t>
+        </is>
+      </c>
+      <c r="D219" s="3"/>
       <c r="E219" s="6" t="n">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="F219" s="6" t="n">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="G219" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H219" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I219" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="220">
       <c r="A220" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B220" s="7" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>B5</t>
         </is>
       </c>
       <c r="C220" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Музичне мистецтво</t>
+        </is>
+      </c>
+      <c r="D220" s="3"/>
       <c r="E220" s="6" t="n">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="F220" s="6" t="n">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="G220" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H220" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I220" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="221">
       <c r="A221" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B221" s="7" t="inlineStr">
         <is>
-          <t>016</t>
+          <t>B9</t>
         </is>
       </c>
       <c r="C221" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Історія та археологія</t>
+        </is>
+      </c>
+      <c r="D221" s="3"/>
       <c r="E221" s="6" t="n">
-        <v>15</v>
+        <v>2</v>
       </c>
       <c r="F221" s="6" t="n">
-        <v>44</v>
+        <v>0</v>
       </c>
       <c r="G221" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H221" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I221" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="222">
       <c r="A222" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B222" s="7" t="inlineStr">
         <is>
-          <t>017</t>
+          <t>C1</t>
         </is>
       </c>
       <c r="C222" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
+          <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D222" s="3"/>
       <c r="E222" s="6" t="n">
-        <v>62</v>
+        <v>2</v>
       </c>
       <c r="F222" s="6" t="n">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="G222" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H222" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I222" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="223">
       <c r="A223" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B223" s="7" t="inlineStr">
         <is>
-          <t>022</t>
+          <t>C2</t>
         </is>
       </c>
       <c r="C223" s="3" t="inlineStr">
         <is>
-          <t>Дизайн</t>
-[...6 lines deleted...]
-      </c>
+          <t>Політологія</t>
+        </is>
+      </c>
+      <c r="D223" s="3"/>
       <c r="E223" s="6" t="n">
-        <v>20</v>
+        <v>2</v>
       </c>
       <c r="F223" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G223" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H223" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I223" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="224">
       <c r="A224" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B224" s="7" t="inlineStr">
         <is>
-          <t>023</t>
+          <t>C3</t>
         </is>
       </c>
       <c r="C224" s="3" t="inlineStr">
         <is>
-          <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
+          <t>Міжнародні відносини</t>
         </is>
       </c>
       <c r="D224" s="3"/>
       <c r="E224" s="6" t="n">
-        <v>13</v>
+        <v>2</v>
       </c>
       <c r="F224" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G224" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H224" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I224" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="225">
       <c r="A225" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B225" s="7" t="inlineStr">
         <is>
-          <t>025</t>
+          <t>C4</t>
         </is>
       </c>
       <c r="C225" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D225" s="3"/>
       <c r="E225" s="6" t="n">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="F225" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G225" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H225" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I225" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="226">
       <c r="A226" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B226" s="7" t="inlineStr">
         <is>
-          <t>028</t>
+          <t>D1</t>
         </is>
       </c>
       <c r="C226" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент соціокультурної діяльності</t>
+          <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D226" s="3"/>
       <c r="E226" s="6" t="n">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="F226" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G226" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H226" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I226" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="227">
       <c r="A227" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B227" s="7" t="inlineStr">
         <is>
-          <t>032</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C227" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D227" s="3"/>
       <c r="E227" s="6" t="n">
-        <v>24</v>
+        <v>0</v>
       </c>
       <c r="F227" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G227" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H227" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I227" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="228">
       <c r="A228" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B228" s="7" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>D4</t>
         </is>
       </c>
       <c r="C228" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Публічне управління та адміністрування</t>
+        </is>
+      </c>
+      <c r="D228" s="3"/>
       <c r="E228" s="6" t="n">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="F228" s="6" t="n">
-        <v>31</v>
+        <v>0</v>
       </c>
       <c r="G228" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H228" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I228" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="229">
       <c r="A229" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B229" s="7" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>D8</t>
         </is>
       </c>
       <c r="C229" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Право</t>
+        </is>
+      </c>
+      <c r="D229" s="3"/>
       <c r="E229" s="6" t="n">
-        <v>13</v>
+        <v>2</v>
       </c>
       <c r="F229" s="6" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G229" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H229" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I229" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="230">
       <c r="A230" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B230" s="7" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>E1</t>
         </is>
       </c>
       <c r="C230" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Біологія та біохімія</t>
+        </is>
+      </c>
+      <c r="D230" s="3"/>
       <c r="E230" s="6" t="n">
-        <v>32</v>
+        <v>2</v>
       </c>
       <c r="F230" s="6" t="n">
-        <v>63</v>
+        <v>0</v>
       </c>
       <c r="G230" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H230" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I230" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="231">
       <c r="A231" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B231" s="7" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>E2</t>
         </is>
       </c>
       <c r="C231" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Екологія</t>
+        </is>
+      </c>
+      <c r="D231" s="3"/>
       <c r="E231" s="6" t="n">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="F231" s="6" t="n">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="G231" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H231" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I231" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="232">
       <c r="A232" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B232" s="7" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>E6</t>
         </is>
       </c>
       <c r="C232" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Прикладна фізика та наноматеріали</t>
+        </is>
+      </c>
+      <c r="D232" s="3"/>
       <c r="E232" s="6" t="n">
         <v>4</v>
       </c>
       <c r="F232" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G232" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H232" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I232" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="233">
       <c r="A233" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B233" s="7" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>E7</t>
         </is>
       </c>
       <c r="C233" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="D233" s="3"/>
       <c r="E233" s="6" t="n">
-        <v>14</v>
+        <v>1</v>
       </c>
       <c r="F233" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G233" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H233" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I233" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="234">
       <c r="A234" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B234" s="7" t="inlineStr">
         <is>
-          <t>052</t>
+          <t>G5</t>
         </is>
       </c>
       <c r="C234" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D234" s="3"/>
       <c r="E234" s="6" t="n">
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="F234" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G234" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H234" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I234" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="235">
       <c r="A235" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B235" s="7" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>G8</t>
         </is>
       </c>
       <c r="C235" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D235" s="3"/>
       <c r="E235" s="6" t="n">
-        <v>45</v>
+        <v>1</v>
       </c>
       <c r="F235" s="6" t="n">
-        <v>135</v>
+        <v>0</v>
       </c>
       <c r="G235" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H235" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I235" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="236">
       <c r="A236" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B236" s="7" t="inlineStr">
         <is>
-          <t>061</t>
+          <t>H1</t>
         </is>
       </c>
       <c r="C236" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Агрономія</t>
         </is>
       </c>
       <c r="D236" s="3"/>
       <c r="E236" s="6" t="n">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="F236" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G236" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H236" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I236" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="237">
       <c r="A237" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B237" s="7" t="inlineStr">
         <is>
-          <t>071</t>
+          <t>I7</t>
         </is>
       </c>
       <c r="C237" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D237" s="3"/>
       <c r="E237" s="6" t="n">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="F237" s="6" t="n">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="G237" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H237" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I237" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="238">
       <c r="A238" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B238" s="7" t="inlineStr">
         <is>
-          <t>072</t>
+          <t>011</t>
         </is>
       </c>
       <c r="C238" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа та страхування</t>
+          <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D238" s="3"/>
       <c r="E238" s="6" t="n">
+        <v>16</v>
+      </c>
+      <c r="F238" s="6" t="n">
+        <v>5</v>
+      </c>
+      <c r="G238" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="H238" s="6" t="n">
         <v>1</v>
-      </c>
-[...7 lines deleted...]
-        <v>0</v>
       </c>
       <c r="I238" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="239">
       <c r="A239" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B239" s="7" t="inlineStr">
         <is>
-          <t>072</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C239" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Середня освіта</t>
         </is>
       </c>
       <c r="D239" s="3"/>
       <c r="E239" s="6" t="n">
-        <v>25</v>
+        <v>7</v>
       </c>
       <c r="F239" s="6" t="n">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="G239" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H239" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I239" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="240">
       <c r="A240" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B240" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>015</t>
         </is>
       </c>
       <c r="C240" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D240" s="3"/>
       <c r="E240" s="6" t="n">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="F240" s="6" t="n">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="G240" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H240" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I240" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="241">
       <c r="A241" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B241" s="7" t="inlineStr">
         <is>
-          <t>075</t>
+          <t>017</t>
         </is>
       </c>
       <c r="C241" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D241" s="3"/>
       <c r="E241" s="6" t="n">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="F241" s="6" t="n">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G241" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H241" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I241" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="242">
       <c r="A242" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B242" s="7" t="inlineStr">
         <is>
-          <t>076</t>
+          <t>023</t>
         </is>
       </c>
       <c r="C242" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво та торгівля</t>
+          <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
         </is>
       </c>
       <c r="D242" s="3"/>
       <c r="E242" s="6" t="n">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="F242" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G242" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H242" s="6" t="n">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="I242" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="243">
       <c r="A243" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B243" s="7" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>025</t>
         </is>
       </c>
       <c r="C243" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D243" s="3"/>
       <c r="E243" s="6" t="n">
-        <v>64</v>
+        <v>18</v>
       </c>
       <c r="F243" s="6" t="n">
-        <v>94</v>
+        <v>1</v>
       </c>
       <c r="G243" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H243" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I243" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="244">
       <c r="A244" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B244" s="7" t="inlineStr">
         <is>
-          <t>091</t>
+          <t>032</t>
         </is>
       </c>
       <c r="C244" s="3" t="inlineStr">
         <is>
-          <t>Біологія та біохімія</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D244" s="3"/>
       <c r="E244" s="6" t="n">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="F244" s="6" t="n">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="G244" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H244" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I244" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="245">
       <c r="A245" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B245" s="7" t="inlineStr">
         <is>
-          <t>101</t>
+          <t>033</t>
         </is>
       </c>
       <c r="C245" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="D245" s="3"/>
       <c r="E245" s="6" t="n">
-        <v>19</v>
+        <v>5</v>
       </c>
       <c r="F245" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G245" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H245" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I245" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="246">
       <c r="A246" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B246" s="7" t="inlineStr">
         <is>
-          <t>102</t>
+          <t>034</t>
         </is>
       </c>
       <c r="C246" s="3" t="inlineStr">
         <is>
-          <t>Хімія</t>
+          <t>Культурологія</t>
         </is>
       </c>
       <c r="D246" s="3"/>
       <c r="E246" s="6" t="n">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="F246" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G246" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H246" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I246" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="247">
       <c r="A247" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B247" s="7" t="inlineStr">
         <is>
-          <t>104</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C247" s="3" t="inlineStr">
         <is>
-          <t>Фізика та астрономія</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D247" s="3"/>
       <c r="E247" s="6" t="n">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="F247" s="6" t="n">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="G247" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H247" s="6" t="n">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="I247" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="248">
       <c r="A248" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B248" s="7" t="inlineStr">
         <is>
-          <t>105</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C248" s="3" t="inlineStr">
         <is>
-          <t>Прикладна фізика та наноматеріали</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D248" s="3"/>
       <c r="E248" s="6" t="n">
-        <v>9</v>
+        <v>72</v>
       </c>
       <c r="F248" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G248" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H248" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I248" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="249">
       <c r="A249" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B249" s="7" t="inlineStr">
         <is>
-          <t>111</t>
+          <t>052</t>
         </is>
       </c>
       <c r="C249" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="D249" s="3"/>
       <c r="E249" s="6" t="n">
-        <v>10</v>
+        <v>51</v>
       </c>
       <c r="F249" s="6" t="n">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G249" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H249" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I249" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="250">
       <c r="A250" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B250" s="7" t="inlineStr">
         <is>
-          <t>113</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C250" s="3" t="inlineStr">
         <is>
-          <t>Прикладна математика</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D250" s="3"/>
       <c r="E250" s="6" t="n">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F250" s="6" t="n">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="G250" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H250" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I250" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="251">
       <c r="A251" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B251" s="7" t="inlineStr">
         <is>
-          <t>121</t>
+          <t>071</t>
         </is>
       </c>
       <c r="C251" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D251" s="3"/>
       <c r="E251" s="6" t="n">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="F251" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G251" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H251" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I251" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="252">
       <c r="A252" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B252" s="7" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C252" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D252" s="3"/>
       <c r="E252" s="6" t="n">
-        <v>19</v>
+        <v>2</v>
       </c>
       <c r="F252" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G252" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H252" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I252" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="253">
       <c r="A253" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B253" s="7" t="inlineStr">
         <is>
-          <t>123</t>
+          <t>081</t>
         </is>
       </c>
       <c r="C253" s="3" t="inlineStr">
         <is>
-          <t>Комп’ютерна інженерія</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D253" s="3"/>
       <c r="E253" s="6" t="n">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="F253" s="6" t="n">
-        <v>0</v>
+        <v>14</v>
       </c>
       <c r="G253" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H253" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I253" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="254">
       <c r="A254" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B254" s="7" t="inlineStr">
         <is>
-          <t>201</t>
+          <t>091</t>
         </is>
       </c>
       <c r="C254" s="3" t="inlineStr">
         <is>
-          <t>Агрономія</t>
+          <t>Біологія</t>
         </is>
       </c>
       <c r="D254" s="3"/>
       <c r="E254" s="6" t="n">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="F254" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G254" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H254" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I254" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="255">
       <c r="A255" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B255" s="7" t="inlineStr">
         <is>
-          <t>205</t>
+          <t>091</t>
         </is>
       </c>
       <c r="C255" s="3" t="inlineStr">
         <is>
-          <t>Лісове господарство</t>
+          <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D255" s="3"/>
       <c r="E255" s="6" t="n">
-        <v>19</v>
+        <v>4</v>
       </c>
       <c r="F255" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G255" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H255" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I255" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="256">
       <c r="A256" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B256" s="7" t="inlineStr">
         <is>
-          <t>227</t>
+          <t>101</t>
         </is>
       </c>
       <c r="C256" s="3" t="inlineStr">
         <is>
-          <t>Терапія та реабілітація</t>
-[...6 lines deleted...]
-      </c>
+          <t>Екологія</t>
+        </is>
+      </c>
+      <c r="D256" s="3"/>
       <c r="E256" s="6" t="n">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="F256" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G256" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H256" s="6" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="I256" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="257">
       <c r="A257" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B257" s="7" t="inlineStr">
         <is>
-          <t>231</t>
+          <t>102</t>
         </is>
       </c>
       <c r="C257" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота</t>
+          <t>Хімія</t>
         </is>
       </c>
       <c r="D257" s="3"/>
       <c r="E257" s="6" t="n">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="F257" s="6" t="n">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G257" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H257" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I257" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="258">
       <c r="A258" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B258" s="7" t="inlineStr">
         <is>
-          <t>241</t>
+          <t>104</t>
         </is>
       </c>
       <c r="C258" s="3" t="inlineStr">
         <is>
-          <t>Готельно-ресторанна справа</t>
+          <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="D258" s="3"/>
       <c r="E258" s="6" t="n">
-        <v>27</v>
+        <v>13</v>
       </c>
       <c r="F258" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G258" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H258" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I258" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="259">
       <c r="A259" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B259" s="7" t="inlineStr">
         <is>
-          <t>242</t>
+          <t>105</t>
         </is>
       </c>
       <c r="C259" s="3" t="inlineStr">
         <is>
-          <t>Туризм і рекреація</t>
+          <t>Прикладна фізика та наноматеріали</t>
         </is>
       </c>
       <c r="D259" s="3"/>
       <c r="E259" s="6" t="n">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="F259" s="6" t="n">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G259" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H259" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I259" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="260">
       <c r="A260" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B260" s="7" t="inlineStr">
         <is>
-          <t>281</t>
+          <t>111</t>
         </is>
       </c>
       <c r="C260" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="D260" s="3"/>
       <c r="E260" s="6" t="n">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="F260" s="6" t="n">
-        <v>14</v>
+        <v>1</v>
       </c>
       <c r="G260" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H260" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I260" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="261">
       <c r="A261" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B261" s="7" t="inlineStr">
         <is>
-          <t>291</t>
+          <t>132</t>
         </is>
       </c>
       <c r="C261" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
+          <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D261" s="3"/>
       <c r="E261" s="6" t="n">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="F261" s="6" t="n">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="G261" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H261" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I261" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="262">
       <c r="A262" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B262" s="7" t="inlineStr">
         <is>
-          <t>292</t>
+          <t>171</t>
         </is>
       </c>
       <c r="C262" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні економічні відносини</t>
+          <t>Електроніка</t>
         </is>
       </c>
       <c r="D262" s="3"/>
       <c r="E262" s="6" t="n">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F262" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G262" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H262" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I262" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="263">
       <c r="A263" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B263" s="7" t="inlineStr">
         <is>
-          <t>A1</t>
+          <t>201</t>
         </is>
       </c>
       <c r="C263" s="3" t="inlineStr">
         <is>
-          <t>Освітні науки</t>
+          <t>Агрономія</t>
         </is>
       </c>
       <c r="D263" s="3"/>
       <c r="E263" s="6" t="n">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="F263" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G263" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H263" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I263" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="264">
       <c r="A264" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B264" s="7" t="inlineStr">
         <is>
-          <t>A5</t>
+          <t>205</t>
         </is>
       </c>
       <c r="C264" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта</t>
+          <t>Лісове господарство</t>
         </is>
       </c>
       <c r="D264" s="3"/>
       <c r="E264" s="6" t="n">
+        <v>8</v>
+      </c>
+      <c r="F264" s="6" t="n">
         <v>2</v>
       </c>
-      <c r="F264" s="6" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="G264" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H264" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I264" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="265">
       <c r="A265" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B265" s="7" t="inlineStr">
         <is>
-          <t>B11</t>
+          <t>227</t>
         </is>
       </c>
       <c r="C265" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...2 lines deleted...]
-      <c r="D265" s="3"/>
+          <t>Терапія та реабілітація</t>
+        </is>
+      </c>
+      <c r="D265" s="3" t="inlineStr">
+        <is>
+          <t>Фізична терапія</t>
+        </is>
+      </c>
       <c r="E265" s="6" t="n">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="F265" s="6" t="n">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G265" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H265" s="6" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="I265" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="266">
       <c r="A266" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B266" s="7" t="inlineStr">
         <is>
-          <t>B4</t>
+          <t>227</t>
         </is>
       </c>
       <c r="C266" s="3" t="inlineStr">
         <is>
-          <t>Образотворче мистецтво та реставрація</t>
+          <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="D266" s="3"/>
       <c r="E266" s="6" t="n">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="F266" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G266" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H266" s="6" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="I266" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="267">
       <c r="A267" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B267" s="7" t="inlineStr">
         <is>
-          <t>B5</t>
+          <t>281</t>
         </is>
       </c>
       <c r="C267" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D267" s="3"/>
       <c r="E267" s="6" t="n">
-        <v>1</v>
+        <v>42</v>
       </c>
       <c r="F267" s="6" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G267" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H267" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I267" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="268">
       <c r="A268" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B268" s="7" t="inlineStr">
         <is>
-          <t>B9</t>
+          <t>291</t>
         </is>
       </c>
       <c r="C268" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
         </is>
       </c>
       <c r="D268" s="3"/>
       <c r="E268" s="6" t="n">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="F268" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G268" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H268" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I268" s="6" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="269">
-[...1586 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I316"/>
+  <autoFilter ref="A1:I268"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>