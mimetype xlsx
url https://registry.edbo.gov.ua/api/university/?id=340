--- v0 (2025-10-26)
+++ v1 (2025-12-16)
@@ -5528,55 +5528,55 @@
       <c r="C111" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D111" s="3" t="inlineStr">
         <is>
           <t>Біологія та здоров’я людини</t>
         </is>
       </c>
       <c r="E111" s="6" t="n">
         <v>23142</v>
       </c>
       <c r="F111" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Біологія та здоров’я людини)</t>
         </is>
       </c>
       <c r="G111" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H111" s="8" t="inlineStr">
         <is>
-          <t>- 2878</t>
+          <t>- 18960</t>
         </is>
       </c>
       <c r="I111" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J111" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K111" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B112" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C112" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D112" s="3" t="inlineStr">
@@ -7064,54 +7064,56 @@
         <is>
           <t>032</t>
         </is>
       </c>
       <c r="C143" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D143" s="3"/>
       <c r="E143" s="6" t="n">
         <v>63529</v>
       </c>
       <c r="F143" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="G143" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H143" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I143" s="9"/>
+          <t>- 19249</t>
+        </is>
+      </c>
+      <c r="I143" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J143" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K143" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B144" s="8" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C144" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D144" s="3"/>
       <c r="E144" s="6" t="n">
@@ -7821,54 +7823,56 @@
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C160" s="3" t="inlineStr">
         <is>
           <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D160" s="3"/>
       <c r="E160" s="6" t="n">
         <v>63530</v>
       </c>
       <c r="F160" s="3" t="inlineStr">
         <is>
           <t>Туристичне обслуговування</t>
         </is>
       </c>
       <c r="G160" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H160" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I160" s="9"/>
+          <t>- 18925</t>
+        </is>
+      </c>
+      <c r="I160" s="9" t="n">
+        <v>46344</v>
+      </c>
       <c r="J160" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K160" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B161" s="8" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
       <c r="C161" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D161" s="3"/>
       <c r="E161" s="6" t="n">
@@ -11094,88 +11098,88 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D9" s="3" t="inlineStr">
         <is>
           <t>Географія</t>
         </is>
       </c>
       <c r="E9" s="6" t="n">
         <v>21</v>
       </c>
       <c r="F9" s="6" t="n">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="G9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Інформатика</t>
         </is>
       </c>
       <c r="E10" s="6" t="n">
         <v>10</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -11202,54 +11206,54 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D12" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E12" s="6" t="n">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="F12" s="6" t="n">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="G12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -11420,54 +11424,54 @@
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="8" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="6" t="n">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="F18" s="6" t="n">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="G18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B19" s="8" t="inlineStr">
         <is>
           <t>B10</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Філософія</t>
@@ -11523,51 +11527,51 @@
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="8" t="inlineStr">
         <is>
           <t>B13</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Бібліотечна, інформаційна та архівна справа</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F21" s="6" t="n">
         <v>11</v>
       </c>
       <c r="G21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="8" t="inlineStr">
         <is>
           <t>B5</t>
         </is>
       </c>
@@ -11662,183 +11666,183 @@
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B25" s="8" t="inlineStr">
         <is>
           <t>C2</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="6" t="n">
         <v>5</v>
       </c>
       <c r="F25" s="6" t="n">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="G25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D26" s="3"/>
       <c r="E26" s="6" t="n">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F26" s="6" t="n">
         <v>63</v>
       </c>
       <c r="G26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B27" s="8" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D27" s="3"/>
       <c r="E27" s="6" t="n">
         <v>2</v>
       </c>
       <c r="F27" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B28" s="8" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D28" s="3"/>
       <c r="E28" s="6" t="n">
         <v>13</v>
       </c>
       <c r="F28" s="6" t="n">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="G28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I28" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="8" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D29" s="3"/>
       <c r="E29" s="6" t="n">
         <v>27</v>
       </c>
       <c r="F29" s="6" t="n">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="G29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B30" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
@@ -11860,51 +11864,51 @@
       <c r="I30" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B31" s="8" t="inlineStr">
         <is>
           <t>D4</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D31" s="3"/>
       <c r="E31" s="6" t="n">
         <v>3</v>
       </c>
       <c r="F31" s="6" t="n">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I31" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B32" s="8" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота та консультування</t>
@@ -11959,51 +11963,51 @@
       <c r="I33" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B34" s="8" t="inlineStr">
         <is>
           <t>012</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D34" s="3"/>
       <c r="E34" s="6" t="n">
         <v>44</v>
       </c>
       <c r="F34" s="6" t="n">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="G34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I34" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B35" s="8" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
@@ -12399,51 +12403,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B46" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C46" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D46" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E46" s="6" t="n">
         <v>162</v>
       </c>
       <c r="F46" s="6" t="n">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="G46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I46" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B47" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -12581,51 +12585,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B51" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D51" s="3" t="inlineStr">
         <is>
           <t>Природничі науки</t>
         </is>
       </c>
       <c r="E51" s="6" t="n">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="F51" s="6" t="n">
         <v>25</v>
       </c>
       <c r="G51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I51" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B52" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -12732,51 +12736,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B55" s="8" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
       <c r="C55" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D55" s="3" t="inlineStr">
         <is>
           <t>Сфера обслуговування</t>
         </is>
       </c>
       <c r="E55" s="6" t="n">
         <v>20</v>
       </c>
       <c r="F55" s="6" t="n">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="G55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I55" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B56" s="8" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
       <c r="C56" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
@@ -12836,51 +12840,51 @@
       <c r="H57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I57" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B58" s="8" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C58" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D58" s="3"/>
       <c r="E58" s="6" t="n">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="F58" s="6" t="n">
         <v>98</v>
       </c>
       <c r="G58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I58" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B59" s="8" t="inlineStr">
         <is>
           <t>023</t>
         </is>
       </c>
@@ -13137,51 +13141,51 @@
       <c r="H66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I66" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B67" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C67" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D67" s="3"/>
       <c r="E67" s="6" t="n">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="F67" s="6" t="n">
         <v>82</v>
       </c>
       <c r="G67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I67" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B68" s="8" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
@@ -13203,51 +13207,51 @@
       <c r="H68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I68" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B69" s="8" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C69" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D69" s="3"/>
       <c r="E69" s="6" t="n">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F69" s="6" t="n">
         <v>26</v>
       </c>
       <c r="G69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I69" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B70" s="8" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
@@ -13272,51 +13276,51 @@
       <c r="I70" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B71" s="8" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C71" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D71" s="3"/>
       <c r="E71" s="6" t="n">
         <v>50</v>
       </c>
       <c r="F71" s="6" t="n">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="G71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I71" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B72" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C72" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
@@ -13368,51 +13372,51 @@
       <c r="H73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I73" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B74" s="8" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
       <c r="C74" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D74" s="3"/>
       <c r="E74" s="6" t="n">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F74" s="6" t="n">
         <v>37</v>
       </c>
       <c r="G74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I74" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B75" s="8" t="inlineStr">
         <is>
           <t>A1</t>
         </is>
       </c>
@@ -13434,51 +13438,51 @@
       <c r="H75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I75" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B76" s="8" t="inlineStr">
         <is>
           <t>A2</t>
         </is>
       </c>
       <c r="C76" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D76" s="3"/>
       <c r="E76" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F76" s="6" t="n">
         <v>26</v>
       </c>
       <c r="G76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I76" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B77" s="8" t="inlineStr">
         <is>
           <t>A3</t>
         </is>
       </c>
@@ -13655,51 +13659,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B82" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C82" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D82" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="E82" s="6" t="n">
         <v>8</v>
       </c>
       <c r="F82" s="6" t="n">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="G82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I82" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B83" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C83" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -13766,88 +13770,88 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B85" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C85" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D85" s="3" t="inlineStr">
         <is>
           <t>Технології</t>
         </is>
       </c>
       <c r="E85" s="6" t="n">
         <v>15</v>
       </c>
       <c r="F85" s="6" t="n">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="G85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I85" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B86" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C86" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D86" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E86" s="6" t="n">
         <v>36</v>
       </c>
       <c r="F86" s="6" t="n">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="G86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I86" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B87" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C87" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -14194,84 +14198,84 @@
       <c r="I96" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B97" s="8" t="inlineStr">
         <is>
           <t>C2</t>
         </is>
       </c>
       <c r="C97" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="D97" s="3"/>
       <c r="E97" s="6" t="n">
         <v>5</v>
       </c>
       <c r="F97" s="6" t="n">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I97" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B98" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C98" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D98" s="3"/>
       <c r="E98" s="6" t="n">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="F98" s="6" t="n">
-        <v>208</v>
+        <v>201</v>
       </c>
       <c r="G98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I98" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B99" s="8" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C99" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
@@ -14290,84 +14294,84 @@
       <c r="H99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I99" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B100" s="8" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C100" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D100" s="3"/>
       <c r="E100" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F100" s="6" t="n">
         <v>13</v>
       </c>
       <c r="G100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I100" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B101" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C101" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D101" s="3"/>
       <c r="E101" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F101" s="6" t="n">
         <v>6</v>
       </c>
       <c r="G101" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H101" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I101" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B102" s="8" t="inlineStr">
         <is>
           <t>D4</t>
         </is>
       </c>
@@ -14422,84 +14426,84 @@
       <c r="H103" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I103" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B104" s="8" t="inlineStr">
         <is>
           <t>011</t>
         </is>
       </c>
       <c r="C104" s="3" t="inlineStr">
         <is>
           <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D104" s="3"/>
       <c r="E104" s="6" t="n">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="F104" s="6" t="n">
         <v>12</v>
       </c>
       <c r="G104" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H104" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I104" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B105" s="8" t="inlineStr">
         <is>
           <t>012</t>
         </is>
       </c>
       <c r="C105" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D105" s="3"/>
       <c r="E105" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F105" s="6" t="n">
         <v>39</v>
       </c>
       <c r="G105" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H105" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I105" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B106" s="8" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
@@ -14562,51 +14566,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B108" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C108" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D108" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E108" s="6" t="n">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F108" s="6" t="n">
         <v>24</v>
       </c>
       <c r="G108" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H108" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I108" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B109" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -15208,54 +15212,54 @@
       <c r="H125" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I125" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B126" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C126" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D126" s="3"/>
       <c r="E126" s="6" t="n">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="F126" s="6" t="n">
-        <v>244</v>
+        <v>243</v>
       </c>
       <c r="G126" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H126" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I126" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B127" s="8" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C127" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
@@ -15409,51 +15413,51 @@
       <c r="I131" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B132" s="8" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
       <c r="C132" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D132" s="3"/>
       <c r="E132" s="6" t="n">
         <v>21</v>
       </c>
       <c r="F132" s="6" t="n">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="G132" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H132" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I132" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B133" s="8" t="inlineStr">
         <is>
           <t>A1</t>
         </is>
       </c>
       <c r="C133" s="3" t="inlineStr">
         <is>
           <t>Освітні науки</t>
@@ -15809,84 +15813,84 @@
       <c r="I143" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B144" s="8" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
       <c r="C144" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D144" s="3"/>
       <c r="E144" s="6" t="n">
         <v>10</v>
       </c>
       <c r="F144" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G144" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H144" s="6" t="n">
         <v>1</v>
       </c>
       <c r="I144" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B145" s="8" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C145" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D145" s="3"/>
       <c r="E145" s="6" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F145" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G145" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H145" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I145" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B146" s="8" t="inlineStr">
         <is>
           <t>032</t>
         </is>
       </c>
       <c r="C146" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>