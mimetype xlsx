--- v1 (2025-12-16)
+++ v2 (2026-02-11)
@@ -21,51 +21,51 @@
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Факультети" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Освітні програми" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Здобувачі ВО" sheetId="6" state="visible" r:id="rId7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$9</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$2</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$224</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$154</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$136</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -8144,55 +8144,55 @@
       <c r="C167" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D167" s="3" t="inlineStr">
         <is>
           <t>Біологія та здоров’я людини</t>
         </is>
       </c>
       <c r="E167" s="6" t="n">
         <v>74103</v>
       </c>
       <c r="F167" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Біологія та здоров’я людини)</t>
         </is>
       </c>
       <c r="G167" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H167" s="8" t="inlineStr">
         <is>
-          <t>- 18462</t>
+          <t>- 19617</t>
         </is>
       </c>
       <c r="I167" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J167" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K167" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B168" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C168" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D168" s="3" t="inlineStr">
@@ -9004,54 +9004,56 @@
         <is>
           <t>B9</t>
         </is>
       </c>
       <c r="C185" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D185" s="3"/>
       <c r="E185" s="6" t="n">
         <v>74354</v>
       </c>
       <c r="F185" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="G185" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H185" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I185" s="9"/>
+          <t>- 19618</t>
+        </is>
+      </c>
+      <c r="I185" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J185" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K185" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B186" s="8" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C186" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D186" s="3" t="inlineStr">
         <is>
@@ -9806,56 +9808,54 @@
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C203" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D203" s="3"/>
       <c r="E203" s="6" t="n">
         <v>38814</v>
       </c>
       <c r="F203" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="G203" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H203" s="8" t="inlineStr">
         <is>
-          <t>- 10184</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I203" s="9"/>
       <c r="J203" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K203" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B204" s="8" t="inlineStr">
         <is>
           <t>032</t>
         </is>
       </c>
       <c r="C204" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D204" s="3"/>
       <c r="E204" s="6" t="n">
@@ -10755,51 +10755,51 @@
       </c>
       <c r="J224" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K224" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K224"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I154"/>
+  <dimension ref="A1:I136"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -10910,91 +10910,91 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D4" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E4" s="6" t="n">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="F4" s="6" t="n">
         <v>30</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E5" s="6" t="n">
         <v>16</v>
       </c>
       <c r="F5" s="6" t="n">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -11209,51 +11209,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D12" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E12" s="6" t="n">
         <v>68</v>
       </c>
       <c r="F12" s="6" t="n">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="G12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -11795,84 +11795,84 @@
       <c r="H28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I28" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="8" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D29" s="3"/>
       <c r="E29" s="6" t="n">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="F29" s="6" t="n">
         <v>32</v>
       </c>
       <c r="G29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B30" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D30" s="3"/>
       <c r="E30" s="6" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F30" s="6" t="n">
         <v>15</v>
       </c>
       <c r="G30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I30" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B31" s="8" t="inlineStr">
         <is>
           <t>D4</t>
         </is>
       </c>
@@ -12030,51 +12030,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B36" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D36" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E36" s="6" t="n">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F36" s="6" t="n">
         <v>26</v>
       </c>
       <c r="G36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I36" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B37" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -12104,51 +12104,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B38" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D38" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E38" s="6" t="n">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="F38" s="6" t="n">
         <v>19</v>
       </c>
       <c r="G38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I38" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B39" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -12252,125 +12252,125 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B42" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D42" s="3" t="inlineStr">
         <is>
           <t>Біологія та здоров’я людини</t>
         </is>
       </c>
       <c r="E42" s="6" t="n">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="F42" s="6" t="n">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="G42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I42" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B43" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D43" s="3" t="inlineStr">
         <is>
           <t>Географія</t>
         </is>
       </c>
       <c r="E43" s="6" t="n">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="F43" s="6" t="n">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="G43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I43" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B44" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D44" s="3" t="inlineStr">
         <is>
           <t>Трудове навчання та технології</t>
         </is>
       </c>
       <c r="E44" s="6" t="n">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="F44" s="6" t="n">
         <v>54</v>
       </c>
       <c r="G44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I44" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B45" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -12400,54 +12400,54 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B46" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C46" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D46" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E46" s="6" t="n">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="F46" s="6" t="n">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="G46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I46" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B47" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -12511,51 +12511,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B49" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C49" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D49" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="E49" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F49" s="6" t="n">
         <v>8</v>
       </c>
       <c r="G49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I49" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B50" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -12585,54 +12585,54 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B51" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D51" s="3" t="inlineStr">
         <is>
           <t>Природничі науки</t>
         </is>
       </c>
       <c r="E51" s="6" t="n">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="F51" s="6" t="n">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="G51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I51" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B52" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C52" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -12736,51 +12736,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B55" s="8" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
       <c r="C55" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D55" s="3" t="inlineStr">
         <is>
           <t>Сфера обслуговування</t>
         </is>
       </c>
       <c r="E55" s="6" t="n">
         <v>20</v>
       </c>
       <c r="F55" s="6" t="n">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="G55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I55" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B56" s="8" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
       <c r="C56" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
@@ -12807,87 +12807,87 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B57" s="8" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
       <c r="C57" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D57" s="3" t="inlineStr">
         <is>
           <t>Цифрові технології</t>
         </is>
       </c>
       <c r="E57" s="6" t="n">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="F57" s="6" t="n">
         <v>120</v>
       </c>
       <c r="G57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I57" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B58" s="8" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C58" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D58" s="3"/>
       <c r="E58" s="6" t="n">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F58" s="6" t="n">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="G58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I58" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B59" s="8" t="inlineStr">
         <is>
           <t>023</t>
         </is>
       </c>
       <c r="C59" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
@@ -12939,51 +12939,51 @@
       <c r="H60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I60" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B61" s="8" t="inlineStr">
         <is>
           <t>029</t>
         </is>
       </c>
       <c r="C61" s="3" t="inlineStr">
         <is>
           <t>Інформаційна, бібліотечна та архівна справа</t>
         </is>
       </c>
       <c r="D61" s="3"/>
       <c r="E61" s="6" t="n">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="F61" s="6" t="n">
         <v>34</v>
       </c>
       <c r="G61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I61" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B62" s="8" t="inlineStr">
         <is>
           <t>032</t>
         </is>
       </c>
@@ -13144,51 +13144,51 @@
       <c r="I66" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B67" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C67" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D67" s="3"/>
       <c r="E67" s="6" t="n">
         <v>70</v>
       </c>
       <c r="F67" s="6" t="n">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="G67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I67" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B68" s="8" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
       <c r="C68" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
@@ -13207,51 +13207,51 @@
       <c r="H68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I68" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B69" s="8" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C69" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D69" s="3"/>
       <c r="E69" s="6" t="n">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F69" s="6" t="n">
         <v>26</v>
       </c>
       <c r="G69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I69" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B70" s="8" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
@@ -13372,51 +13372,51 @@
       <c r="H73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I73" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B74" s="8" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
       <c r="C74" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D74" s="3"/>
       <c r="E74" s="6" t="n">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F74" s="6" t="n">
         <v>37</v>
       </c>
       <c r="G74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I74" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B75" s="8" t="inlineStr">
         <is>
           <t>A1</t>
         </is>
       </c>
@@ -13548,51 +13548,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B79" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C79" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D79" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E79" s="6" t="n">
         <v>21</v>
       </c>
       <c r="F79" s="6" t="n">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I79" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B80" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C80" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -13804,51 +13804,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B86" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C86" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D86" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E86" s="6" t="n">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="F86" s="6" t="n">
         <v>42</v>
       </c>
       <c r="G86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I86" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B87" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
@@ -14062,51 +14062,51 @@
       <c r="I92" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B93" s="8" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C93" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D93" s="3"/>
       <c r="E93" s="6" t="n">
         <v>11</v>
       </c>
       <c r="F93" s="6" t="n">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="G93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I93" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B94" s="8" t="inlineStr">
         <is>
           <t>B13</t>
         </is>
       </c>
       <c r="C94" s="3" t="inlineStr">
         <is>
           <t>Бібліотечна, інформаційна та архівна справа</t>
@@ -14228,54 +14228,54 @@
       <c r="H97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I97" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B98" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C98" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D98" s="3"/>
       <c r="E98" s="6" t="n">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="F98" s="6" t="n">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="G98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I98" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B99" s="8" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C99" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
@@ -14363,51 +14363,51 @@
       <c r="I101" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B102" s="8" t="inlineStr">
         <is>
           <t>D4</t>
         </is>
       </c>
       <c r="C102" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D102" s="3"/>
       <c r="E102" s="6" t="n">
         <v>9</v>
       </c>
       <c r="F102" s="6" t="n">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="G102" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H102" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I102" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B103" s="8" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
       <c r="C103" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота та консультування</t>
@@ -14426,1781 +14426,1143 @@
       <c r="H103" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I103" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B104" s="8" t="inlineStr">
         <is>
           <t>011</t>
         </is>
       </c>
       <c r="C104" s="3" t="inlineStr">
         <is>
           <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D104" s="3"/>
       <c r="E104" s="6" t="n">
-        <v>36</v>
+        <v>2</v>
       </c>
       <c r="F104" s="6" t="n">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="G104" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H104" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I104" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B105" s="8" t="inlineStr">
         <is>
-          <t>012</t>
+          <t>013</t>
         </is>
       </c>
       <c r="C105" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта</t>
+          <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D105" s="3"/>
       <c r="E105" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="F105" s="6" t="n">
         <v>2</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="G105" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H105" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I105" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B106" s="8" t="inlineStr">
         <is>
-          <t>013</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C106" s="3" t="inlineStr">
         <is>
-          <t>Початкова освіта</t>
-[...2 lines deleted...]
-      <c r="D106" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D106" s="3" t="inlineStr">
+        <is>
+          <t>Історія та громадянська освіта</t>
+        </is>
+      </c>
       <c r="E106" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F106" s="6" t="n">
-        <v>29</v>
+        <v>0</v>
       </c>
       <c r="G106" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H106" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I106" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B107" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C107" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D107" s="3" t="inlineStr">
         <is>
-          <t>Українська мова і література</t>
+          <t>Образотворче мистецтво</t>
         </is>
       </c>
       <c r="E107" s="6" t="n">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="F107" s="6" t="n">
-        <v>24</v>
+        <v>0</v>
       </c>
       <c r="G107" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H107" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I107" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B108" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C108" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D108" s="3" t="inlineStr">
         <is>
-          <t>Англійська мова та зарубіжна література</t>
+          <t>Мистецтво. Образотворче мистецтво</t>
         </is>
       </c>
       <c r="E108" s="6" t="n">
-        <v>21</v>
+        <v>3</v>
       </c>
       <c r="F108" s="6" t="n">
-        <v>24</v>
+        <v>0</v>
       </c>
       <c r="G108" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H108" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I108" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B109" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C109" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D109" s="3" t="inlineStr">
         <is>
-          <t>Німецька мова та зарубіжна література</t>
+          <t>Мистецтво. Музичне мистецтво</t>
         </is>
       </c>
       <c r="E109" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="F109" s="6" t="n">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G109" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H109" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I109" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B110" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>032</t>
         </is>
       </c>
       <c r="C110" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Історія та археологія</t>
+        </is>
+      </c>
+      <c r="D110" s="3"/>
       <c r="E110" s="6" t="n">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="F110" s="6" t="n">
-        <v>14</v>
+        <v>1</v>
       </c>
       <c r="G110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I110" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B111" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C111" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Економіка</t>
+        </is>
+      </c>
+      <c r="D111" s="3"/>
       <c r="E111" s="6" t="n">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="F111" s="6" t="n">
-        <v>19</v>
+        <v>1</v>
       </c>
       <c r="G111" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H111" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I111" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B112" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C112" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Психологія</t>
+        </is>
+      </c>
+      <c r="D112" s="3"/>
       <c r="E112" s="6" t="n">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F112" s="6" t="n">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="G112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I112" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B113" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>071</t>
         </is>
       </c>
       <c r="C113" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Облік і оподаткування</t>
+        </is>
+      </c>
+      <c r="D113" s="3"/>
       <c r="E113" s="6" t="n">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="F113" s="6" t="n">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="G113" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H113" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I113" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B114" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C114" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Менеджмент</t>
+        </is>
+      </c>
+      <c r="D114" s="3"/>
       <c r="E114" s="6" t="n">
-        <v>23</v>
+        <v>1</v>
       </c>
       <c r="F114" s="6" t="n">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="G114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I114" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B115" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>A1</t>
         </is>
       </c>
       <c r="C115" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Освітні науки</t>
+        </is>
+      </c>
+      <c r="D115" s="3"/>
       <c r="E115" s="6" t="n">
-        <v>64</v>
+        <v>5</v>
       </c>
       <c r="F115" s="6" t="n">
-        <v>45</v>
+        <v>0</v>
       </c>
       <c r="G115" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H115" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I115" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B116" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>A5</t>
         </is>
       </c>
       <c r="C116" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Професійна освіта</t>
+        </is>
+      </c>
+      <c r="D116" s="3"/>
       <c r="E116" s="6" t="n">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F116" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G116" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H116" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I116" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B117" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>A7</t>
         </is>
       </c>
       <c r="C117" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Фізична культура і спорт</t>
+        </is>
+      </c>
+      <c r="D117" s="3"/>
       <c r="E117" s="6" t="n">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F117" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G117" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H117" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I117" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B118" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>B10</t>
         </is>
       </c>
       <c r="C118" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Філософія</t>
+        </is>
+      </c>
+      <c r="D118" s="3"/>
       <c r="E118" s="6" t="n">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="F118" s="6" t="n">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="G118" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H118" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I118" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B119" s="8" t="inlineStr">
         <is>
-          <t>015</t>
+          <t>B9</t>
         </is>
       </c>
       <c r="C119" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Історія та археологія</t>
+        </is>
+      </c>
+      <c r="D119" s="3"/>
       <c r="E119" s="6" t="n">
-        <v>23</v>
+        <v>0</v>
       </c>
       <c r="F119" s="6" t="n">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="G119" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H119" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I119" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B120" s="8" t="inlineStr">
         <is>
-          <t>015</t>
+          <t>C4</t>
         </is>
       </c>
       <c r="C120" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Психологія</t>
+        </is>
+      </c>
+      <c r="D120" s="3"/>
       <c r="E120" s="6" t="n">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="F120" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G120" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H120" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I120" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B121" s="8" t="inlineStr">
         <is>
-          <t>015</t>
+          <t>D2</t>
         </is>
       </c>
       <c r="C121" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+        </is>
+      </c>
+      <c r="D121" s="3"/>
       <c r="E121" s="6" t="n">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="F121" s="6" t="n">
-        <v>22</v>
+        <v>1</v>
       </c>
       <c r="G121" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H121" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I121" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B122" s="8" t="inlineStr">
         <is>
-          <t>029</t>
+          <t>D4</t>
         </is>
       </c>
       <c r="C122" s="3" t="inlineStr">
         <is>
-          <t>Інформаційна, бібліотечна та архівна справа</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D122" s="3"/>
       <c r="E122" s="6" t="n">
-        <v>27</v>
+        <v>0</v>
       </c>
       <c r="F122" s="6" t="n">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="G122" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H122" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I122" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B123" s="8" t="inlineStr">
         <is>
-          <t>032</t>
+          <t>011</t>
         </is>
       </c>
       <c r="C123" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D123" s="3"/>
       <c r="E123" s="6" t="n">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F123" s="6" t="n">
+        <v>3</v>
+      </c>
+      <c r="G123" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="H123" s="6" t="n">
         <v>4</v>
-      </c>
-[...4 lines deleted...]
-        <v>0</v>
       </c>
       <c r="I123" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B124" s="8" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>012</t>
         </is>
       </c>
       <c r="C124" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D124" s="3"/>
       <c r="E124" s="6" t="n">
-        <v>24</v>
+        <v>1</v>
       </c>
       <c r="F124" s="6" t="n">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="G124" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H124" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I124" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B125" s="8" t="inlineStr">
         <is>
-          <t>052</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C125" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
-[...2 lines deleted...]
-      <c r="D125" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D125" s="3" t="inlineStr">
+        <is>
+          <t>Українська мова і література</t>
+        </is>
+      </c>
       <c r="E125" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="F125" s="6" t="n">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="G125" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H125" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I125" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B126" s="8" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>015</t>
         </is>
       </c>
       <c r="C126" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D126" s="3"/>
       <c r="E126" s="6" t="n">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="F126" s="6" t="n">
-        <v>243</v>
+        <v>0</v>
       </c>
       <c r="G126" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H126" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I126" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B127" s="8" t="inlineStr">
         <is>
-          <t>071</t>
+          <t>017</t>
         </is>
       </c>
       <c r="C127" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D127" s="3"/>
       <c r="E127" s="6" t="n">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F127" s="6" t="n">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="G127" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H127" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I127" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B128" s="8" t="inlineStr">
         <is>
-          <t>072</t>
+          <t>032</t>
         </is>
       </c>
       <c r="C128" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D128" s="3"/>
       <c r="E128" s="6" t="n">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="F128" s="6" t="n">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="G128" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H128" s="6" t="n">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="I128" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B129" s="8" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>033</t>
         </is>
       </c>
       <c r="C129" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="D129" s="3"/>
       <c r="E129" s="6" t="n">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="F129" s="6" t="n">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G129" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H129" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I129" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B130" s="8" t="inlineStr">
         <is>
-          <t>231</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C130" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D130" s="3"/>
       <c r="E130" s="6" t="n">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="F130" s="6" t="n">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="G130" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H130" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I130" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B131" s="8" t="inlineStr">
         <is>
-          <t>242</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C131" s="3" t="inlineStr">
         <is>
-          <t>Туризм і рекреація</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D131" s="3"/>
       <c r="E131" s="6" t="n">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F131" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G131" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H131" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I131" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B132" s="8" t="inlineStr">
         <is>
-          <t>281</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C132" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D132" s="3"/>
       <c r="E132" s="6" t="n">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="F132" s="6" t="n">
-        <v>63</v>
+        <v>10</v>
       </c>
       <c r="G132" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H132" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I132" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B133" s="8" t="inlineStr">
         <is>
-          <t>A1</t>
+          <t>071</t>
         </is>
       </c>
       <c r="C133" s="3" t="inlineStr">
         <is>
-          <t>Освітні науки</t>
+          <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D133" s="3"/>
       <c r="E133" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F133" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G133" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H133" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I133" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B134" s="8" t="inlineStr">
         <is>
-          <t>A5</t>
+          <t>072</t>
         </is>
       </c>
       <c r="C134" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта</t>
+          <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="D134" s="3"/>
       <c r="E134" s="6" t="n">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="F134" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G134" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H134" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I134" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B135" s="8" t="inlineStr">
         <is>
-          <t>A7</t>
+          <t>072</t>
         </is>
       </c>
       <c r="C135" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D135" s="3"/>
       <c r="E135" s="6" t="n">
+        <v>10</v>
+      </c>
+      <c r="F135" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="G135" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="H135" s="6" t="n">
         <v>1</v>
-      </c>
-[...7 lines deleted...]
-        <v>0</v>
       </c>
       <c r="I135" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B136" s="8" t="inlineStr">
         <is>
-          <t>B10</t>
+          <t>281</t>
         </is>
       </c>
       <c r="C136" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D136" s="3"/>
       <c r="E136" s="6" t="n">
-        <v>0</v>
+        <v>14</v>
       </c>
       <c r="F136" s="6" t="n">
+        <v>15</v>
+      </c>
+      <c r="G136" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="H136" s="6" t="n">
         <v>1</v>
       </c>
-      <c r="G136" s="6" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="I136" s="6" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="137">
-[...596 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I154"/>
+  <autoFilter ref="A1:I136"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>