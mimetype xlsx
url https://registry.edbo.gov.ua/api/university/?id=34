--- v0 (2025-10-18)
+++ v1 (2025-12-05)
@@ -22,56 +22,56 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="ВСП" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Факультети" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Освітні програми" sheetId="7" state="visible" r:id="rId8"/>
     <sheet name="Здобувачі ВО" sheetId="8" state="visible" r:id="rId9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'ВСП'!$A$1:$E$2</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$9</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$10</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$5</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$15</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$187</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$253</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$176</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$178</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -542,171 +542,178 @@
         </is>
       </c>
       <c r="E2" s="3" t="inlineStr">
         <is>
           <t>м. Харків</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:E2"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:A9"/>
+  <dimension ref="A1:A10"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="100"/>
     <col collapsed="false" hidden="false" max="1024" min="2" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Назва факультета</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Гуманітарно-правовий факультет</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Факультет авіаційних двигунів</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
-          <t>Факультет літакобудування</t>
+          <t>Факультет інтелектуальних систем управління</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
-          <t>Факультет міжнародної інтеграції та академічної мобільності</t>
+          <t>Факультет літакобудування</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
-          <t>Факультет програмної інженерії та бізнесу</t>
+          <t>Факультет міжнародної інтеграції та академічної мобільності</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
-          <t>Факультет радіоелектроніки, комп'ютерних систем та інфокомунікацій</t>
+          <t>Факультет програмної інженерії та бізнесу</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
-          <t>Факультет ракетно-космічної техніки</t>
+          <t>Факультет радіоелектроніки, комп'ютерних систем та інфокомунікацій</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
+          <t>Факультет ракетно-космічної техніки</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
+      <c r="A10" s="3" t="inlineStr">
+        <is>
           <t>Факультет систем управління літальних апаратів</t>
         </is>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:A9"/>
+  <autoFilter ref="A1:A10"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:C5"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="45"/>
     <col collapsed="false" hidden="false" max="1024" min="4" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Рівень освіти/ Освітній ступінь</t>
         </is>
       </c>
       <c r="B1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="C1" s="5" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>початковий рівень (короткий цикл)</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
         <v>10</v>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 11.02.2021 № 17-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>перший (бакалаврський) рівень</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
@@ -807,51 +814,51 @@
         </is>
       </c>
       <c r="E1" s="5" t="inlineStr">
         <is>
           <t>Освітня програма</t>
         </is>
       </c>
       <c r="F1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="G1" s="5" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="H1" s="5" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="I1" s="5" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
@@ -1218,55 +1225,55 @@
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>262</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="F12" s="6" t="n">
         <v>30</v>
       </c>
       <c r="G12" s="7" t="inlineStr">
         <is>
-          <t> 15967</t>
+          <t> 18933</t>
         </is>
       </c>
       <c r="H12" s="9" t="n">
-        <v>46001</v>
+        <v>46344</v>
       </c>
       <c r="I12" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 03.06.2022 № 100-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>272</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="3" t="inlineStr">
@@ -1448,51 +1455,51 @@
       </c>
       <c r="H1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (заочна)</t>
         </is>
       </c>
       <c r="I1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (вечірня)</t>
         </is>
       </c>
       <c r="J1" s="5" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="K1" s="5" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="L1" s="5" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>056</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
         <v>80</v>
       </c>
       <c r="F2" s="6" t="n">
         <v>0</v>
@@ -15522,55 +15529,55 @@
         <is>
           <t>126</t>
         </is>
       </c>
       <c r="C138" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи та технології</t>
         </is>
       </c>
       <c r="D138" s="3"/>
       <c r="E138" s="6" t="n">
         <v>57688</v>
       </c>
       <c r="F138" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи та технології підтримки віртуальних середовищ</t>
         </is>
       </c>
       <c r="G138" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H138" s="7" t="inlineStr">
         <is>
-          <t>- 15966</t>
+          <t>- 18901</t>
         </is>
       </c>
       <c r="I138" s="9" t="n">
-        <v>45987</v>
+        <v>46344</v>
       </c>
       <c r="J138" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K138" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B139" s="7" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
       <c r="C139" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D139" s="3"/>
@@ -16477,54 +16484,56 @@
         <is>
           <t>176</t>
         </is>
       </c>
       <c r="C159" s="3" t="inlineStr">
         <is>
           <t>Мікро- та наносистемна техніка</t>
         </is>
       </c>
       <c r="D159" s="3"/>
       <c r="E159" s="6" t="n">
         <v>63228</v>
       </c>
       <c r="F159" s="3" t="inlineStr">
         <is>
           <t>Мікро- та наносистемна техніка</t>
         </is>
       </c>
       <c r="G159" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H159" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I159" s="9"/>
+          <t>- 18907</t>
+        </is>
+      </c>
+      <c r="I159" s="9" t="n">
+        <v>46344</v>
+      </c>
       <c r="J159" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K159" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B160" s="7" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
       <c r="C160" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D160" s="3"/>
       <c r="E160" s="6" t="n">
@@ -16565,55 +16574,55 @@
         <is>
           <t>262</t>
         </is>
       </c>
       <c r="C161" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D161" s="3"/>
       <c r="E161" s="6" t="n">
         <v>55210</v>
       </c>
       <c r="F161" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="G161" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H161" s="7" t="inlineStr">
         <is>
-          <t>- 15967</t>
+          <t>- 18933</t>
         </is>
       </c>
       <c r="I161" s="9" t="n">
-        <v>46001</v>
+        <v>46344</v>
       </c>
       <c r="J161" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K161" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B162" s="7" t="inlineStr">
         <is>
           <t>272</t>
         </is>
       </c>
       <c r="C162" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D162" s="3"/>
@@ -20749,51 +20758,51 @@
       <c r="I253" s="9"/>
       <c r="J253" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K253" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K253"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I176"/>
+  <dimension ref="A1:I178"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -20908,186 +20917,186 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D4" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="E4" s="6" t="n">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F4" s="6" t="n">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F5" s="6" t="n">
         <v>22</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="6" t="n">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="F7" s="6" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>D4</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="6" t="n">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="F8" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
@@ -21444,84 +21453,84 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D20" s="3" t="inlineStr">
         <is>
           <t>Технологічні машини та обладнання</t>
         </is>
       </c>
       <c r="E20" s="6" t="n">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="F20" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>G12</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="6" t="n">
-        <v>111</v>
+        <v>245</v>
       </c>
       <c r="F21" s="6" t="n">
         <v>16</v>
       </c>
       <c r="G21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>G18</t>
         </is>
       </c>
@@ -21683,51 +21692,51 @@
       <c r="H26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D27" s="3"/>
       <c r="E27" s="6" t="n">
-        <v>56</v>
+        <v>124</v>
       </c>
       <c r="F27" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B28" s="7" t="inlineStr">
         <is>
           <t>G6</t>
         </is>
       </c>
@@ -21851,51 +21860,51 @@
       <c r="I31" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B32" s="7" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D32" s="3"/>
       <c r="E32" s="6" t="n">
         <v>14</v>
       </c>
       <c r="F32" s="6" t="n">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="G32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I32" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B33" s="7" t="inlineStr">
         <is>
           <t>K9</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
@@ -21987,51 +21996,51 @@
       <c r="I35" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B36" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D36" s="3"/>
       <c r="E36" s="6" t="n">
         <v>35</v>
       </c>
       <c r="F36" s="6" t="n">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I36" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B37" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
@@ -22083,120 +22092,120 @@
       <c r="H38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I38" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B39" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D39" s="3"/>
       <c r="E39" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F39" s="6" t="n">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="G39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I39" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B40" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D40" s="3"/>
       <c r="E40" s="6" t="n">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="F40" s="6" t="n">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="G40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I40" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B41" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D41" s="3"/>
       <c r="E41" s="6" t="n">
         <v>15</v>
       </c>
       <c r="F41" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I41" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B42" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
           <t>Підприємництво, торгівля та біржова діяльність</t>
@@ -22251,51 +22260,51 @@
       <c r="I43" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B44" s="7" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D44" s="3"/>
       <c r="E44" s="6" t="n">
         <v>18</v>
       </c>
       <c r="F44" s="6" t="n">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I44" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B45" s="7" t="inlineStr">
         <is>
           <t>103</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
           <t>Науки про Землю</t>
@@ -22380,51 +22389,51 @@
       <c r="H47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I47" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B48" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D48" s="3"/>
       <c r="E48" s="6" t="n">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="F48" s="6" t="n">
         <v>14</v>
       </c>
       <c r="G48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I48" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B49" s="7" t="inlineStr">
         <is>
           <t>124</t>
         </is>
       </c>
@@ -22512,84 +22521,84 @@
       <c r="H51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I51" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B52" s="7" t="inlineStr">
         <is>
           <t>126</t>
         </is>
       </c>
       <c r="C52" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи та технології</t>
         </is>
       </c>
       <c r="D52" s="3"/>
       <c r="E52" s="6" t="n">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I52" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B53" s="7" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
       <c r="C53" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D53" s="3"/>
       <c r="E53" s="6" t="n">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="F53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I53" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B54" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
@@ -22614,114 +22623,114 @@
       <c r="I54" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B55" s="7" t="inlineStr">
         <is>
           <t>134</t>
         </is>
       </c>
       <c r="C55" s="3" t="inlineStr">
         <is>
           <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D55" s="3"/>
       <c r="E55" s="6" t="n">
         <v>547</v>
       </c>
       <c r="F55" s="6" t="n">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="G55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I55" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B56" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C56" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D56" s="3"/>
       <c r="E56" s="6" t="n">
         <v>96</v>
       </c>
       <c r="F56" s="6" t="n">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="G56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I56" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B57" s="7" t="inlineStr">
         <is>
           <t>142</t>
         </is>
       </c>
       <c r="C57" s="3" t="inlineStr">
         <is>
           <t>Енергетичне машинобудування</t>
         </is>
       </c>
       <c r="D57" s="3"/>
       <c r="E57" s="6" t="n">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I57" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B58" s="7" t="inlineStr">
         <is>
           <t>144</t>
         </is>
       </c>
@@ -23007,54 +23016,54 @@
       <c r="H66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I66" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B67" s="7" t="inlineStr">
         <is>
           <t>173</t>
         </is>
       </c>
       <c r="C67" s="3" t="inlineStr">
         <is>
           <t>Авіоніка</t>
         </is>
       </c>
       <c r="D67" s="3"/>
       <c r="E67" s="6" t="n">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="F67" s="6" t="n">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I67" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B68" s="7" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C68" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
@@ -23076,51 +23085,51 @@
       <c r="I68" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B69" s="7" t="inlineStr">
         <is>
           <t>175</t>
         </is>
       </c>
       <c r="C69" s="3" t="inlineStr">
         <is>
           <t>Інформаційно-вимірювальні технології</t>
         </is>
       </c>
       <c r="D69" s="3"/>
       <c r="E69" s="6" t="n">
         <v>107</v>
       </c>
       <c r="F69" s="6" t="n">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="G69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I69" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B70" s="7" t="inlineStr">
         <is>
           <t>176</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
           <t>Мікро- та наносистемна техніка</t>
@@ -23238,51 +23247,51 @@
       <c r="H73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I73" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B74" s="7" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C74" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D74" s="3"/>
       <c r="E74" s="6" t="n">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="F74" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I74" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B75" s="7" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
@@ -23307,51 +23316,51 @@
       <c r="I75" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B76" s="7" t="inlineStr">
         <is>
           <t>292</t>
         </is>
       </c>
       <c r="C76" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D76" s="3"/>
       <c r="E76" s="6" t="n">
         <v>4</v>
       </c>
       <c r="F76" s="6" t="n">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I76" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B77" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C77" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
@@ -23377,121 +23386,121 @@
       <c r="I77" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B78" s="7" t="inlineStr">
         <is>
           <t>B13</t>
         </is>
       </c>
       <c r="C78" s="3" t="inlineStr">
         <is>
           <t>Бібліотечна, інформаційна та архівна справа</t>
         </is>
       </c>
       <c r="D78" s="3"/>
       <c r="E78" s="6" t="n">
         <v>6</v>
       </c>
       <c r="F78" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I78" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B79" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C79" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D79" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="E79" s="6" t="n">
         <v>3</v>
       </c>
       <c r="F79" s="6" t="n">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="G79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I79" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B80" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C80" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D80" s="3"/>
       <c r="E80" s="6" t="n">
         <v>9</v>
       </c>
       <c r="F80" s="6" t="n">
-        <v>93</v>
+        <v>116</v>
       </c>
       <c r="G80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I80" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B81" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C81" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
@@ -23510,84 +23519,84 @@
       <c r="H81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I81" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B82" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C82" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D82" s="3"/>
       <c r="E82" s="6" t="n">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="F82" s="6" t="n">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="G82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I82" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B83" s="7" t="inlineStr">
         <is>
           <t>D4</t>
         </is>
       </c>
       <c r="C83" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D83" s="3"/>
       <c r="E83" s="6" t="n">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="F83" s="6" t="n">
         <v>9</v>
       </c>
       <c r="G83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I83" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B84" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
@@ -23609,150 +23618,150 @@
       <c r="H84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I84" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B85" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C85" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D85" s="3"/>
       <c r="E85" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F85" s="6" t="n">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="G85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I85" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B86" s="7" t="inlineStr">
         <is>
           <t>E2</t>
         </is>
       </c>
       <c r="C86" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D86" s="3"/>
       <c r="E86" s="6" t="n">
         <v>6</v>
       </c>
       <c r="F86" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I86" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B87" s="7" t="inlineStr">
         <is>
           <t>E4</t>
         </is>
       </c>
       <c r="C87" s="3" t="inlineStr">
         <is>
           <t>Науки про Землю</t>
         </is>
       </c>
       <c r="D87" s="3"/>
       <c r="E87" s="6" t="n">
         <v>1</v>
       </c>
       <c r="F87" s="6" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I87" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B88" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C88" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D88" s="3"/>
       <c r="E88" s="6" t="n">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F88" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I88" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B89" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
@@ -23947,54 +23956,54 @@
       <c r="H94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I94" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B95" s="7" t="inlineStr">
         <is>
           <t>G12</t>
         </is>
       </c>
       <c r="C95" s="3" t="inlineStr">
         <is>
           <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D95" s="3"/>
       <c r="E95" s="6" t="n">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="F95" s="6" t="n">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="G95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I95" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B96" s="7" t="inlineStr">
         <is>
           <t>G18</t>
         </is>
       </c>
       <c r="C96" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
@@ -24087,120 +24096,120 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B99" s="7" t="inlineStr">
         <is>
           <t>G4</t>
         </is>
       </c>
       <c r="C99" s="3" t="inlineStr">
         <is>
           <t>Енерговиробництво</t>
         </is>
       </c>
       <c r="D99" s="3" t="inlineStr">
         <is>
           <t>Відновлювані джерела енергії та гідроенергетика</t>
         </is>
       </c>
       <c r="E99" s="6" t="n">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="F99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I99" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B100" s="7" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C100" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D100" s="3"/>
       <c r="E100" s="6" t="n">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F100" s="6" t="n">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I100" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B101" s="7" t="inlineStr">
         <is>
           <t>G6</t>
         </is>
       </c>
       <c r="C101" s="3" t="inlineStr">
         <is>
           <t>Інформаційно-вимірювальні технології</t>
         </is>
       </c>
       <c r="D101" s="3"/>
       <c r="E101" s="6" t="n">
         <v>13</v>
       </c>
       <c r="F101" s="6" t="n">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G101" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H101" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I101" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B102" s="7" t="inlineStr">
         <is>
           <t>G7</t>
         </is>
       </c>
       <c r="C102" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
@@ -24285,54 +24294,54 @@
       <c r="H104" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I104" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B105" s="7" t="inlineStr">
         <is>
           <t>K9</t>
         </is>
       </c>
       <c r="C105" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D105" s="3"/>
       <c r="E105" s="6" t="n">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="F105" s="6" t="n">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="G105" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H105" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I105" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B106" s="7" t="inlineStr">
         <is>
           <t>029</t>
         </is>
       </c>
       <c r="C106" s="3" t="inlineStr">
         <is>
           <t>Інформаційна, бібліотечна та архівна справа</t>
@@ -24355,51 +24364,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B107" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C107" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D107" s="3" t="inlineStr">
         <is>
           <t>прикладна лінгвістика</t>
         </is>
       </c>
       <c r="E107" s="6" t="n">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F107" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G107" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H107" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I107" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B108" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
@@ -24487,51 +24496,51 @@
       <c r="H110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I110" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B111" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C111" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D111" s="3"/>
       <c r="E111" s="6" t="n">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F111" s="6" t="n">
         <v>5</v>
       </c>
       <c r="G111" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H111" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I111" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B112" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
@@ -24553,51 +24562,51 @@
       <c r="H112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I112" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B113" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C113" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D113" s="3"/>
       <c r="E113" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F113" s="6" t="n">
         <v>5</v>
       </c>
       <c r="G113" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H113" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I113" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B114" s="7" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
@@ -24652,51 +24661,51 @@
       <c r="H115" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I115" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B116" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C116" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D116" s="3"/>
       <c r="E116" s="6" t="n">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="F116" s="6" t="n">
         <v>6</v>
       </c>
       <c r="G116" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H116" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I116" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B117" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
@@ -24850,51 +24859,51 @@
       <c r="H121" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I121" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B122" s="7" t="inlineStr">
         <is>
           <t>126</t>
         </is>
       </c>
       <c r="C122" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи та технології</t>
         </is>
       </c>
       <c r="D122" s="3"/>
       <c r="E122" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F122" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G122" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H122" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I122" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B123" s="7" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
@@ -25180,120 +25189,120 @@
       <c r="H131" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I131" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B132" s="7" t="inlineStr">
         <is>
           <t>173</t>
         </is>
       </c>
       <c r="C132" s="3" t="inlineStr">
         <is>
           <t>Авіоніка</t>
         </is>
       </c>
       <c r="D132" s="3"/>
       <c r="E132" s="6" t="n">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="F132" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G132" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H132" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I132" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B133" s="7" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C133" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D133" s="3"/>
       <c r="E133" s="6" t="n">
         <v>40</v>
       </c>
       <c r="F133" s="6" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G133" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H133" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I133" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B134" s="7" t="inlineStr">
         <is>
           <t>175</t>
         </is>
       </c>
       <c r="C134" s="3" t="inlineStr">
         <is>
           <t>Інформаційно-вимірювальні технології</t>
         </is>
       </c>
       <c r="D134" s="3"/>
       <c r="E134" s="6" t="n">
         <v>19</v>
       </c>
       <c r="F134" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G134" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H134" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I134" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B135" s="7" t="inlineStr">
         <is>
           <t>176</t>
         </is>
       </c>
       <c r="C135" s="3" t="inlineStr">
         <is>
           <t>Мікро- та наносистемна техніка</t>
@@ -25462,1237 +25471,1303 @@
       <c r="C140" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D140" s="3"/>
       <c r="E140" s="6" t="n">
         <v>13</v>
       </c>
       <c r="F140" s="6" t="n">
         <v>7</v>
       </c>
       <c r="G140" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H140" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I140" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="3" t="inlineStr">
         <is>
-          <t>Доктор філософії</t>
+          <t>Магістр</t>
         </is>
       </c>
       <c r="B141" s="7" t="inlineStr">
         <is>
-          <t>B10</t>
+          <t>8.03010201</t>
         </is>
       </c>
       <c r="C141" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>психологія</t>
         </is>
       </c>
       <c r="D141" s="3"/>
       <c r="E141" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F141" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G141" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H141" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I141" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="3" t="inlineStr">
         <is>
-          <t>Доктор філософії</t>
+          <t>Спеціаліст</t>
         </is>
       </c>
       <c r="B142" s="7" t="inlineStr">
         <is>
-          <t>C1</t>
+          <t>7.18010013</t>
         </is>
       </c>
       <c r="C142" s="3" t="inlineStr">
         <is>
-          <t>Економіка та міжнародні економічні відносини</t>
+          <t>управління проектами</t>
         </is>
       </c>
       <c r="D142" s="3"/>
       <c r="E142" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F142" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G142" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H142" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I142" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B143" s="7" t="inlineStr">
         <is>
-          <t>D4</t>
+          <t>B10</t>
         </is>
       </c>
       <c r="C143" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="D143" s="3"/>
       <c r="E143" s="6" t="n">
         <v>2</v>
       </c>
       <c r="F143" s="6" t="n">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G143" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H143" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I143" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B144" s="7" t="inlineStr">
         <is>
-          <t>E4</t>
+          <t>C1</t>
         </is>
       </c>
       <c r="C144" s="3" t="inlineStr">
         <is>
-          <t>Науки про Землю</t>
+          <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D144" s="3"/>
       <c r="E144" s="6" t="n">
         <v>2</v>
       </c>
       <c r="F144" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G144" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H144" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I144" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B145" s="7" t="inlineStr">
         <is>
-          <t>F1</t>
+          <t>D4</t>
         </is>
       </c>
       <c r="C145" s="3" t="inlineStr">
         <is>
-          <t>Прикладна математика</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D145" s="3"/>
       <c r="E145" s="6" t="n">
         <v>2</v>
       </c>
       <c r="F145" s="6" t="n">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="G145" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H145" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I145" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B146" s="7" t="inlineStr">
         <is>
-          <t>F2</t>
+          <t>E4</t>
         </is>
       </c>
       <c r="C146" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Науки про Землю</t>
         </is>
       </c>
       <c r="D146" s="3"/>
       <c r="E146" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F146" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G146" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H146" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I146" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B147" s="7" t="inlineStr">
         <is>
-          <t>F3</t>
+          <t>F1</t>
         </is>
       </c>
       <c r="C147" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Прикладна математика</t>
         </is>
       </c>
       <c r="D147" s="3"/>
       <c r="E147" s="6" t="n">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="F147" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G147" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H147" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I147" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B148" s="7" t="inlineStr">
         <is>
-          <t>F5</t>
+          <t>F2</t>
         </is>
       </c>
       <c r="C148" s="3" t="inlineStr">
         <is>
-          <t>Кібербезпека та захист інформації</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D148" s="3"/>
       <c r="E148" s="6" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F148" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G148" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H148" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I148" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B149" s="7" t="inlineStr">
         <is>
-          <t>F7</t>
+          <t>F3</t>
         </is>
       </c>
       <c r="C149" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерна інженерія</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D149" s="3"/>
       <c r="E149" s="6" t="n">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="F149" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G149" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H149" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I149" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B150" s="7" t="inlineStr">
         <is>
-          <t>G11</t>
+          <t>F5</t>
         </is>
       </c>
       <c r="C150" s="3" t="inlineStr">
         <is>
-          <t>Машинобудування</t>
+          <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D150" s="3"/>
       <c r="E150" s="6" t="n">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="F150" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G150" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H150" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I150" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B151" s="7" t="inlineStr">
         <is>
-          <t>G12</t>
+          <t>F7</t>
         </is>
       </c>
       <c r="C151" s="3" t="inlineStr">
         <is>
-          <t>Авіаційна та ракетно-космічна техніка</t>
+          <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D151" s="3"/>
       <c r="E151" s="6" t="n">
-        <v>14</v>
+        <v>6</v>
       </c>
       <c r="F151" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G151" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H151" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I151" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B152" s="7" t="inlineStr">
         <is>
-          <t>G5</t>
+          <t>G11</t>
         </is>
       </c>
       <c r="C152" s="3" t="inlineStr">
         <is>
-          <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
+          <t>Машинобудування</t>
         </is>
       </c>
       <c r="D152" s="3"/>
       <c r="E152" s="6" t="n">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="F152" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G152" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H152" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I152" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B153" s="7" t="inlineStr">
         <is>
-          <t>G6</t>
+          <t>G12</t>
         </is>
       </c>
       <c r="C153" s="3" t="inlineStr">
         <is>
-          <t>Інформаційно-вимірювальні технології</t>
+          <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D153" s="3"/>
       <c r="E153" s="6" t="n">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="F153" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G153" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H153" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I153" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B154" s="7" t="inlineStr">
         <is>
-          <t>G7</t>
+          <t>G5</t>
         </is>
       </c>
       <c r="C154" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
+          <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D154" s="3"/>
       <c r="E154" s="6" t="n">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="F154" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G154" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H154" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I154" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B155" s="7" t="inlineStr">
         <is>
-          <t>G8</t>
+          <t>G6</t>
         </is>
       </c>
       <c r="C155" s="3" t="inlineStr">
         <is>
-          <t>Матеріалознавство</t>
+          <t>Інформаційно-вимірювальні технології</t>
         </is>
       </c>
       <c r="D155" s="3"/>
       <c r="E155" s="6" t="n">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="F155" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G155" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H155" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I155" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B156" s="7" t="inlineStr">
         <is>
-          <t>033</t>
+          <t>G7</t>
         </is>
       </c>
       <c r="C156" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D156" s="3"/>
       <c r="E156" s="6" t="n">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F156" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G156" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H156" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I156" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B157" s="7" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>G8</t>
         </is>
       </c>
       <c r="C157" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D157" s="3"/>
       <c r="E157" s="6" t="n">
-        <v>36</v>
+        <v>2</v>
       </c>
       <c r="F157" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G157" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H157" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I157" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B158" s="7" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>033</t>
         </is>
       </c>
       <c r="C158" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="D158" s="3"/>
       <c r="E158" s="6" t="n">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="F158" s="6" t="n">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G158" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H158" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I158" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B159" s="7" t="inlineStr">
         <is>
-          <t>103</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C159" s="3" t="inlineStr">
         <is>
-          <t>Науки про Землю</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D159" s="3"/>
       <c r="E159" s="6" t="n">
-        <v>2</v>
+        <v>33</v>
       </c>
       <c r="F159" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G159" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H159" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I159" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B160" s="7" t="inlineStr">
         <is>
-          <t>113</t>
+          <t>081</t>
         </is>
       </c>
       <c r="C160" s="3" t="inlineStr">
         <is>
-          <t>Прикладна математика</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D160" s="3"/>
       <c r="E160" s="6" t="n">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="F160" s="6" t="n">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="G160" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H160" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I160" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B161" s="7" t="inlineStr">
         <is>
-          <t>121</t>
+          <t>103</t>
         </is>
       </c>
       <c r="C161" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Науки про Землю</t>
         </is>
       </c>
       <c r="D161" s="3"/>
       <c r="E161" s="6" t="n">
-        <v>42</v>
+        <v>2</v>
       </c>
       <c r="F161" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G161" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H161" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I161" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B162" s="7" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>113</t>
         </is>
       </c>
       <c r="C162" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Прикладна математика</t>
         </is>
       </c>
       <c r="D162" s="3"/>
       <c r="E162" s="6" t="n">
-        <v>62</v>
+        <v>6</v>
       </c>
       <c r="F162" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G162" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H162" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I162" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B163" s="7" t="inlineStr">
         <is>
-          <t>123</t>
+          <t>121</t>
         </is>
       </c>
       <c r="C163" s="3" t="inlineStr">
         <is>
-          <t>Комп’ютерна інженерія</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D163" s="3"/>
       <c r="E163" s="6" t="n">
-        <v>10</v>
+        <v>42</v>
       </c>
       <c r="F163" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G163" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H163" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I163" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B164" s="7" t="inlineStr">
         <is>
-          <t>125</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C164" s="3" t="inlineStr">
         <is>
-          <t>Кібербезпека</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D164" s="3"/>
       <c r="E164" s="6" t="n">
-        <v>4</v>
+        <v>62</v>
       </c>
       <c r="F164" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G164" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H164" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I164" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B165" s="7" t="inlineStr">
         <is>
-          <t>125</t>
+          <t>123</t>
         </is>
       </c>
       <c r="C165" s="3" t="inlineStr">
         <is>
-          <t>Кібербезпека та захист інформації</t>
+          <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D165" s="3"/>
       <c r="E165" s="6" t="n">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="F165" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G165" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H165" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I165" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B166" s="7" t="inlineStr">
         <is>
-          <t>132</t>
+          <t>125</t>
         </is>
       </c>
       <c r="C166" s="3" t="inlineStr">
         <is>
-          <t>Матеріалознавство</t>
+          <t>Кібербезпека</t>
         </is>
       </c>
       <c r="D166" s="3"/>
       <c r="E166" s="6" t="n">
-        <v>15</v>
+        <v>4</v>
       </c>
       <c r="F166" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G166" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H166" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I166" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B167" s="7" t="inlineStr">
         <is>
-          <t>134</t>
+          <t>125</t>
         </is>
       </c>
       <c r="C167" s="3" t="inlineStr">
         <is>
-          <t>Авіаційна та ракетно-космічна техніка</t>
+          <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D167" s="3"/>
       <c r="E167" s="6" t="n">
-        <v>66</v>
+        <v>5</v>
       </c>
       <c r="F167" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G167" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H167" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I167" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B168" s="7" t="inlineStr">
         <is>
-          <t>142</t>
+          <t>132</t>
         </is>
       </c>
       <c r="C168" s="3" t="inlineStr">
         <is>
-          <t>Енергетичне машинобудування</t>
+          <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D168" s="3"/>
       <c r="E168" s="6" t="n">
-        <v>33</v>
+        <v>15</v>
       </c>
       <c r="F168" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G168" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H168" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I168" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B169" s="7" t="inlineStr">
         <is>
-          <t>151</t>
+          <t>134</t>
         </is>
       </c>
       <c r="C169" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація та комп’ютерно-інтегровані технології</t>
+          <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D169" s="3"/>
       <c r="E169" s="6" t="n">
-        <v>7</v>
+        <v>66</v>
       </c>
       <c r="F169" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G169" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H169" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I169" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B170" s="7" t="inlineStr">
         <is>
-          <t>152</t>
+          <t>142</t>
         </is>
       </c>
       <c r="C170" s="3" t="inlineStr">
         <is>
-          <t>Метрологія та інформаційно-вимірювальна техніка</t>
+          <t>Енергетичне машинобудування</t>
         </is>
       </c>
       <c r="D170" s="3"/>
       <c r="E170" s="6" t="n">
-        <v>7</v>
+        <v>33</v>
       </c>
       <c r="F170" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G170" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H170" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I170" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B171" s="7" t="inlineStr">
         <is>
-          <t>172</t>
+          <t>151</t>
         </is>
       </c>
       <c r="C171" s="3" t="inlineStr">
         <is>
-          <t>Електронні комунікації та радіотехніка</t>
+          <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D171" s="3"/>
       <c r="E171" s="6" t="n">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="F171" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G171" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H171" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I171" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B172" s="7" t="inlineStr">
         <is>
-          <t>172</t>
+          <t>152</t>
         </is>
       </c>
       <c r="C172" s="3" t="inlineStr">
         <is>
-          <t>Телекомунікації та радіотехніка</t>
+          <t>Метрологія та інформаційно-вимірювальна техніка</t>
         </is>
       </c>
       <c r="D172" s="3"/>
       <c r="E172" s="6" t="n">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="F172" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G172" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H172" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I172" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B173" s="7" t="inlineStr">
         <is>
-          <t>173</t>
+          <t>172</t>
         </is>
       </c>
       <c r="C173" s="3" t="inlineStr">
         <is>
-          <t>Авіоніка</t>
+          <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D173" s="3"/>
       <c r="E173" s="6" t="n">
-        <v>3</v>
+        <v>15</v>
       </c>
       <c r="F173" s="6" t="n">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G173" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H173" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I173" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B174" s="7" t="inlineStr">
         <is>
-          <t>174</t>
+          <t>172</t>
         </is>
       </c>
       <c r="C174" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
+          <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D174" s="3"/>
       <c r="E174" s="6" t="n">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="F174" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G174" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H174" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I174" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B175" s="7" t="inlineStr">
         <is>
-          <t>175</t>
+          <t>173</t>
         </is>
       </c>
       <c r="C175" s="3" t="inlineStr">
         <is>
-          <t>Інформаційно-вимірювальні технології</t>
+          <t>Авіоніка</t>
         </is>
       </c>
       <c r="D175" s="3"/>
       <c r="E175" s="6" t="n">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="F175" s="6" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G175" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H175" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I175" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B176" s="7" t="inlineStr">
         <is>
-          <t>281</t>
+          <t>174</t>
         </is>
       </c>
       <c r="C176" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D176" s="3"/>
       <c r="E176" s="6" t="n">
+        <v>12</v>
+      </c>
+      <c r="F176" s="6" t="n">
+        <v>1</v>
+      </c>
+      <c r="G176" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="H176" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="I176" s="6" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="177">
+      <c r="A177" s="3" t="inlineStr">
+        <is>
+          <t>Доктор філософії</t>
+        </is>
+      </c>
+      <c r="B177" s="7" t="inlineStr">
+        <is>
+          <t>175</t>
+        </is>
+      </c>
+      <c r="C177" s="3" t="inlineStr">
+        <is>
+          <t>Інформаційно-вимірювальні технології</t>
+        </is>
+      </c>
+      <c r="D177" s="3"/>
+      <c r="E177" s="6" t="n">
+        <v>10</v>
+      </c>
+      <c r="F177" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="G177" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="H177" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="I177" s="6" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="178">
+      <c r="A178" s="3" t="inlineStr">
+        <is>
+          <t>Доктор філософії</t>
+        </is>
+      </c>
+      <c r="B178" s="7" t="inlineStr">
+        <is>
+          <t>281</t>
+        </is>
+      </c>
+      <c r="C178" s="3" t="inlineStr">
+        <is>
+          <t>Публічне управління та адміністрування</t>
+        </is>
+      </c>
+      <c r="D178" s="3"/>
+      <c r="E178" s="6" t="n">
         <v>14</v>
       </c>
-      <c r="F176" s="6" t="n">
-[...8 lines deleted...]
-      <c r="I176" s="6" t="n">
+      <c r="F178" s="6" t="n">
+        <v>4</v>
+      </c>
+      <c r="G178" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="H178" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="I178" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:I176"/>
+  <autoFilter ref="A1:I178"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>