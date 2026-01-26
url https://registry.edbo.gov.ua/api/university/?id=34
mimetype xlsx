--- v1 (2025-12-05)
+++ v2 (2026-01-26)
@@ -27,51 +27,51 @@
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="ВСП" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Факультети" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Освітні програми" sheetId="7" state="visible" r:id="rId8"/>
     <sheet name="Здобувачі ВО" sheetId="8" state="visible" r:id="rId9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'ВСП'!$A$1:$E$2</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$10</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$5</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$15</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$187</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$253</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$178</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$165</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -1186,55 +1186,55 @@
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="F11" s="6" t="n">
         <v>22</v>
       </c>
       <c r="G11" s="7" t="inlineStr">
         <is>
-          <t> 15965</t>
+          <t> 19186</t>
         </is>
       </c>
       <c r="H11" s="9" t="n">
-        <v>46001</v>
+        <v>46358</v>
       </c>
       <c r="I11" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 19.07.2021 № 96-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>262</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="3" t="inlineStr">
@@ -14889,55 +14889,55 @@
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C124" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D124" s="3"/>
       <c r="E124" s="6" t="n">
         <v>51742</v>
       </c>
       <c r="F124" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="G124" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H124" s="7" t="inlineStr">
         <is>
-          <t>- 15965</t>
+          <t>- 19186</t>
         </is>
       </c>
       <c r="I124" s="9" t="n">
-        <v>46001</v>
+        <v>46358</v>
       </c>
       <c r="J124" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K124" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B125" s="7" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="C125" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D125" s="3"/>
@@ -20758,51 +20758,51 @@
       <c r="I253" s="9"/>
       <c r="J253" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K253" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K253"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I178"/>
+  <dimension ref="A1:I165"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -20847,51 +20847,51 @@
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Прикладна лінгвістика</t>
         </is>
       </c>
       <c r="E2" s="6" t="n">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>B13</t>
         </is>
       </c>
@@ -20950,51 +20950,51 @@
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="F5" s="6" t="n">
         <v>22</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
@@ -21489,81 +21489,81 @@
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>G12</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="6" t="n">
         <v>245</v>
       </c>
       <c r="F21" s="6" t="n">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>G18</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F22" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>G22</t>
         </is>
       </c>
@@ -21996,51 +21996,51 @@
       <c r="I35" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B36" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D36" s="3"/>
       <c r="E36" s="6" t="n">
         <v>35</v>
       </c>
       <c r="F36" s="6" t="n">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="G36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I36" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B37" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
@@ -22128,51 +22128,51 @@
       <c r="I39" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B40" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D40" s="3"/>
       <c r="E40" s="6" t="n">
         <v>56</v>
       </c>
       <c r="F40" s="6" t="n">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="G40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I40" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B41" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
@@ -22323,87 +22323,87 @@
       <c r="H45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I45" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B46" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C46" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D46" s="3"/>
       <c r="E46" s="6" t="n">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="F46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I46" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B47" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D47" s="3"/>
       <c r="E47" s="6" t="n">
         <v>110</v>
       </c>
       <c r="F47" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I47" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B48" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
@@ -22554,51 +22554,51 @@
       <c r="H52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I52" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B53" s="7" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
       <c r="C53" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D53" s="3"/>
       <c r="E53" s="6" t="n">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="F53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I53" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B54" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
@@ -22620,117 +22620,117 @@
       <c r="H54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I54" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B55" s="7" t="inlineStr">
         <is>
           <t>134</t>
         </is>
       </c>
       <c r="C55" s="3" t="inlineStr">
         <is>
           <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D55" s="3"/>
       <c r="E55" s="6" t="n">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="F55" s="6" t="n">
         <v>31</v>
       </c>
       <c r="G55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I55" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B56" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C56" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D56" s="3"/>
       <c r="E56" s="6" t="n">
         <v>96</v>
       </c>
       <c r="F56" s="6" t="n">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="G56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I56" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B57" s="7" t="inlineStr">
         <is>
           <t>142</t>
         </is>
       </c>
       <c r="C57" s="3" t="inlineStr">
         <is>
           <t>Енергетичне машинобудування</t>
         </is>
       </c>
       <c r="D57" s="3"/>
       <c r="E57" s="6" t="n">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="F57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I57" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B58" s="7" t="inlineStr">
         <is>
           <t>144</t>
         </is>
       </c>
@@ -23016,51 +23016,51 @@
       <c r="H66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I66" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B67" s="7" t="inlineStr">
         <is>
           <t>173</t>
         </is>
       </c>
       <c r="C67" s="3" t="inlineStr">
         <is>
           <t>Авіоніка</t>
         </is>
       </c>
       <c r="D67" s="3"/>
       <c r="E67" s="6" t="n">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="F67" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I67" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B68" s="7" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
@@ -23420,87 +23420,87 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B79" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C79" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D79" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="E79" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F79" s="6" t="n">
         <v>7</v>
       </c>
       <c r="G79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I79" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B80" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C80" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D80" s="3"/>
       <c r="E80" s="6" t="n">
         <v>9</v>
       </c>
       <c r="F80" s="6" t="n">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="G80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I80" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B81" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C81" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
@@ -23923,87 +23923,87 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B94" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C94" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D94" s="3" t="inlineStr">
         <is>
           <t>Технологічні машини та обладнання</t>
         </is>
       </c>
       <c r="E94" s="6" t="n">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="F94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I94" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B95" s="7" t="inlineStr">
         <is>
           <t>G12</t>
         </is>
       </c>
       <c r="C95" s="3" t="inlineStr">
         <is>
           <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D95" s="3"/>
       <c r="E95" s="6" t="n">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="F95" s="6" t="n">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I95" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B96" s="7" t="inlineStr">
         <is>
           <t>G18</t>
         </is>
       </c>
       <c r="C96" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
@@ -24228,51 +24228,51 @@
       <c r="H102" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I102" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B103" s="7" t="inlineStr">
         <is>
           <t>J6</t>
         </is>
       </c>
       <c r="C103" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D103" s="3"/>
       <c r="E103" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F103" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G103" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H103" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I103" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B104" s="7" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
@@ -24317,2457 +24317,2024 @@
       <c r="D105" s="3"/>
       <c r="E105" s="6" t="n">
         <v>11</v>
       </c>
       <c r="F105" s="6" t="n">
         <v>14</v>
       </c>
       <c r="G105" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H105" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I105" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B106" s="7" t="inlineStr">
         <is>
-          <t>029</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C106" s="3" t="inlineStr">
         <is>
-          <t>Інформаційна, бібліотечна та архівна справа</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D106" s="3"/>
       <c r="E106" s="6" t="n">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F106" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G106" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H106" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I106" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B107" s="7" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C107" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Психологія</t>
+        </is>
+      </c>
+      <c r="D107" s="3"/>
       <c r="E107" s="6" t="n">
-        <v>16</v>
+        <v>0</v>
       </c>
       <c r="F107" s="6" t="n">
-        <v>0</v>
+        <v>19</v>
       </c>
       <c r="G107" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H107" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I107" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B108" s="7" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>072</t>
         </is>
       </c>
       <c r="C108" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D108" s="3"/>
       <c r="E108" s="6" t="n">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="F108" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G108" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H108" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I108" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B109" s="7" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C109" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D109" s="3"/>
       <c r="E109" s="6" t="n">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="F109" s="6" t="n">
-        <v>74</v>
+        <v>2</v>
       </c>
       <c r="G109" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H109" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I109" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B110" s="7" t="inlineStr">
         <is>
-          <t>072</t>
+          <t>081</t>
         </is>
       </c>
       <c r="C110" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D110" s="3"/>
       <c r="E110" s="6" t="n">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="F110" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I110" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B111" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>101</t>
         </is>
       </c>
       <c r="C111" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D111" s="3"/>
       <c r="E111" s="6" t="n">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="F111" s="6" t="n">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="G111" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H111" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I111" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B112" s="7" t="inlineStr">
         <is>
-          <t>075</t>
+          <t>121</t>
         </is>
       </c>
       <c r="C112" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D112" s="3"/>
       <c r="E112" s="6" t="n">
-        <v>4</v>
+        <v>30</v>
       </c>
       <c r="F112" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I112" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B113" s="7" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C113" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D113" s="3"/>
       <c r="E113" s="6" t="n">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="F113" s="6" t="n">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G113" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H113" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I113" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B114" s="7" t="inlineStr">
         <is>
-          <t>101</t>
+          <t>123</t>
         </is>
       </c>
       <c r="C114" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D114" s="3"/>
       <c r="E114" s="6" t="n">
-        <v>5</v>
+        <v>18</v>
       </c>
       <c r="F114" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I114" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B115" s="7" t="inlineStr">
         <is>
-          <t>103</t>
+          <t>124</t>
         </is>
       </c>
       <c r="C115" s="3" t="inlineStr">
         <is>
-          <t>Науки про Землю</t>
+          <t>Системний аналіз</t>
         </is>
       </c>
       <c r="D115" s="3"/>
       <c r="E115" s="6" t="n">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="F115" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G115" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H115" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I115" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B116" s="7" t="inlineStr">
         <is>
-          <t>121</t>
+          <t>125</t>
         </is>
       </c>
       <c r="C116" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Кібербезпека</t>
         </is>
       </c>
       <c r="D116" s="3"/>
       <c r="E116" s="6" t="n">
-        <v>65</v>
+        <v>1</v>
       </c>
       <c r="F116" s="6" t="n">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="G116" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H116" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I116" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B117" s="7" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>125</t>
         </is>
       </c>
       <c r="C117" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D117" s="3"/>
       <c r="E117" s="6" t="n">
-        <v>36</v>
+        <v>1</v>
       </c>
       <c r="F117" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G117" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H117" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I117" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B118" s="7" t="inlineStr">
         <is>
-          <t>123</t>
+          <t>134</t>
         </is>
       </c>
       <c r="C118" s="3" t="inlineStr">
         <is>
-          <t>Комп’ютерна інженерія</t>
+          <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D118" s="3"/>
       <c r="E118" s="6" t="n">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="F118" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G118" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H118" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I118" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B119" s="7" t="inlineStr">
         <is>
-          <t>124</t>
+          <t>142</t>
         </is>
       </c>
       <c r="C119" s="3" t="inlineStr">
         <is>
-          <t>Системний аналіз</t>
+          <t>Енергетичне машинобудування</t>
         </is>
       </c>
       <c r="D119" s="3"/>
       <c r="E119" s="6" t="n">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="F119" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G119" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H119" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I119" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B120" s="7" t="inlineStr">
         <is>
-          <t>125</t>
+          <t>172</t>
         </is>
       </c>
       <c r="C120" s="3" t="inlineStr">
         <is>
-          <t>Кібербезпека</t>
+          <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D120" s="3"/>
       <c r="E120" s="6" t="n">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="F120" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G120" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H120" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I120" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B121" s="7" t="inlineStr">
         <is>
-          <t>125</t>
+          <t>172</t>
         </is>
       </c>
       <c r="C121" s="3" t="inlineStr">
         <is>
-          <t>Кібербезпека та захист інформації</t>
+          <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D121" s="3"/>
       <c r="E121" s="6" t="n">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="F121" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G121" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H121" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I121" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B122" s="7" t="inlineStr">
         <is>
-          <t>126</t>
+          <t>173</t>
         </is>
       </c>
       <c r="C122" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні системи та технології</t>
+          <t>Авіоніка</t>
         </is>
       </c>
       <c r="D122" s="3"/>
       <c r="E122" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F122" s="6" t="n">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G122" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H122" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I122" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B123" s="7" t="inlineStr">
         <is>
-          <t>131</t>
+          <t>174</t>
         </is>
       </c>
       <c r="C123" s="3" t="inlineStr">
         <is>
-          <t>Прикладна механіка</t>
+          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D123" s="3"/>
       <c r="E123" s="6" t="n">
-        <v>15</v>
+        <v>3</v>
       </c>
       <c r="F123" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G123" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H123" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I123" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B124" s="7" t="inlineStr">
         <is>
-          <t>133</t>
+          <t>175</t>
         </is>
       </c>
       <c r="C124" s="3" t="inlineStr">
         <is>
-          <t>Галузеве машинобудування</t>
+          <t>Інформаційно-вимірювальні технології</t>
         </is>
       </c>
       <c r="D124" s="3"/>
       <c r="E124" s="6" t="n">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="F124" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G124" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H124" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I124" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B125" s="7" t="inlineStr">
         <is>
-          <t>134</t>
+          <t>176</t>
         </is>
       </c>
       <c r="C125" s="3" t="inlineStr">
         <is>
-          <t>Авіаційна та ракетно-космічна техніка</t>
+          <t>Мікро- та наносистемна техніка</t>
         </is>
       </c>
       <c r="D125" s="3"/>
       <c r="E125" s="6" t="n">
-        <v>55</v>
+        <v>1</v>
       </c>
       <c r="F125" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G125" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H125" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I125" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B126" s="7" t="inlineStr">
         <is>
-          <t>141</t>
+          <t>262</t>
         </is>
       </c>
       <c r="C126" s="3" t="inlineStr">
         <is>
-          <t>Електроенергетика, електротехніка та електромеханіка</t>
+          <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D126" s="3"/>
       <c r="E126" s="6" t="n">
+        <v>2</v>
+      </c>
+      <c r="F126" s="6" t="n">
         <v>4</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="G126" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H126" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I126" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B127" s="7" t="inlineStr">
         <is>
-          <t>142</t>
+          <t>272</t>
         </is>
       </c>
       <c r="C127" s="3" t="inlineStr">
         <is>
-          <t>Енергетичне машинобудування</t>
+          <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D127" s="3"/>
       <c r="E127" s="6" t="n">
-        <v>11</v>
+        <v>2</v>
       </c>
       <c r="F127" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G127" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H127" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I127" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B128" s="7" t="inlineStr">
         <is>
-          <t>144</t>
+          <t>281</t>
         </is>
       </c>
       <c r="C128" s="3" t="inlineStr">
         <is>
-          <t>Теплоенергетика</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D128" s="3"/>
       <c r="E128" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F128" s="6" t="n">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G128" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H128" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I128" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Спеціаліст</t>
         </is>
       </c>
       <c r="B129" s="7" t="inlineStr">
         <is>
-          <t>163</t>
+          <t>7.18010013</t>
         </is>
       </c>
       <c r="C129" s="3" t="inlineStr">
         <is>
-          <t>Біомедична інженерія</t>
+          <t>управління проектами</t>
         </is>
       </c>
       <c r="D129" s="3"/>
       <c r="E129" s="6" t="n">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="F129" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G129" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H129" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I129" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B130" s="7" t="inlineStr">
         <is>
-          <t>172</t>
+          <t>B10</t>
         </is>
       </c>
       <c r="C130" s="3" t="inlineStr">
         <is>
-          <t>Електронні комунікації та радіотехніка</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="D130" s="3"/>
       <c r="E130" s="6" t="n">
-        <v>32</v>
+        <v>2</v>
       </c>
       <c r="F130" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G130" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H130" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I130" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B131" s="7" t="inlineStr">
         <is>
-          <t>172</t>
+          <t>C1</t>
         </is>
       </c>
       <c r="C131" s="3" t="inlineStr">
         <is>
-          <t>Телекомунікації та радіотехніка</t>
+          <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D131" s="3"/>
       <c r="E131" s="6" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F131" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G131" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H131" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I131" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B132" s="7" t="inlineStr">
         <is>
-          <t>173</t>
+          <t>D4</t>
         </is>
       </c>
       <c r="C132" s="3" t="inlineStr">
         <is>
-          <t>Авіоніка</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D132" s="3"/>
       <c r="E132" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F132" s="6" t="n">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G132" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H132" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I132" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B133" s="7" t="inlineStr">
         <is>
-          <t>174</t>
+          <t>E4</t>
         </is>
       </c>
       <c r="C133" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
+          <t>Науки про Землю</t>
         </is>
       </c>
       <c r="D133" s="3"/>
       <c r="E133" s="6" t="n">
-        <v>40</v>
+        <v>2</v>
       </c>
       <c r="F133" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G133" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H133" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I133" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B134" s="7" t="inlineStr">
         <is>
-          <t>175</t>
+          <t>F1</t>
         </is>
       </c>
       <c r="C134" s="3" t="inlineStr">
         <is>
-          <t>Інформаційно-вимірювальні технології</t>
+          <t>Прикладна математика</t>
         </is>
       </c>
       <c r="D134" s="3"/>
       <c r="E134" s="6" t="n">
-        <v>19</v>
+        <v>2</v>
       </c>
       <c r="F134" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G134" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H134" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I134" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B135" s="7" t="inlineStr">
         <is>
-          <t>176</t>
+          <t>F2</t>
         </is>
       </c>
       <c r="C135" s="3" t="inlineStr">
         <is>
-          <t>Мікро- та наносистемна техніка</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D135" s="3"/>
       <c r="E135" s="6" t="n">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="F135" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G135" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H135" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I135" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B136" s="7" t="inlineStr">
         <is>
-          <t>193</t>
+          <t>F3</t>
         </is>
       </c>
       <c r="C136" s="3" t="inlineStr">
         <is>
-          <t>Геодезія та землеустрій</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D136" s="3"/>
       <c r="E136" s="6" t="n">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="F136" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G136" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H136" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I136" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B137" s="7" t="inlineStr">
         <is>
-          <t>262</t>
+          <t>F5</t>
         </is>
       </c>
       <c r="C137" s="3" t="inlineStr">
         <is>
-          <t>Правоохоронна діяльність</t>
+          <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D137" s="3"/>
       <c r="E137" s="6" t="n">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="F137" s="6" t="n">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="G137" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H137" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I137" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B138" s="7" t="inlineStr">
         <is>
-          <t>272</t>
+          <t>F7</t>
         </is>
       </c>
       <c r="C138" s="3" t="inlineStr">
         <is>
-          <t>Авіаційний транспорт</t>
+          <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D138" s="3"/>
       <c r="E138" s="6" t="n">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="F138" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G138" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H138" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I138" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B139" s="7" t="inlineStr">
         <is>
-          <t>274</t>
+          <t>G11</t>
         </is>
       </c>
       <c r="C139" s="3" t="inlineStr">
         <is>
-          <t>Автомобільний транспорт</t>
+          <t>Машинобудування</t>
         </is>
       </c>
       <c r="D139" s="3"/>
       <c r="E139" s="6" t="n">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="F139" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G139" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H139" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I139" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B140" s="7" t="inlineStr">
         <is>
-          <t>281</t>
+          <t>G12</t>
         </is>
       </c>
       <c r="C140" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D140" s="3"/>
       <c r="E140" s="6" t="n">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F140" s="6" t="n">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G140" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H140" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I140" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B141" s="7" t="inlineStr">
         <is>
-          <t>8.03010201</t>
+          <t>G5</t>
         </is>
       </c>
       <c r="C141" s="3" t="inlineStr">
         <is>
-          <t>психологія</t>
+          <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D141" s="3"/>
       <c r="E141" s="6" t="n">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="F141" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G141" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H141" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I141" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="3" t="inlineStr">
         <is>
-          <t>Спеціаліст</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B142" s="7" t="inlineStr">
         <is>
-          <t>7.18010013</t>
+          <t>G6</t>
         </is>
       </c>
       <c r="C142" s="3" t="inlineStr">
         <is>
-          <t>управління проектами</t>
+          <t>Інформаційно-вимірювальні технології</t>
         </is>
       </c>
       <c r="D142" s="3"/>
       <c r="E142" s="6" t="n">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="F142" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G142" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H142" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I142" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B143" s="7" t="inlineStr">
         <is>
-          <t>B10</t>
+          <t>G7</t>
         </is>
       </c>
       <c r="C143" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D143" s="3"/>
       <c r="E143" s="6" t="n">
         <v>2</v>
       </c>
       <c r="F143" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G143" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H143" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I143" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B144" s="7" t="inlineStr">
         <is>
-          <t>C1</t>
+          <t>G8</t>
         </is>
       </c>
       <c r="C144" s="3" t="inlineStr">
         <is>
-          <t>Економіка та міжнародні економічні відносини</t>
+          <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D144" s="3"/>
       <c r="E144" s="6" t="n">
         <v>2</v>
       </c>
       <c r="F144" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G144" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H144" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I144" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B145" s="7" t="inlineStr">
         <is>
-          <t>D4</t>
+          <t>033</t>
         </is>
       </c>
       <c r="C145" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="D145" s="3"/>
       <c r="E145" s="6" t="n">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F145" s="6" t="n">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="G145" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H145" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I145" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B146" s="7" t="inlineStr">
         <is>
-          <t>E4</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C146" s="3" t="inlineStr">
         <is>
-          <t>Науки про Землю</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D146" s="3"/>
       <c r="E146" s="6" t="n">
-        <v>2</v>
+        <v>29</v>
       </c>
       <c r="F146" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G146" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H146" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I146" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B147" s="7" t="inlineStr">
         <is>
-          <t>F1</t>
+          <t>081</t>
         </is>
       </c>
       <c r="C147" s="3" t="inlineStr">
         <is>
-          <t>Прикладна математика</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D147" s="3"/>
       <c r="E147" s="6" t="n">
-        <v>2</v>
+        <v>13</v>
       </c>
       <c r="F147" s="6" t="n">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G147" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H147" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I147" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B148" s="7" t="inlineStr">
         <is>
-          <t>F2</t>
+          <t>103</t>
         </is>
       </c>
       <c r="C148" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Науки про Землю</t>
         </is>
       </c>
       <c r="D148" s="3"/>
       <c r="E148" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F148" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G148" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H148" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I148" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B149" s="7" t="inlineStr">
         <is>
-          <t>F3</t>
+          <t>113</t>
         </is>
       </c>
       <c r="C149" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Прикладна математика</t>
         </is>
       </c>
       <c r="D149" s="3"/>
       <c r="E149" s="6" t="n">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="F149" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G149" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H149" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I149" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B150" s="7" t="inlineStr">
         <is>
-          <t>F5</t>
+          <t>121</t>
         </is>
       </c>
       <c r="C150" s="3" t="inlineStr">
         <is>
-          <t>Кібербезпека та захист інформації</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D150" s="3"/>
       <c r="E150" s="6" t="n">
-        <v>2</v>
+        <v>42</v>
       </c>
       <c r="F150" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G150" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H150" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I150" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B151" s="7" t="inlineStr">
         <is>
-          <t>F7</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C151" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерна інженерія</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D151" s="3"/>
       <c r="E151" s="6" t="n">
-        <v>6</v>
+        <v>61</v>
       </c>
       <c r="F151" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G151" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H151" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I151" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B152" s="7" t="inlineStr">
         <is>
-          <t>G11</t>
+          <t>123</t>
         </is>
       </c>
       <c r="C152" s="3" t="inlineStr">
         <is>
-          <t>Машинобудування</t>
+          <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D152" s="3"/>
       <c r="E152" s="6" t="n">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="F152" s="6" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G152" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H152" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I152" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B153" s="7" t="inlineStr">
         <is>
-          <t>G12</t>
+          <t>125</t>
         </is>
       </c>
       <c r="C153" s="3" t="inlineStr">
         <is>
-          <t>Авіаційна та ракетно-космічна техніка</t>
+          <t>Кібербезпека</t>
         </is>
       </c>
       <c r="D153" s="3"/>
       <c r="E153" s="6" t="n">
-        <v>14</v>
+        <v>4</v>
       </c>
       <c r="F153" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G153" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H153" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I153" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B154" s="7" t="inlineStr">
         <is>
-          <t>G5</t>
+          <t>125</t>
         </is>
       </c>
       <c r="C154" s="3" t="inlineStr">
         <is>
-          <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
+          <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D154" s="3"/>
       <c r="E154" s="6" t="n">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="F154" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G154" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H154" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I154" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B155" s="7" t="inlineStr">
         <is>
-          <t>G6</t>
+          <t>132</t>
         </is>
       </c>
       <c r="C155" s="3" t="inlineStr">
         <is>
-          <t>Інформаційно-вимірювальні технології</t>
+          <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D155" s="3"/>
       <c r="E155" s="6" t="n">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="F155" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G155" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H155" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I155" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B156" s="7" t="inlineStr">
         <is>
-          <t>G7</t>
+          <t>134</t>
         </is>
       </c>
       <c r="C156" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
+          <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D156" s="3"/>
       <c r="E156" s="6" t="n">
+        <v>64</v>
+      </c>
+      <c r="F156" s="6" t="n">
         <v>2</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="G156" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H156" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I156" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B157" s="7" t="inlineStr">
         <is>
-          <t>G8</t>
+          <t>142</t>
         </is>
       </c>
       <c r="C157" s="3" t="inlineStr">
         <is>
-          <t>Матеріалознавство</t>
+          <t>Енергетичне машинобудування</t>
         </is>
       </c>
       <c r="D157" s="3"/>
       <c r="E157" s="6" t="n">
-        <v>2</v>
+        <v>33</v>
       </c>
       <c r="F157" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G157" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H157" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I157" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B158" s="7" t="inlineStr">
         <is>
-          <t>033</t>
+          <t>151</t>
         </is>
       </c>
       <c r="C158" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D158" s="3"/>
       <c r="E158" s="6" t="n">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="F158" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G158" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H158" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I158" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B159" s="7" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>152</t>
         </is>
       </c>
       <c r="C159" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Метрологія та інформаційно-вимірювальна техніка</t>
         </is>
       </c>
       <c r="D159" s="3"/>
       <c r="E159" s="6" t="n">
-        <v>33</v>
+        <v>7</v>
       </c>
       <c r="F159" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G159" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H159" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I159" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B160" s="7" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>172</t>
         </is>
       </c>
       <c r="C160" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D160" s="3"/>
       <c r="E160" s="6" t="n">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="F160" s="6" t="n">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="G160" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H160" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I160" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B161" s="7" t="inlineStr">
         <is>
-          <t>103</t>
+          <t>172</t>
         </is>
       </c>
       <c r="C161" s="3" t="inlineStr">
         <is>
-          <t>Науки про Землю</t>
+          <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D161" s="3"/>
       <c r="E161" s="6" t="n">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="F161" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G161" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H161" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I161" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B162" s="7" t="inlineStr">
         <is>
-          <t>113</t>
+          <t>173</t>
         </is>
       </c>
       <c r="C162" s="3" t="inlineStr">
         <is>
-          <t>Прикладна математика</t>
+          <t>Авіоніка</t>
         </is>
       </c>
       <c r="D162" s="3"/>
       <c r="E162" s="6" t="n">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="F162" s="6" t="n">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G162" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H162" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I162" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B163" s="7" t="inlineStr">
         <is>
-          <t>121</t>
+          <t>174</t>
         </is>
       </c>
       <c r="C163" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D163" s="3"/>
       <c r="E163" s="6" t="n">
-        <v>42</v>
+        <v>12</v>
       </c>
       <c r="F163" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G163" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H163" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I163" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B164" s="7" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>175</t>
         </is>
       </c>
       <c r="C164" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Інформаційно-вимірювальні технології</t>
         </is>
       </c>
       <c r="D164" s="3"/>
       <c r="E164" s="6" t="n">
-        <v>62</v>
+        <v>10</v>
       </c>
       <c r="F164" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G164" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H164" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I164" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B165" s="7" t="inlineStr">
         <is>
-          <t>123</t>
+          <t>281</t>
         </is>
       </c>
       <c r="C165" s="3" t="inlineStr">
         <is>
-          <t>Комп’ютерна інженерія</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D165" s="3"/>
       <c r="E165" s="6" t="n">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="F165" s="6" t="n">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="G165" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H165" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I165" s="6" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="166">
-[...427 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I178"/>
+  <autoFilter ref="A1:I165"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>