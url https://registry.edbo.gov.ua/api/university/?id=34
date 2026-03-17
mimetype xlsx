--- v2 (2026-01-26)
+++ v3 (2026-03-17)
@@ -26,52 +26,52 @@
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="ВСП" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Факультети" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Освітні програми" sheetId="7" state="visible" r:id="rId8"/>
     <sheet name="Здобувачі ВО" sheetId="8" state="visible" r:id="rId9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'ВСП'!$A$1:$E$2</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$10</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$5</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$15</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$187</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$253</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$165</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$241</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$158</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -1114,51 +1114,51 @@
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>J6</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="3" t="inlineStr">
         <is>
           <t>Технічне обслуговування та ремонт повітряних суден і авіадвигунів</t>
         </is>
       </c>
       <c r="F9" s="6" t="n">
         <v>20</v>
       </c>
       <c r="G9" s="7" t="inlineStr">
         <is>
           <t>НД 2193851</t>
         </is>
       </c>
       <c r="H9" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="I9" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 20.06.2025 № 100-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>K9</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="3" t="inlineStr">
@@ -9732,51 +9732,51 @@
       </c>
       <c r="K187" s="9"/>
       <c r="L187" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 23.06.2016 № 707</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:L187"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:K253"/>
+  <dimension ref="A1:K241"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="1024" min="12" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
@@ -9974,51 +9974,51 @@
           <t>Економіка</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
         <v>693</v>
       </c>
       <c r="F5" s="3" t="inlineStr">
         <is>
           <t>Економіка підприємства</t>
         </is>
       </c>
       <c r="G5" s="3"/>
       <c r="H5" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I5" s="9"/>
       <c r="J5" s="7" t="inlineStr">
         <is>
           <t>УД 21020904</t>
         </is>
       </c>
       <c r="K5" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="6" t="n">
         <v>94</v>
       </c>
       <c r="F6" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
@@ -10097,51 +10097,51 @@
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="6" t="n">
         <v>60170</v>
       </c>
       <c r="F8" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="G8" s="3"/>
       <c r="H8" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I8" s="9"/>
       <c r="J8" s="7" t="inlineStr">
         <is>
           <t>УД 21020907</t>
         </is>
       </c>
       <c r="K8" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="6" t="n">
         <v>508</v>
       </c>
       <c r="F9" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
@@ -10384,215 +10384,215 @@
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="6" t="n">
         <v>1057</v>
       </c>
       <c r="F15" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="G15" s="3"/>
       <c r="H15" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I15" s="9"/>
       <c r="J15" s="7" t="inlineStr">
         <is>
           <t>УД 21008325</t>
         </is>
       </c>
       <c r="K15" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
         <v>21410</v>
       </c>
       <c r="F16" s="3" t="inlineStr">
         <is>
           <t>Інформаційні технології проектування</t>
         </is>
       </c>
       <c r="G16" s="3"/>
       <c r="H16" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I16" s="9"/>
       <c r="J16" s="7" t="inlineStr">
         <is>
           <t>УД 21008322</t>
         </is>
       </c>
       <c r="K16" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
         <v>21426</v>
       </c>
       <c r="F17" s="3" t="inlineStr">
         <is>
           <t>Комп’ютеризація обробки інформації та управління</t>
         </is>
       </c>
       <c r="G17" s="3"/>
       <c r="H17" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I17" s="9"/>
       <c r="J17" s="7" t="inlineStr">
         <is>
           <t>УД 21008322</t>
         </is>
       </c>
       <c r="K17" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="6" t="n">
         <v>21427</v>
       </c>
       <c r="F18" s="3" t="inlineStr">
         <is>
           <t>Інтелектуальні системи та технології</t>
         </is>
       </c>
       <c r="G18" s="3"/>
       <c r="H18" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I18" s="9"/>
       <c r="J18" s="7" t="inlineStr">
         <is>
           <t>УД 21008322</t>
         </is>
       </c>
       <c r="K18" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="6" t="n">
         <v>49349</v>
       </c>
       <c r="F19" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні технології в біології та медицині</t>
         </is>
       </c>
       <c r="G19" s="3"/>
       <c r="H19" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I19" s="9"/>
       <c r="J19" s="7" t="inlineStr">
         <is>
           <t>УД 21008322</t>
         </is>
       </c>
       <c r="K19" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="6" t="n">
         <v>513</v>
       </c>
       <c r="F20" s="3" t="inlineStr">
         <is>
           <t>Системне програмування</t>
@@ -11073,420 +11073,420 @@
           <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D32" s="3"/>
       <c r="E32" s="6" t="n">
         <v>98</v>
       </c>
       <c r="F32" s="3" t="inlineStr">
         <is>
           <t>Технології виробництва авіаційних двигунів та енергетичних установок</t>
         </is>
       </c>
       <c r="G32" s="3"/>
       <c r="H32" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I32" s="9"/>
       <c r="J32" s="7" t="inlineStr">
         <is>
           <t>УД 21001693</t>
         </is>
       </c>
       <c r="K32" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B33" s="7" t="inlineStr">
         <is>
           <t>134</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D33" s="3"/>
       <c r="E33" s="6" t="n">
         <v>961</v>
       </c>
       <c r="F33" s="3" t="inlineStr">
         <is>
           <t>Авіаційні двигуни та енергетичні установки</t>
         </is>
       </c>
       <c r="G33" s="3"/>
       <c r="H33" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I33" s="9"/>
       <c r="J33" s="7" t="inlineStr">
         <is>
           <t>УД 21001693</t>
         </is>
       </c>
       <c r="K33" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B34" s="7" t="inlineStr">
         <is>
           <t>134</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D34" s="3"/>
       <c r="E34" s="6" t="n">
         <v>39606</v>
       </c>
       <c r="F34" s="3" t="inlineStr">
         <is>
           <t>Проектування, виробництво та сертифікація авіаційної техніки</t>
         </is>
       </c>
       <c r="G34" s="3"/>
       <c r="H34" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I34" s="9"/>
       <c r="J34" s="7" t="inlineStr">
         <is>
           <t>УД 21001693</t>
         </is>
       </c>
       <c r="K34" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B35" s="7" t="inlineStr">
         <is>
           <t>134</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D35" s="3"/>
       <c r="E35" s="6" t="n">
         <v>53655</v>
       </c>
       <c r="F35" s="3" t="inlineStr">
         <is>
           <t>Інтелектуальні безпілотні транспортні засоби</t>
         </is>
       </c>
       <c r="G35" s="3"/>
       <c r="H35" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I35" s="9"/>
       <c r="J35" s="7" t="inlineStr">
         <is>
           <t>УД 21001693</t>
         </is>
       </c>
       <c r="K35" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B36" s="7" t="inlineStr">
         <is>
           <t>134</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D36" s="3"/>
       <c r="E36" s="6" t="n">
         <v>53758</v>
       </c>
       <c r="F36" s="3" t="inlineStr">
         <is>
           <t>Ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="G36" s="3"/>
       <c r="H36" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I36" s="9"/>
       <c r="J36" s="7" t="inlineStr">
         <is>
           <t>УД 21001693</t>
         </is>
       </c>
       <c r="K36" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B37" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D37" s="3"/>
       <c r="E37" s="6" t="n">
         <v>29</v>
       </c>
       <c r="F37" s="3" t="inlineStr">
         <is>
           <t>Нетрадиційні та відновлювані джерела енергії</t>
         </is>
       </c>
       <c r="G37" s="3"/>
       <c r="H37" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I37" s="9"/>
       <c r="J37" s="7" t="inlineStr">
         <is>
           <t>УД 21008330</t>
         </is>
       </c>
       <c r="K37" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B38" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D38" s="3"/>
       <c r="E38" s="6" t="n">
         <v>17929</v>
       </c>
       <c r="F38" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерно-інтегроване управління в енергетиці</t>
         </is>
       </c>
       <c r="G38" s="3"/>
       <c r="H38" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I38" s="9"/>
       <c r="J38" s="7" t="inlineStr">
         <is>
           <t>УД 21008330</t>
         </is>
       </c>
       <c r="K38" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B39" s="7" t="inlineStr">
         <is>
           <t>142</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
           <t>Енергетичне машинобудування</t>
         </is>
       </c>
       <c r="D39" s="3"/>
       <c r="E39" s="6" t="n">
         <v>207</v>
       </c>
       <c r="F39" s="3" t="inlineStr">
         <is>
           <t>Газотурбінні установки і компресорні станції</t>
         </is>
       </c>
       <c r="G39" s="3"/>
       <c r="H39" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I39" s="9"/>
       <c r="J39" s="7" t="inlineStr">
         <is>
           <t>УД 21001692</t>
         </is>
       </c>
       <c r="K39" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B40" s="7" t="inlineStr">
         <is>
           <t>144</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
           <t>Теплоенергетика</t>
         </is>
       </c>
       <c r="D40" s="3"/>
       <c r="E40" s="6" t="n">
         <v>860</v>
       </c>
       <c r="F40" s="3" t="inlineStr">
         <is>
           <t>Енергетичний менеджмент</t>
         </is>
       </c>
       <c r="G40" s="3"/>
       <c r="H40" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I40" s="9"/>
       <c r="J40" s="7" t="inlineStr">
         <is>
           <t>УД 21008329</t>
         </is>
       </c>
       <c r="K40" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B41" s="7" t="inlineStr">
         <is>
           <t>144</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
           <t>Теплоенергетика</t>
         </is>
       </c>
       <c r="D41" s="3"/>
       <c r="E41" s="6" t="n">
         <v>17913</v>
       </c>
       <c r="F41" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерно-інтегровані технології проектування енергетичних систем</t>
         </is>
       </c>
       <c r="G41" s="3"/>
       <c r="H41" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I41" s="9"/>
       <c r="J41" s="7" t="inlineStr">
         <is>
           <t>УД 21008329</t>
         </is>
       </c>
       <c r="K41" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B42" s="7" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
           <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D42" s="3"/>
       <c r="E42" s="6" t="n">
         <v>97</v>
       </c>
       <c r="F42" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерні технології проектування та виробництва</t>
@@ -11893,92 +11893,92 @@
           <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D52" s="3"/>
       <c r="E52" s="6" t="n">
         <v>60175</v>
       </c>
       <c r="F52" s="3" t="inlineStr">
         <is>
           <t>Радіоелектронні пристрої, системи та комплекси</t>
         </is>
       </c>
       <c r="G52" s="3"/>
       <c r="H52" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I52" s="9"/>
       <c r="J52" s="7" t="inlineStr">
         <is>
           <t>УД 21019028</t>
         </is>
       </c>
       <c r="K52" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B53" s="7" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C53" s="3" t="inlineStr">
         <is>
           <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D53" s="3"/>
       <c r="E53" s="6" t="n">
         <v>60177</v>
       </c>
       <c r="F53" s="3" t="inlineStr">
         <is>
           <t>Інжиніринг і програмування інфокомунікаційних систем</t>
         </is>
       </c>
       <c r="G53" s="3"/>
       <c r="H53" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I53" s="9"/>
       <c r="J53" s="7" t="inlineStr">
         <is>
           <t>УД 21019028</t>
         </is>
       </c>
       <c r="K53" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B54" s="7" t="inlineStr">
         <is>
           <t>173</t>
         </is>
       </c>
       <c r="C54" s="3" t="inlineStr">
         <is>
           <t>Авіоніка</t>
         </is>
       </c>
       <c r="D54" s="3"/>
       <c r="E54" s="6" t="n">
         <v>17923</v>
       </c>
       <c r="F54" s="3" t="inlineStr">
         <is>
           <t>Системи автономної навігації та адаптивного управління літальних апаратів</t>
@@ -12057,133 +12057,133 @@
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D56" s="3"/>
       <c r="E56" s="6" t="n">
         <v>57871</v>
       </c>
       <c r="F56" s="3" t="inlineStr">
         <is>
           <t>Інженерія мобільних додатків</t>
         </is>
       </c>
       <c r="G56" s="3"/>
       <c r="H56" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I56" s="9"/>
       <c r="J56" s="7" t="inlineStr">
         <is>
           <t>УД 21020912</t>
         </is>
       </c>
       <c r="K56" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B57" s="7" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C57" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D57" s="3"/>
       <c r="E57" s="6" t="n">
         <v>57873</v>
       </c>
       <c r="F57" s="3" t="inlineStr">
         <is>
           <t>Комп`ютерно-інтегровані технологічні процеси і виробництва</t>
         </is>
       </c>
       <c r="G57" s="3"/>
       <c r="H57" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I57" s="9"/>
       <c r="J57" s="7" t="inlineStr">
         <is>
           <t>УД 21020912</t>
         </is>
       </c>
       <c r="K57" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B58" s="7" t="inlineStr">
         <is>
           <t>175</t>
         </is>
       </c>
       <c r="C58" s="3" t="inlineStr">
         <is>
           <t>Інформаційно-вимірювальні технології</t>
         </is>
       </c>
       <c r="D58" s="3"/>
       <c r="E58" s="6" t="n">
         <v>57875</v>
       </c>
       <c r="F58" s="3" t="inlineStr">
         <is>
           <t>Менеджмент якості товарів та послуг</t>
         </is>
       </c>
       <c r="G58" s="3"/>
       <c r="H58" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I58" s="9"/>
       <c r="J58" s="7" t="inlineStr">
         <is>
           <t>УД 21019027</t>
         </is>
       </c>
       <c r="K58" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B59" s="7" t="inlineStr">
         <is>
           <t>176</t>
         </is>
       </c>
       <c r="C59" s="3" t="inlineStr">
         <is>
           <t>Мікро- та наносистемна техніка</t>
         </is>
       </c>
       <c r="D59" s="3"/>
       <c r="E59" s="6" t="n">
         <v>57877</v>
       </c>
       <c r="F59" s="3" t="inlineStr">
         <is>
           <t>Мікро- та наносистемна техніка</t>
@@ -12426,51 +12426,51 @@
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D65" s="3"/>
       <c r="E65" s="6" t="n">
         <v>276</v>
       </c>
       <c r="F65" s="3" t="inlineStr">
         <is>
           <t>Автомобілі та автомобільне господарство</t>
         </is>
       </c>
       <c r="G65" s="3"/>
       <c r="H65" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I65" s="9"/>
       <c r="J65" s="7" t="inlineStr">
         <is>
           <t>УД 21008336</t>
         </is>
       </c>
       <c r="K65" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B66" s="7" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D66" s="3"/>
       <c r="E66" s="6" t="n">
         <v>17781</v>
       </c>
       <c r="F66" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
@@ -12637,51 +12637,51 @@
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="E70" s="6" t="n">
         <v>77175</v>
       </c>
       <c r="F70" s="3" t="inlineStr">
         <is>
           <t>SMART-економіка</t>
         </is>
       </c>
       <c r="G70" s="3"/>
       <c r="H70" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I70" s="9"/>
       <c r="J70" s="7" t="inlineStr">
         <is>
           <t>УД 21021222</t>
         </is>
       </c>
       <c r="K70" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B71" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C71" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D71" s="3"/>
       <c r="E71" s="6" t="n">
         <v>78708</v>
       </c>
       <c r="F71" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
@@ -12719,51 +12719,51 @@
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D72" s="3"/>
       <c r="E72" s="6" t="n">
         <v>77198</v>
       </c>
       <c r="F72" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="G72" s="3"/>
       <c r="H72" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I72" s="9"/>
       <c r="J72" s="7" t="inlineStr">
         <is>
           <t>УД 21020610</t>
         </is>
       </c>
       <c r="K72" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B73" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C73" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D73" s="3"/>
       <c r="E73" s="6" t="n">
         <v>77203</v>
       </c>
       <c r="F73" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
@@ -12972,1923 +12972,1899 @@
       </c>
       <c r="G78" s="3"/>
       <c r="H78" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I78" s="9"/>
       <c r="J78" s="7" t="inlineStr">
         <is>
           <t>УД 21020612</t>
         </is>
       </c>
       <c r="K78" s="9" t="n">
         <v>47300</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B79" s="7" t="inlineStr">
         <is>
-          <t>F2</t>
+          <t>E8</t>
         </is>
       </c>
       <c r="C79" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Статистика</t>
         </is>
       </c>
       <c r="D79" s="3"/>
       <c r="E79" s="6" t="n">
-        <v>77206</v>
+        <v>88408</v>
       </c>
       <c r="F79" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Статистичний аналіз даних</t>
         </is>
       </c>
       <c r="G79" s="3"/>
       <c r="H79" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I79" s="9"/>
       <c r="J79" s="7" t="inlineStr">
         <is>
-          <t>УД 21008325</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K79" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B80" s="7" t="inlineStr">
         <is>
-          <t>F3</t>
+          <t>F2</t>
         </is>
       </c>
       <c r="C80" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D80" s="3"/>
       <c r="E80" s="6" t="n">
-        <v>77297</v>
+        <v>77206</v>
       </c>
       <c r="F80" s="3" t="inlineStr">
         <is>
-          <t>Комп’ютерні технології в біології та медицині</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="G80" s="3"/>
       <c r="H80" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I80" s="9"/>
       <c r="J80" s="7" t="inlineStr">
         <is>
-          <t>УД 21008322</t>
+          <t>УД 21008325</t>
         </is>
       </c>
       <c r="K80" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B81" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C81" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D81" s="3"/>
       <c r="E81" s="6" t="n">
-        <v>77497</v>
+        <v>77297</v>
       </c>
       <c r="F81" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні технології проєктування</t>
+          <t>Комп’ютерні технології в біології та медицині</t>
         </is>
       </c>
       <c r="G81" s="3"/>
       <c r="H81" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I81" s="9"/>
       <c r="J81" s="7" t="inlineStr">
         <is>
           <t>УД 21008322</t>
         </is>
       </c>
       <c r="K81" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B82" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C82" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D82" s="3"/>
       <c r="E82" s="6" t="n">
-        <v>77810</v>
+        <v>77497</v>
       </c>
       <c r="F82" s="3" t="inlineStr">
         <is>
-          <t>Віртуальні та інтелектуальні технології програмування</t>
+          <t>Інформаційні технології проєктування</t>
         </is>
       </c>
       <c r="G82" s="3"/>
       <c r="H82" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I82" s="9"/>
       <c r="J82" s="7" t="inlineStr">
         <is>
           <t>УД 21008322</t>
         </is>
       </c>
       <c r="K82" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B83" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C83" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D83" s="3"/>
       <c r="E83" s="6" t="n">
-        <v>77813</v>
+        <v>77810</v>
       </c>
       <c r="F83" s="3" t="inlineStr">
         <is>
-          <t>Інтелектуальні системи та технології</t>
+          <t>Віртуальні та інтелектуальні технології програмування</t>
         </is>
       </c>
       <c r="G83" s="3"/>
       <c r="H83" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I83" s="9"/>
       <c r="J83" s="7" t="inlineStr">
         <is>
           <t>УД 21008322</t>
         </is>
       </c>
       <c r="K83" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B84" s="7" t="inlineStr">
         <is>
-          <t>F4</t>
+          <t>F3</t>
         </is>
       </c>
       <c r="C84" s="3" t="inlineStr">
         <is>
-          <t>Системний аналіз та наука про дані</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D84" s="3"/>
       <c r="E84" s="6" t="n">
-        <v>77891</v>
+        <v>77813</v>
       </c>
       <c r="F84" s="3" t="inlineStr">
         <is>
-          <t>Системний аналіз і управління</t>
+          <t>Інтелектуальні системи та технології</t>
         </is>
       </c>
       <c r="G84" s="3"/>
       <c r="H84" s="7" t="inlineStr">
         <is>
-          <t>- 14748</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I84" s="9"/>
       <c r="J84" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K84" s="9"/>
+          <t>УД 21008322</t>
+        </is>
+      </c>
+      <c r="K84" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B85" s="7" t="inlineStr">
         <is>
-          <t>F5</t>
+          <t>F4</t>
         </is>
       </c>
       <c r="C85" s="3" t="inlineStr">
         <is>
-          <t>Кібербезпека та захист інформації</t>
+          <t>Системний аналіз та наука про дані</t>
         </is>
       </c>
       <c r="D85" s="3"/>
       <c r="E85" s="6" t="n">
-        <v>77301</v>
+        <v>77891</v>
       </c>
       <c r="F85" s="3" t="inlineStr">
         <is>
-          <t>Безпека інформаційних і комунікаційних систем</t>
+          <t>Системний аналіз і управління</t>
         </is>
       </c>
       <c r="G85" s="3"/>
       <c r="H85" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I85" s="9"/>
+          <t>- 14748</t>
+        </is>
+      </c>
+      <c r="I85" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J85" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K85" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B86" s="7" t="inlineStr">
         <is>
-          <t>F6</t>
+          <t>F5</t>
         </is>
       </c>
       <c r="C86" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні системи і технології</t>
+          <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D86" s="3"/>
       <c r="E86" s="6" t="n">
-        <v>77304</v>
+        <v>77301</v>
       </c>
       <c r="F86" s="3" t="inlineStr">
         <is>
-          <t>Штучний інтелект та інформаційні системи</t>
+          <t>Безпека інформаційних і комунікаційних систем</t>
         </is>
       </c>
       <c r="G86" s="3"/>
       <c r="H86" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I86" s="9"/>
       <c r="J86" s="7" t="inlineStr">
         <is>
-          <t>УД 21008323</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K86" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B87" s="7" t="inlineStr">
         <is>
           <t>F6</t>
         </is>
       </c>
       <c r="C87" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи і технології</t>
         </is>
       </c>
       <c r="D87" s="3"/>
       <c r="E87" s="6" t="n">
-        <v>77501</v>
+        <v>77304</v>
       </c>
       <c r="F87" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні системи та технології підтримки віртуальних середовищ</t>
+          <t>Штучний інтелект та інформаційні системи</t>
         </is>
       </c>
       <c r="G87" s="3"/>
       <c r="H87" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I87" s="9"/>
       <c r="J87" s="7" t="inlineStr">
         <is>
           <t>УД 21008323</t>
         </is>
       </c>
       <c r="K87" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B88" s="7" t="inlineStr">
         <is>
           <t>F6</t>
         </is>
       </c>
       <c r="C88" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи і технології</t>
         </is>
       </c>
       <c r="D88" s="3"/>
       <c r="E88" s="6" t="n">
-        <v>77814</v>
+        <v>77501</v>
       </c>
       <c r="F88" s="3" t="inlineStr">
         <is>
-          <t>Розподілені інформаційні системи</t>
+          <t>Інформаційні системи та технології підтримки віртуальних середовищ</t>
         </is>
       </c>
       <c r="G88" s="3"/>
       <c r="H88" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I88" s="9"/>
       <c r="J88" s="7" t="inlineStr">
         <is>
           <t>УД 21008323</t>
         </is>
       </c>
       <c r="K88" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B89" s="7" t="inlineStr">
         <is>
-          <t>F7</t>
+          <t>F6</t>
         </is>
       </c>
       <c r="C89" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерна інженерія</t>
+          <t>Інформаційні системи і технології</t>
         </is>
       </c>
       <c r="D89" s="3"/>
       <c r="E89" s="6" t="n">
-        <v>77305</v>
+        <v>77814</v>
       </c>
       <c r="F89" s="3" t="inlineStr">
         <is>
-          <t>Системне програмування</t>
+          <t>Розподілені інформаційні системи</t>
         </is>
       </c>
       <c r="G89" s="3"/>
       <c r="H89" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I89" s="9"/>
       <c r="J89" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K89" s="9"/>
+          <t>УД 21008323</t>
+        </is>
+      </c>
+      <c r="K89" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B90" s="7" t="inlineStr">
         <is>
-          <t>G11</t>
+          <t>F6</t>
         </is>
       </c>
       <c r="C90" s="3" t="inlineStr">
         <is>
-          <t>Машинобудування</t>
-[...6 lines deleted...]
-      </c>
+          <t>Інформаційні системи і технології</t>
+        </is>
+      </c>
+      <c r="D90" s="3"/>
       <c r="E90" s="6" t="n">
-        <v>78245</v>
+        <v>88431</v>
       </c>
       <c r="F90" s="3" t="inlineStr">
         <is>
-          <t>Газотурбінні установки і компресорні станції</t>
+          <t>Агентні автономні інтелектуальні системи і технології</t>
         </is>
       </c>
       <c r="G90" s="3"/>
       <c r="H90" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I90" s="9"/>
       <c r="J90" s="7" t="inlineStr">
         <is>
-          <t>УД 21001692</t>
+          <t>УД 21008323</t>
         </is>
       </c>
       <c r="K90" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B91" s="7" t="inlineStr">
         <is>
-          <t>G11</t>
+          <t>F7</t>
         </is>
       </c>
       <c r="C91" s="3" t="inlineStr">
         <is>
-          <t>Машинобудування</t>
-[...6 lines deleted...]
-      </c>
+          <t>Комп'ютерна інженерія</t>
+        </is>
+      </c>
+      <c r="D91" s="3"/>
       <c r="E91" s="6" t="n">
-        <v>78177</v>
+        <v>77305</v>
       </c>
       <c r="F91" s="3" t="inlineStr">
         <is>
-          <t>Робототехнічні системи та комплекси</t>
+          <t>Системне програмування</t>
         </is>
       </c>
       <c r="G91" s="3"/>
       <c r="H91" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I91" s="9"/>
       <c r="J91" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K91" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B92" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C92" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D92" s="3" t="inlineStr">
         <is>
-          <t>Технологічні машини та обладнання</t>
+          <t>Двигуни та енергетичні установки</t>
         </is>
       </c>
       <c r="E92" s="6" t="n">
-        <v>78208</v>
+        <v>78245</v>
       </c>
       <c r="F92" s="3" t="inlineStr">
         <is>
-          <t>Комп’ютерний інжиніринг</t>
+          <t>Газотурбінні установки і компресорні станції</t>
         </is>
       </c>
       <c r="G92" s="3"/>
       <c r="H92" s="7" t="inlineStr">
         <is>
-          <t>- 14751</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I92" s="9"/>
       <c r="J92" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K92" s="9"/>
+          <t>УД 21001692</t>
+        </is>
+      </c>
+      <c r="K92" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B93" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C93" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D93" s="3" t="inlineStr">
         <is>
           <t>Технологічні машини та обладнання</t>
         </is>
       </c>
       <c r="E93" s="6" t="n">
-        <v>80599</v>
+        <v>78177</v>
       </c>
       <c r="F93" s="3" t="inlineStr">
         <is>
-          <t>Геометричне моделювання та візуалізація промислових виробів</t>
+          <t>Робототехнічні системи та комплекси</t>
         </is>
       </c>
       <c r="G93" s="3"/>
       <c r="H93" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I93" s="9"/>
       <c r="J93" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K93" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B94" s="7" t="inlineStr">
         <is>
-          <t>G12</t>
+          <t>G11</t>
         </is>
       </c>
       <c r="C94" s="3" t="inlineStr">
         <is>
-          <t>Авіаційна та ракетно-космічна техніка</t>
-[...2 lines deleted...]
-      <c r="D94" s="3"/>
+          <t>Машинобудування</t>
+        </is>
+      </c>
+      <c r="D94" s="3" t="inlineStr">
+        <is>
+          <t>Технологічні машини та обладнання</t>
+        </is>
+      </c>
       <c r="E94" s="6" t="n">
-        <v>77543</v>
+        <v>78208</v>
       </c>
       <c r="F94" s="3" t="inlineStr">
         <is>
-          <t>Проєктування, виробництво та сертифікація авіаційної техніки</t>
+          <t>Комп’ютерний інжиніринг</t>
         </is>
       </c>
       <c r="G94" s="3"/>
       <c r="H94" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I94" s="9"/>
+          <t>- 14751</t>
+        </is>
+      </c>
+      <c r="I94" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J94" s="7" t="inlineStr">
         <is>
-          <t>УД 21001693</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K94" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B95" s="7" t="inlineStr">
         <is>
-          <t>G12</t>
+          <t>G11</t>
         </is>
       </c>
       <c r="C95" s="3" t="inlineStr">
         <is>
-          <t>Авіаційна та ракетно-космічна техніка</t>
-[...2 lines deleted...]
-      <c r="D95" s="3"/>
+          <t>Машинобудування</t>
+        </is>
+      </c>
+      <c r="D95" s="3" t="inlineStr">
+        <is>
+          <t>Технологічні машини та обладнання</t>
+        </is>
+      </c>
       <c r="E95" s="6" t="n">
-        <v>77550</v>
+        <v>80599</v>
       </c>
       <c r="F95" s="3" t="inlineStr">
         <is>
-          <t>Інтелектуальні безпілотні транспортні засоби</t>
+          <t>Геометричне моделювання та візуалізація промислових виробів</t>
         </is>
       </c>
       <c r="G95" s="3"/>
       <c r="H95" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I95" s="9"/>
       <c r="J95" s="7" t="inlineStr">
         <is>
-          <t>УД 21001693</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K95" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B96" s="7" t="inlineStr">
         <is>
           <t>G12</t>
         </is>
       </c>
       <c r="C96" s="3" t="inlineStr">
         <is>
           <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D96" s="3"/>
       <c r="E96" s="6" t="n">
-        <v>77816</v>
+        <v>77543</v>
       </c>
       <c r="F96" s="3" t="inlineStr">
         <is>
-          <t>Авіоніка</t>
+          <t>Проєктування, виробництво та сертифікація авіаційної техніки</t>
         </is>
       </c>
       <c r="G96" s="3"/>
       <c r="H96" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I96" s="9"/>
       <c r="J96" s="7" t="inlineStr">
         <is>
           <t>УД 21001693</t>
         </is>
       </c>
       <c r="K96" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B97" s="7" t="inlineStr">
         <is>
           <t>G12</t>
         </is>
       </c>
       <c r="C97" s="3" t="inlineStr">
         <is>
           <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D97" s="3"/>
       <c r="E97" s="6" t="n">
-        <v>77990</v>
+        <v>77550</v>
       </c>
       <c r="F97" s="3" t="inlineStr">
         <is>
-          <t>Авіаційні двигуни та енергетичні установки</t>
+          <t>Інтелектуальні безпілотні транспортні засоби</t>
         </is>
       </c>
       <c r="G97" s="3"/>
       <c r="H97" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I97" s="9"/>
       <c r="J97" s="7" t="inlineStr">
         <is>
           <t>УД 21001693</t>
         </is>
       </c>
       <c r="K97" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B98" s="7" t="inlineStr">
         <is>
           <t>G12</t>
         </is>
       </c>
       <c r="C98" s="3" t="inlineStr">
         <is>
           <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D98" s="3"/>
       <c r="E98" s="6" t="n">
-        <v>78257</v>
+        <v>77816</v>
       </c>
       <c r="F98" s="3" t="inlineStr">
         <is>
-          <t>Ракетно-космічна техніка</t>
+          <t>Авіоніка</t>
         </is>
       </c>
       <c r="G98" s="3"/>
       <c r="H98" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I98" s="9"/>
       <c r="J98" s="7" t="inlineStr">
         <is>
           <t>УД 21001693</t>
         </is>
       </c>
       <c r="K98" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B99" s="7" t="inlineStr">
         <is>
-          <t>G18</t>
+          <t>G12</t>
         </is>
       </c>
       <c r="C99" s="3" t="inlineStr">
         <is>
-          <t>Геодезія та землеустрій</t>
+          <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D99" s="3"/>
       <c r="E99" s="6" t="n">
-        <v>77889</v>
+        <v>77990</v>
       </c>
       <c r="F99" s="3" t="inlineStr">
         <is>
-          <t>Геодезія та землеустрій</t>
+          <t>Авіаційні двигуни та енергетичні установки</t>
         </is>
       </c>
       <c r="G99" s="3"/>
       <c r="H99" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I99" s="9"/>
       <c r="J99" s="7" t="inlineStr">
         <is>
-          <t>УД 21020913</t>
+          <t>УД 21001693</t>
         </is>
       </c>
       <c r="K99" s="9" t="n">
-        <v>47300</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B100" s="7" t="inlineStr">
         <is>
-          <t>G22</t>
+          <t>G12</t>
         </is>
       </c>
       <c r="C100" s="3" t="inlineStr">
         <is>
-          <t>Біомедична інженерія</t>
+          <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D100" s="3"/>
       <c r="E100" s="6" t="n">
-        <v>77292</v>
+        <v>78257</v>
       </c>
       <c r="F100" s="3" t="inlineStr">
         <is>
-          <t>Біомедична інженерія</t>
+          <t>Ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="G100" s="3"/>
       <c r="H100" s="7" t="inlineStr">
         <is>
-          <t>- 14757</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I100" s="9"/>
       <c r="J100" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K100" s="9"/>
+          <t>УД 21001693</t>
+        </is>
+      </c>
+      <c r="K100" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B101" s="7" t="inlineStr">
         <is>
-          <t>G3</t>
+          <t>G12</t>
         </is>
       </c>
       <c r="C101" s="3" t="inlineStr">
         <is>
-          <t>Електрична інженерія</t>
+          <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D101" s="3"/>
       <c r="E101" s="6" t="n">
-        <v>77824</v>
+        <v>88406</v>
       </c>
       <c r="F101" s="3" t="inlineStr">
         <is>
-          <t>Електроенергетика та енергоефективні технології</t>
+          <t>Проєктування та виробництво безпілотних літальних апаратів</t>
         </is>
       </c>
       <c r="G101" s="3"/>
       <c r="H101" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I101" s="9"/>
       <c r="J101" s="7" t="inlineStr">
         <is>
-          <t>УД 21008330</t>
+          <t>УД 21001693</t>
         </is>
       </c>
       <c r="K101" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B102" s="7" t="inlineStr">
         <is>
-          <t>G4</t>
+          <t>G18</t>
         </is>
       </c>
       <c r="C102" s="3" t="inlineStr">
         <is>
-          <t>Енерговиробництво</t>
-[...6 lines deleted...]
-      </c>
+          <t>Геодезія та землеустрій</t>
+        </is>
+      </c>
+      <c r="D102" s="3"/>
       <c r="E102" s="6" t="n">
-        <v>78252</v>
+        <v>77889</v>
       </c>
       <c r="F102" s="3" t="inlineStr">
         <is>
-          <t>Нетрадиційні та відновлювані джерела енергії</t>
+          <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="G102" s="3"/>
       <c r="H102" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I102" s="9"/>
       <c r="J102" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K102" s="9"/>
+          <t>УД 21020913</t>
+        </is>
+      </c>
+      <c r="K102" s="9" t="n">
+        <v>47300</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B103" s="7" t="inlineStr">
         <is>
-          <t>G4</t>
+          <t>G22</t>
         </is>
       </c>
       <c r="C103" s="3" t="inlineStr">
         <is>
-          <t>Енерговиробництво</t>
-[...6 lines deleted...]
-      </c>
+          <t>Біомедична інженерія</t>
+        </is>
+      </c>
+      <c r="D103" s="3"/>
       <c r="E103" s="6" t="n">
-        <v>78340</v>
+        <v>77292</v>
       </c>
       <c r="F103" s="3" t="inlineStr">
         <is>
-          <t>Інжиніринг та енергоефективність в теплоенергетиці</t>
+          <t>Біомедична інженерія</t>
         </is>
       </c>
       <c r="G103" s="3"/>
       <c r="H103" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I103" s="9"/>
+          <t>- 14757</t>
+        </is>
+      </c>
+      <c r="I103" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J103" s="7" t="inlineStr">
         <is>
-          <t>УД 21008329</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K103" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B104" s="7" t="inlineStr">
         <is>
-          <t>G5</t>
+          <t>G3</t>
         </is>
       </c>
       <c r="C104" s="3" t="inlineStr">
         <is>
-          <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
+          <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D104" s="3"/>
       <c r="E104" s="6" t="n">
-        <v>77282</v>
+        <v>77824</v>
       </c>
       <c r="F104" s="3" t="inlineStr">
         <is>
-          <t>Радіоелектронні пристрої, системи та комплекси</t>
+          <t>Електроенергетика та енергоефективні технології</t>
         </is>
       </c>
       <c r="G104" s="3"/>
       <c r="H104" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I104" s="9"/>
       <c r="J104" s="7" t="inlineStr">
         <is>
-          <t>УД 21019028</t>
+          <t>УД 21008330</t>
         </is>
       </c>
       <c r="K104" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B105" s="7" t="inlineStr">
         <is>
-          <t>G5</t>
+          <t>G4</t>
         </is>
       </c>
       <c r="C105" s="3" t="inlineStr">
         <is>
-          <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
-[...2 lines deleted...]
-      <c r="D105" s="3"/>
+          <t>Енерговиробництво</t>
+        </is>
+      </c>
+      <c r="D105" s="3" t="inlineStr">
+        <is>
+          <t>Відновлювані джерела енергії та гідроенергетика</t>
+        </is>
+      </c>
       <c r="E105" s="6" t="n">
-        <v>77288</v>
+        <v>78252</v>
       </c>
       <c r="F105" s="3" t="inlineStr">
         <is>
-          <t>Інжиніринг і програмування інфокомунікаційних систем</t>
+          <t>Нетрадиційні та відновлювані джерела енергії</t>
         </is>
       </c>
       <c r="G105" s="3"/>
       <c r="H105" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I105" s="9"/>
       <c r="J105" s="7" t="inlineStr">
         <is>
-          <t>УД 21019028</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K105" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B106" s="7" t="inlineStr">
         <is>
-          <t>G5</t>
+          <t>G4</t>
         </is>
       </c>
       <c r="C106" s="3" t="inlineStr">
         <is>
-          <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
-[...2 lines deleted...]
-      <c r="D106" s="3"/>
+          <t>Енерговиробництво</t>
+        </is>
+      </c>
+      <c r="D106" s="3" t="inlineStr">
+        <is>
+          <t>Теплоенергетика</t>
+        </is>
+      </c>
       <c r="E106" s="6" t="n">
-        <v>77836</v>
+        <v>78340</v>
       </c>
       <c r="F106" s="3" t="inlineStr">
         <is>
-          <t>Мікро- та наносистемна техніка</t>
+          <t>Інжиніринг та енергоефективність в теплоенергетиці</t>
         </is>
       </c>
       <c r="G106" s="3"/>
       <c r="H106" s="7" t="inlineStr">
         <is>
-          <t>- 14754</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I106" s="9"/>
       <c r="J106" s="7" t="inlineStr">
         <is>
-          <t>УД 21019028</t>
+          <t>УД 21008329</t>
         </is>
       </c>
       <c r="K106" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B107" s="7" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C107" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D107" s="3"/>
       <c r="E107" s="6" t="n">
-        <v>77838</v>
+        <v>77282</v>
       </c>
       <c r="F107" s="3" t="inlineStr">
         <is>
-          <t>Системи автономної навігації та адаптивного управління літальних апаратів</t>
+          <t>Радіоелектронні пристрої, системи та комплекси</t>
         </is>
       </c>
       <c r="G107" s="3"/>
       <c r="H107" s="7" t="inlineStr">
         <is>
-          <t>- 14760</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I107" s="9"/>
       <c r="J107" s="7" t="inlineStr">
         <is>
           <t>УД 21019028</t>
         </is>
       </c>
       <c r="K107" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B108" s="7" t="inlineStr">
         <is>
-          <t>G6</t>
+          <t>G5</t>
         </is>
       </c>
       <c r="C108" s="3" t="inlineStr">
         <is>
-          <t>Інформаційно-вимірювальні технології</t>
+          <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D108" s="3"/>
       <c r="E108" s="6" t="n">
-        <v>77815</v>
+        <v>77288</v>
       </c>
       <c r="F108" s="3" t="inlineStr">
         <is>
-          <t>Інформаційно-вимірювальні технології забезпечення якості продукції</t>
+          <t>Інжиніринг і програмування інфокомунікаційних систем</t>
         </is>
       </c>
       <c r="G108" s="3"/>
       <c r="H108" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I108" s="9"/>
       <c r="J108" s="7" t="inlineStr">
         <is>
-          <t>УД 21019027</t>
+          <t>УД 21019028</t>
         </is>
       </c>
       <c r="K108" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B109" s="7" t="inlineStr">
         <is>
-          <t>G7</t>
+          <t>G5</t>
         </is>
       </c>
       <c r="C109" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
+          <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D109" s="3"/>
       <c r="E109" s="6" t="n">
-        <v>77840</v>
+        <v>77836</v>
       </c>
       <c r="F109" s="3" t="inlineStr">
         <is>
-          <t>Інженерія мобільних додатків</t>
+          <t>Мікро- та наносистемна техніка</t>
         </is>
       </c>
       <c r="G109" s="3"/>
       <c r="H109" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I109" s="9"/>
+          <t>- 14754</t>
+        </is>
+      </c>
+      <c r="I109" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J109" s="7" t="inlineStr">
         <is>
-          <t>УД 21020613</t>
+          <t>УД 21019028</t>
         </is>
       </c>
       <c r="K109" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B110" s="7" t="inlineStr">
         <is>
-          <t>G7</t>
+          <t>G5</t>
         </is>
       </c>
       <c r="C110" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
+          <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D110" s="3"/>
       <c r="E110" s="6" t="n">
-        <v>77843</v>
+        <v>77838</v>
       </c>
       <c r="F110" s="3" t="inlineStr">
         <is>
-          <t>Комп’ютерно-інтегровані системи автоматизації та керування</t>
+          <t>Системи автономної навігації та адаптивного управління літальних апаратів</t>
         </is>
       </c>
       <c r="G110" s="3"/>
       <c r="H110" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I110" s="9"/>
+          <t>- 14760</t>
+        </is>
+      </c>
+      <c r="I110" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J110" s="7" t="inlineStr">
         <is>
-          <t>УД 21020613</t>
+          <t>УД 21019028</t>
         </is>
       </c>
       <c r="K110" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B111" s="7" t="inlineStr">
         <is>
-          <t>G9</t>
+          <t>G6</t>
         </is>
       </c>
       <c r="C111" s="3" t="inlineStr">
         <is>
-          <t>Прикладна механіка</t>
+          <t>Інформаційно-вимірювальні технології</t>
         </is>
       </c>
       <c r="D111" s="3"/>
       <c r="E111" s="6" t="n">
-        <v>77535</v>
+        <v>77815</v>
       </c>
       <c r="F111" s="3" t="inlineStr">
         <is>
-          <t>Динаміка і міцність машин</t>
+          <t>Інформаційно-вимірювальні технології забезпечення якості продукції</t>
         </is>
       </c>
       <c r="G111" s="3"/>
       <c r="H111" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I111" s="9"/>
       <c r="J111" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K111" s="9"/>
+          <t>УД 21019027</t>
+        </is>
+      </c>
+      <c r="K111" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B112" s="7" t="inlineStr">
         <is>
-          <t>G9</t>
+          <t>G7</t>
         </is>
       </c>
       <c r="C112" s="3" t="inlineStr">
         <is>
-          <t>Прикладна механіка</t>
+          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D112" s="3"/>
       <c r="E112" s="6" t="n">
-        <v>77541</v>
+        <v>77840</v>
       </c>
       <c r="F112" s="3" t="inlineStr">
         <is>
-          <t>Моделювання механічних процесів</t>
+          <t>Інженерія мобільних додатків</t>
         </is>
       </c>
       <c r="G112" s="3"/>
       <c r="H112" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I112" s="9"/>
       <c r="J112" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K112" s="9"/>
+          <t>УД 21020613</t>
+        </is>
+      </c>
+      <c r="K112" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B113" s="7" t="inlineStr">
         <is>
-          <t>J6</t>
+          <t>G7</t>
         </is>
       </c>
       <c r="C113" s="3" t="inlineStr">
         <is>
-          <t>Авіаційний транспорт</t>
+          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D113" s="3"/>
       <c r="E113" s="6" t="n">
-        <v>77552</v>
+        <v>77843</v>
       </c>
       <c r="F113" s="3" t="inlineStr">
         <is>
-          <t>Технічне обслуговування та ремонт повітряних суден і авіадвигунів</t>
+          <t>Комп’ютерно-інтегровані системи автоматизації та керування</t>
         </is>
       </c>
       <c r="G113" s="3"/>
       <c r="H113" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I113" s="9"/>
       <c r="J113" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K113" s="9"/>
+          <t>УД 21020613</t>
+        </is>
+      </c>
+      <c r="K113" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B114" s="7" t="inlineStr">
         <is>
-          <t>J8</t>
+          <t>G8</t>
         </is>
       </c>
       <c r="C114" s="3" t="inlineStr">
         <is>
-          <t>Автомобільний транспорт</t>
+          <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D114" s="3"/>
       <c r="E114" s="6" t="n">
-        <v>77561</v>
+        <v>88407</v>
       </c>
       <c r="F114" s="3" t="inlineStr">
         <is>
-          <t>Автомобілі та автомобільне господарство</t>
+          <t>Інженерія композиційних матеріалів</t>
         </is>
       </c>
       <c r="G114" s="3"/>
       <c r="H114" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I114" s="9"/>
       <c r="J114" s="7" t="inlineStr">
         <is>
-          <t>УД 21008336</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K114" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B115" s="7" t="inlineStr">
         <is>
-          <t>K9</t>
+          <t>G9</t>
         </is>
       </c>
       <c r="C115" s="3" t="inlineStr">
         <is>
-          <t>Правоохоронна діяльність</t>
+          <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D115" s="3"/>
       <c r="E115" s="6" t="n">
-        <v>78713</v>
+        <v>77535</v>
       </c>
       <c r="F115" s="3" t="inlineStr">
         <is>
-          <t>Правоохоронна діяльність</t>
+          <t>Динаміка і міцність машин</t>
         </is>
       </c>
       <c r="G115" s="3"/>
       <c r="H115" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I115" s="9"/>
       <c r="J115" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K115" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Бакалавр</t>
         </is>
       </c>
       <c r="B116" s="7" t="inlineStr">
         <is>
-          <t>029</t>
+          <t>G9</t>
         </is>
       </c>
       <c r="C116" s="3" t="inlineStr">
         <is>
-          <t>Інформаційна, бібліотечна та архівна справа</t>
+          <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D116" s="3"/>
       <c r="E116" s="6" t="n">
-        <v>379</v>
+        <v>77541</v>
       </c>
       <c r="F116" s="3" t="inlineStr">
         <is>
-          <t>Документознавство та інформаційна діяльність</t>
-[...6 lines deleted...]
-      </c>
+          <t>Моделювання механічних процесів</t>
+        </is>
+      </c>
+      <c r="G116" s="3"/>
       <c r="H116" s="7" t="inlineStr">
         <is>
-          <t>УД 21008012</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I116" s="9"/>
       <c r="J116" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K116" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Бакалавр</t>
         </is>
       </c>
       <c r="B117" s="7" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>J6</t>
         </is>
       </c>
       <c r="C117" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Авіаційний транспорт</t>
+        </is>
+      </c>
+      <c r="D117" s="3"/>
       <c r="E117" s="6" t="n">
-        <v>474</v>
+        <v>77552</v>
       </c>
       <c r="F117" s="3" t="inlineStr">
         <is>
-          <t>прикладна лінгвістика</t>
-[...6 lines deleted...]
-      </c>
+          <t>Технічне обслуговування та ремонт повітряних суден і авіадвигунів</t>
+        </is>
+      </c>
+      <c r="G117" s="3"/>
       <c r="H117" s="7" t="inlineStr">
         <is>
-          <t>УД 21007562</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I117" s="9"/>
       <c r="J117" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K117" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Бакалавр</t>
         </is>
       </c>
       <c r="B118" s="7" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>J8</t>
         </is>
       </c>
       <c r="C118" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D118" s="3"/>
       <c r="E118" s="6" t="n">
-        <v>794</v>
+        <v>77561</v>
       </c>
       <c r="F118" s="3" t="inlineStr">
         <is>
-          <t>Економіка підприємства</t>
-[...6 lines deleted...]
-      </c>
+          <t>Автомобілі та автомобільне господарство</t>
+        </is>
+      </c>
+      <c r="G118" s="3"/>
       <c r="H118" s="7" t="inlineStr">
         <is>
-          <t>УД 21007966</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I118" s="9"/>
       <c r="J118" s="7" t="inlineStr">
         <is>
-          <t>НД 2193828</t>
+          <t>УД 21008336</t>
         </is>
       </c>
       <c r="K118" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Бакалавр</t>
         </is>
       </c>
       <c r="B119" s="7" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>K9</t>
         </is>
       </c>
       <c r="C119" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D119" s="3"/>
       <c r="E119" s="6" t="n">
-        <v>18270</v>
+        <v>78713</v>
       </c>
       <c r="F119" s="3" t="inlineStr">
         <is>
-          <t>Психологічне консультування та психотерапія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Правоохоронна діяльність</t>
+        </is>
+      </c>
+      <c r="G119" s="3"/>
       <c r="H119" s="7" t="inlineStr">
         <is>
-          <t>- 14767</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I119" s="9"/>
       <c r="J119" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K119" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B120" s="7" t="inlineStr">
         <is>
-          <t>072</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C120" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D120" s="3"/>
       <c r="E120" s="6" t="n">
-        <v>60179</v>
+        <v>794</v>
       </c>
       <c r="F120" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа та страхування</t>
+          <t>Економіка підприємства</t>
         </is>
       </c>
       <c r="G120" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H120" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I120" s="9"/>
+          <t>УД 21007966</t>
+        </is>
+      </c>
+      <c r="I120" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J120" s="7" t="inlineStr">
         <is>
-          <t>УД 21020914</t>
+          <t>НД 2193828</t>
         </is>
       </c>
       <c r="K120" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B121" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C121" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D121" s="3"/>
       <c r="E121" s="6" t="n">
-        <v>964</v>
+        <v>18270</v>
       </c>
       <c r="F121" s="3" t="inlineStr">
         <is>
-          <t>Управління проектами</t>
+          <t>Психологічне консультування та психотерапія</t>
         </is>
       </c>
       <c r="G121" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H121" s="7" t="inlineStr">
         <is>
-          <t>УД 21008015</t>
+          <t>- 14767</t>
         </is>
       </c>
       <c r="I121" s="9" t="n">
-        <v>46204</v>
+        <v>48761</v>
       </c>
       <c r="J121" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K121" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B122" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>072</t>
         </is>
       </c>
       <c r="C122" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D122" s="3"/>
       <c r="E122" s="6" t="n">
-        <v>18283</v>
+        <v>60179</v>
       </c>
       <c r="F122" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="G122" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H122" s="7" t="inlineStr">
         <is>
-          <t>- 14769</t>
-[...2 lines deleted...]
-      <c r="I122" s="9" t="n">
+          <t> </t>
+        </is>
+      </c>
+      <c r="I122" s="9"/>
+      <c r="J122" s="7" t="inlineStr">
+        <is>
+          <t>УД 21020914</t>
+        </is>
+      </c>
+      <c r="K122" s="9" t="n">
         <v>46204</v>
       </c>
-      <c r="J122" s="7" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K122" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B123" s="7" t="inlineStr">
         <is>
-          <t>075</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C123" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D123" s="3"/>
       <c r="E123" s="6" t="n">
-        <v>28009</v>
+        <v>18283</v>
       </c>
       <c r="F123" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="G123" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H123" s="7" t="inlineStr">
         <is>
-          <t>- 14771</t>
+          <t>- 14769</t>
         </is>
       </c>
       <c r="I123" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J123" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K123" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B124" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C124" s="3" t="inlineStr">
         <is>
@@ -14983,96 +14959,96 @@
       <c r="C126" s="3" t="inlineStr">
         <is>
           <t>Науки про Землю</t>
         </is>
       </c>
       <c r="D126" s="3"/>
       <c r="E126" s="6" t="n">
         <v>418</v>
       </c>
       <c r="F126" s="3" t="inlineStr">
         <is>
           <t>Космічний моніторинг Землі</t>
         </is>
       </c>
       <c r="G126" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H126" s="7" t="inlineStr">
         <is>
           <t>УД 21007563</t>
         </is>
       </c>
       <c r="I126" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J126" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K126" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B127" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C127" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D127" s="3"/>
       <c r="E127" s="6" t="n">
         <v>1122</v>
       </c>
       <c r="F127" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="G127" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H127" s="7" t="inlineStr">
         <is>
           <t>УД 21007564</t>
         </is>
       </c>
       <c r="I127" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J127" s="7" t="inlineStr">
         <is>
           <t>НД 2193839</t>
         </is>
       </c>
       <c r="K127" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B128" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C128" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
@@ -15102,5707 +15078,5155 @@
           <t>НД 2193839</t>
         </is>
       </c>
       <c r="K128" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B129" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C129" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D129" s="3"/>
       <c r="E129" s="6" t="n">
-        <v>21392</v>
+        <v>21425</v>
       </c>
       <c r="F129" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні технології проектування</t>
+          <t>Комп’ютеризація обробки інформації та управління</t>
         </is>
       </c>
       <c r="G129" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H129" s="7" t="inlineStr">
         <is>
-          <t>УД 21007565</t>
+          <t>УД 21008018</t>
         </is>
       </c>
       <c r="I129" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J129" s="7" t="inlineStr">
         <is>
           <t>НД 2193837</t>
         </is>
       </c>
       <c r="K129" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B130" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C130" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D130" s="3"/>
       <c r="E130" s="6" t="n">
-        <v>21424</v>
+        <v>32065</v>
       </c>
       <c r="F130" s="3" t="inlineStr">
         <is>
-          <t>Інтелектуальні системи та технології</t>
+          <t>Інформаційні технології проектування</t>
         </is>
       </c>
       <c r="G130" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H130" s="7" t="inlineStr">
         <is>
-          <t>УД 21007967</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I130" s="9"/>
       <c r="J130" s="7" t="inlineStr">
         <is>
           <t>НД 2193837</t>
         </is>
       </c>
       <c r="K130" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B131" s="7" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>123</t>
         </is>
       </c>
       <c r="C131" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D131" s="3"/>
       <c r="E131" s="6" t="n">
-        <v>21425</v>
+        <v>478</v>
       </c>
       <c r="F131" s="3" t="inlineStr">
         <is>
-          <t>Комп’ютеризація обробки інформації та управління</t>
+          <t>Системне програмування</t>
         </is>
       </c>
       <c r="G131" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H131" s="7" t="inlineStr">
         <is>
-          <t>УД 21008018</t>
+          <t>УД 21008019</t>
         </is>
       </c>
       <c r="I131" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J131" s="7" t="inlineStr">
         <is>
-          <t>НД 2193837</t>
+          <t>НД 2193838</t>
         </is>
       </c>
       <c r="K131" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B132" s="7" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>123</t>
         </is>
       </c>
       <c r="C132" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D132" s="3"/>
       <c r="E132" s="6" t="n">
-        <v>32065</v>
+        <v>32077</v>
       </c>
       <c r="F132" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні технології проектування</t>
+          <t>Системне програмування</t>
         </is>
       </c>
       <c r="G132" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H132" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I132" s="9"/>
       <c r="J132" s="7" t="inlineStr">
         <is>
-          <t>НД 2193837</t>
+          <t>НД 2193838</t>
         </is>
       </c>
       <c r="K132" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B133" s="7" t="inlineStr">
         <is>
-          <t>123</t>
+          <t>124</t>
         </is>
       </c>
       <c r="C133" s="3" t="inlineStr">
         <is>
-          <t>Комп’ютерна інженерія</t>
+          <t>Системний аналіз</t>
         </is>
       </c>
       <c r="D133" s="3"/>
       <c r="E133" s="6" t="n">
-        <v>478</v>
+        <v>691</v>
       </c>
       <c r="F133" s="3" t="inlineStr">
         <is>
-          <t>Системне програмування</t>
+          <t>Системний аналіз і управління</t>
         </is>
       </c>
       <c r="G133" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H133" s="7" t="inlineStr">
         <is>
-          <t>УД 21008019</t>
+          <t>УД 21002087</t>
         </is>
       </c>
       <c r="I133" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J133" s="7" t="inlineStr">
         <is>
-          <t>НД 2193838</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K133" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B134" s="7" t="inlineStr">
         <is>
-          <t>123</t>
+          <t>125</t>
         </is>
       </c>
       <c r="C134" s="3" t="inlineStr">
         <is>
-          <t>Комп’ютерна інженерія</t>
+          <t>Кібербезпека</t>
         </is>
       </c>
       <c r="D134" s="3"/>
       <c r="E134" s="6" t="n">
-        <v>32077</v>
+        <v>208</v>
       </c>
       <c r="F134" s="3" t="inlineStr">
         <is>
-          <t>Системне програмування</t>
+          <t>Безпека інформаційних і комунікаційних систем</t>
         </is>
       </c>
       <c r="G134" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H134" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I134" s="9"/>
+          <t>УД 21005371</t>
+        </is>
+      </c>
+      <c r="I134" s="9" t="n">
+        <v>46752</v>
+      </c>
       <c r="J134" s="7" t="inlineStr">
         <is>
-          <t>НД 2193838</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K134" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B135" s="7" t="inlineStr">
         <is>
-          <t>124</t>
+          <t>125</t>
         </is>
       </c>
       <c r="C135" s="3" t="inlineStr">
         <is>
-          <t>Системний аналіз</t>
+          <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D135" s="3"/>
       <c r="E135" s="6" t="n">
-        <v>691</v>
+        <v>60181</v>
       </c>
       <c r="F135" s="3" t="inlineStr">
         <is>
-          <t>Системний аналіз і управління</t>
+          <t>Безпека інформаційних і комунікаційних систем</t>
         </is>
       </c>
       <c r="G135" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H135" s="7" t="inlineStr">
         <is>
-          <t>УД 21002087</t>
+          <t>УД 21005371</t>
         </is>
       </c>
       <c r="I135" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J135" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K135" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B136" s="7" t="inlineStr">
         <is>
-          <t>125</t>
+          <t>134</t>
         </is>
       </c>
       <c r="C136" s="3" t="inlineStr">
         <is>
-          <t>Кібербезпека</t>
+          <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D136" s="3"/>
       <c r="E136" s="6" t="n">
-        <v>208</v>
+        <v>32069</v>
       </c>
       <c r="F136" s="3" t="inlineStr">
         <is>
-          <t>Безпека інформаційних і комунікаційних систем</t>
+          <t>Авіаційні двигуни та енергетичні установки</t>
         </is>
       </c>
       <c r="G136" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H136" s="7" t="inlineStr">
         <is>
-          <t>УД 21005371</t>
-[...2 lines deleted...]
-      <c r="I136" s="9" t="n">
+          <t> </t>
+        </is>
+      </c>
+      <c r="I136" s="9"/>
+      <c r="J136" s="7" t="inlineStr">
+        <is>
+          <t>НД 2193849</t>
+        </is>
+      </c>
+      <c r="K136" s="9" t="n">
         <v>46204</v>
       </c>
-      <c r="J136" s="7" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K136" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B137" s="7" t="inlineStr">
         <is>
-          <t>125</t>
+          <t>134</t>
         </is>
       </c>
       <c r="C137" s="3" t="inlineStr">
         <is>
-          <t>Кібербезпека та захист інформації</t>
+          <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D137" s="3"/>
       <c r="E137" s="6" t="n">
-        <v>60181</v>
+        <v>59737</v>
       </c>
       <c r="F137" s="3" t="inlineStr">
         <is>
-          <t>Безпека інформаційних і комунікаційних систем</t>
+          <t>Ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="G137" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H137" s="7" t="inlineStr">
         <is>
-          <t>УД 21005371</t>
-[...2 lines deleted...]
-      <c r="I137" s="9" t="n">
+          <t> </t>
+        </is>
+      </c>
+      <c r="I137" s="9"/>
+      <c r="J137" s="7" t="inlineStr">
+        <is>
+          <t>НД 2193849</t>
+        </is>
+      </c>
+      <c r="K137" s="9" t="n">
         <v>46204</v>
       </c>
-      <c r="J137" s="7" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K137" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B138" s="7" t="inlineStr">
         <is>
-          <t>126</t>
+          <t>134</t>
         </is>
       </c>
       <c r="C138" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні системи та технології</t>
+          <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D138" s="3"/>
       <c r="E138" s="6" t="n">
-        <v>57688</v>
+        <v>60811</v>
       </c>
       <c r="F138" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні системи та технології підтримки віртуальних середовищ</t>
+          <t>Проектування, виробництво та сертифікація авіаційної техніки</t>
         </is>
       </c>
       <c r="G138" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H138" s="7" t="inlineStr">
         <is>
-          <t>- 18901</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I138" s="9"/>
       <c r="J138" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K138" s="9"/>
+          <t>НД 2193849</t>
+        </is>
+      </c>
+      <c r="K138" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B139" s="7" t="inlineStr">
         <is>
-          <t>131</t>
+          <t>134</t>
         </is>
       </c>
       <c r="C139" s="3" t="inlineStr">
         <is>
-          <t>Прикладна механіка</t>
+          <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D139" s="3"/>
       <c r="E139" s="6" t="n">
-        <v>63229</v>
+        <v>60816</v>
       </c>
       <c r="F139" s="3" t="inlineStr">
         <is>
-          <t>Робототехнічні системи та комплекси</t>
+          <t>Проектування, виробництво та сертифікація авіаційної техніки</t>
         </is>
       </c>
       <c r="G139" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H139" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I139" s="9"/>
       <c r="J139" s="7" t="inlineStr">
         <is>
-          <t>НД 2193841</t>
+          <t>НД 2193849</t>
         </is>
       </c>
       <c r="K139" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B140" s="7" t="inlineStr">
         <is>
-          <t>133</t>
+          <t>142</t>
         </is>
       </c>
       <c r="C140" s="3" t="inlineStr">
         <is>
-          <t>Галузеве машинобудування</t>
+          <t>Енергетичне машинобудування</t>
         </is>
       </c>
       <c r="D140" s="3"/>
       <c r="E140" s="6" t="n">
-        <v>28156</v>
+        <v>1022</v>
       </c>
       <c r="F140" s="3" t="inlineStr">
         <is>
-          <t>Комп`ютерний інжиніринг</t>
+          <t>Газотурбінні установки і компресорні станції</t>
         </is>
       </c>
       <c r="G140" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H140" s="7" t="inlineStr">
         <is>
-          <t>- 15948</t>
+          <t>УД 21007969</t>
         </is>
       </c>
       <c r="I140" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J140" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K140" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B141" s="7" t="inlineStr">
         <is>
-          <t>134</t>
+          <t>144</t>
         </is>
       </c>
       <c r="C141" s="3" t="inlineStr">
         <is>
-          <t>Авіаційна та ракетно-космічна техніка</t>
+          <t>Теплоенергетика</t>
         </is>
       </c>
       <c r="D141" s="3"/>
       <c r="E141" s="6" t="n">
-        <v>692</v>
+        <v>50311</v>
       </c>
       <c r="F141" s="3" t="inlineStr">
         <is>
-          <t>Авіаційні двигуни та енергетичні установки</t>
+          <t>Інжиніринг та експлуатація теплоенергетичних систем</t>
         </is>
       </c>
       <c r="G141" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H141" s="7" t="inlineStr">
         <is>
-          <t>УД 21008028</t>
+          <t>- 15950</t>
         </is>
       </c>
       <c r="I141" s="9" t="n">
-        <v>46204</v>
+        <v>46569</v>
       </c>
       <c r="J141" s="7" t="inlineStr">
         <is>
-          <t>НД 2193849</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K141" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B142" s="7" t="inlineStr">
         <is>
-          <t>134</t>
+          <t>172</t>
         </is>
       </c>
       <c r="C142" s="3" t="inlineStr">
         <is>
-          <t>Авіаційна та ракетно-космічна техніка</t>
+          <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D142" s="3"/>
       <c r="E142" s="6" t="n">
-        <v>32069</v>
+        <v>375</v>
       </c>
       <c r="F142" s="3" t="inlineStr">
         <is>
-          <t>Авіаційні двигуни та енергетичні установки</t>
+          <t>Радіоелектронні пристрої, системи та комплекси</t>
         </is>
       </c>
       <c r="G142" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H142" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I142" s="9"/>
       <c r="J142" s="7" t="inlineStr">
         <is>
-          <t>НД 2193849</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K142" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B143" s="7" t="inlineStr">
         <is>
-          <t>134</t>
+          <t>172</t>
         </is>
       </c>
       <c r="C143" s="3" t="inlineStr">
         <is>
-          <t>Авіаційна та ракетно-космічна техніка</t>
+          <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D143" s="3"/>
       <c r="E143" s="6" t="n">
-        <v>59734</v>
+        <v>60185</v>
       </c>
       <c r="F143" s="3" t="inlineStr">
         <is>
-          <t>Ракетно-космічна техніка</t>
+          <t>Інформаційні мережі зв’язку</t>
         </is>
       </c>
       <c r="G143" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H143" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I143" s="9"/>
+          <t>УД 21019036</t>
+        </is>
+      </c>
+      <c r="I143" s="9" t="n">
+        <v>46752</v>
+      </c>
       <c r="J143" s="7" t="inlineStr">
         <is>
-          <t>НД 2193849</t>
+          <t>УД 21019037</t>
         </is>
       </c>
       <c r="K143" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B144" s="7" t="inlineStr">
         <is>
-          <t>134</t>
+          <t>172</t>
         </is>
       </c>
       <c r="C144" s="3" t="inlineStr">
         <is>
-          <t>Авіаційна та ракетно-космічна техніка</t>
+          <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D144" s="3"/>
       <c r="E144" s="6" t="n">
-        <v>59737</v>
+        <v>60771</v>
       </c>
       <c r="F144" s="3" t="inlineStr">
         <is>
-          <t>Ракетно-космічна техніка</t>
+          <t>Інформаційні мережі зв’язку</t>
         </is>
       </c>
       <c r="G144" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H144" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I144" s="9"/>
       <c r="J144" s="7" t="inlineStr">
         <is>
-          <t>НД 2193849</t>
+          <t>УД 21019037</t>
         </is>
       </c>
       <c r="K144" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B145" s="7" t="inlineStr">
         <is>
-          <t>134</t>
+          <t>173</t>
         </is>
       </c>
       <c r="C145" s="3" t="inlineStr">
         <is>
-          <t>Авіаційна та ракетно-космічна техніка</t>
+          <t>Авіоніка</t>
         </is>
       </c>
       <c r="D145" s="3"/>
       <c r="E145" s="6" t="n">
-        <v>60811</v>
+        <v>59663</v>
       </c>
       <c r="F145" s="3" t="inlineStr">
         <is>
-          <t>Проектування, виробництво та сертифікація авіаційної техніки</t>
+          <t>Системи автономної навігації та адаптивного управління літальних апаратів</t>
         </is>
       </c>
       <c r="G145" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H145" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I145" s="9"/>
+          <t>- 15955</t>
+        </is>
+      </c>
+      <c r="I145" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J145" s="7" t="inlineStr">
         <is>
-          <t>НД 2193849</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K145" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B146" s="7" t="inlineStr">
         <is>
-          <t>134</t>
+          <t>174</t>
         </is>
       </c>
       <c r="C146" s="3" t="inlineStr">
         <is>
-          <t>Авіаційна та ракетно-космічна техніка</t>
+          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D146" s="3"/>
       <c r="E146" s="6" t="n">
-        <v>60816</v>
+        <v>57863</v>
       </c>
       <c r="F146" s="3" t="inlineStr">
         <is>
-          <t>Проектування, виробництво та сертифікація авіаційної техніки</t>
+          <t>Комп'ютерно-інтегровані технологічні процеси і виробництва</t>
         </is>
       </c>
       <c r="G146" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H146" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I146" s="9"/>
+          <t>- 15959</t>
+        </is>
+      </c>
+      <c r="I146" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J146" s="7" t="inlineStr">
         <is>
-          <t>НД 2193849</t>
+          <t>УД 21018189</t>
         </is>
       </c>
       <c r="K146" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B147" s="7" t="inlineStr">
         <is>
-          <t>141</t>
+          <t>175</t>
         </is>
       </c>
       <c r="C147" s="3" t="inlineStr">
         <is>
-          <t>Електроенергетика, електротехніка та електромеханіка</t>
+          <t>Інформаційно-вимірювальні технології</t>
         </is>
       </c>
       <c r="D147" s="3"/>
       <c r="E147" s="6" t="n">
-        <v>863</v>
+        <v>57869</v>
       </c>
       <c r="F147" s="3" t="inlineStr">
         <is>
-          <t>Нетрадиційні та відновлювані джерела енергії</t>
+          <t>Якість, стандартизація та сертифікація</t>
         </is>
       </c>
       <c r="G147" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H147" s="7" t="inlineStr">
         <is>
-          <t>УД 21007968</t>
+          <t>- 15961</t>
         </is>
       </c>
       <c r="I147" s="9" t="n">
+        <v>47300</v>
+      </c>
+      <c r="J147" s="7" t="inlineStr">
+        <is>
+          <t>УД 21018190</t>
+        </is>
+      </c>
+      <c r="K147" s="9" t="n">
         <v>46204</v>
       </c>
-      <c r="J147" s="7" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K147" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B148" s="7" t="inlineStr">
         <is>
-          <t>142</t>
+          <t>176</t>
         </is>
       </c>
       <c r="C148" s="3" t="inlineStr">
         <is>
-          <t>Енергетичне машинобудування</t>
+          <t>Мікро- та наносистемна техніка</t>
         </is>
       </c>
       <c r="D148" s="3"/>
       <c r="E148" s="6" t="n">
-        <v>1022</v>
+        <v>63228</v>
       </c>
       <c r="F148" s="3" t="inlineStr">
         <is>
-          <t>Газотурбінні установки і компресорні станції</t>
+          <t>Мікро- та наносистемна техніка</t>
         </is>
       </c>
       <c r="G148" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H148" s="7" t="inlineStr">
         <is>
-          <t>УД 21007969</t>
+          <t>- 18907</t>
         </is>
       </c>
       <c r="I148" s="9" t="n">
-        <v>46204</v>
+        <v>46344</v>
       </c>
       <c r="J148" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K148" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B149" s="7" t="inlineStr">
         <is>
-          <t>144</t>
+          <t>262</t>
         </is>
       </c>
       <c r="C149" s="3" t="inlineStr">
         <is>
-          <t>Теплоенергетика</t>
+          <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D149" s="3"/>
       <c r="E149" s="6" t="n">
-        <v>50311</v>
+        <v>55210</v>
       </c>
       <c r="F149" s="3" t="inlineStr">
         <is>
-          <t>Інжиніринг та експлуатація теплоенергетичних систем</t>
+          <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="G149" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H149" s="7" t="inlineStr">
         <is>
-          <t>- 15950</t>
+          <t>- 18933</t>
         </is>
       </c>
       <c r="I149" s="9" t="n">
-        <v>46569</v>
+        <v>46344</v>
       </c>
       <c r="J149" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K149" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B150" s="7" t="inlineStr">
         <is>
-          <t>163</t>
+          <t>272</t>
         </is>
       </c>
       <c r="C150" s="3" t="inlineStr">
         <is>
-          <t>Біомедична інженерія</t>
+          <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D150" s="3"/>
       <c r="E150" s="6" t="n">
-        <v>60182</v>
+        <v>1326</v>
       </c>
       <c r="F150" s="3" t="inlineStr">
         <is>
-          <t>Біомедична інформатика та радіоелектроніка</t>
+          <t>Технічне обслуговування та ремонт повітряних суден і авіадвигунів</t>
         </is>
       </c>
       <c r="G150" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H150" s="7" t="inlineStr">
         <is>
-          <t>- 15953</t>
+          <t>УД 21007774</t>
         </is>
       </c>
       <c r="I150" s="9" t="n">
-        <v>47300</v>
+        <v>46752</v>
       </c>
       <c r="J150" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K150" s="9"/>
+          <t>НД 2193851</t>
+        </is>
+      </c>
+      <c r="K150" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B151" s="7" t="inlineStr">
         <is>
-          <t>172</t>
+          <t>272</t>
         </is>
       </c>
       <c r="C151" s="3" t="inlineStr">
         <is>
-          <t>Телекомунікації та радіотехніка</t>
+          <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D151" s="3"/>
       <c r="E151" s="6" t="n">
-        <v>375</v>
+        <v>18303</v>
       </c>
       <c r="F151" s="3" t="inlineStr">
         <is>
-          <t>Радіоелектронні пристрої, системи та комплекси</t>
+          <t>Інтелектуальні транспортні системи</t>
         </is>
       </c>
       <c r="G151" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H151" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I151" s="9"/>
+          <t>УД 21007775</t>
+        </is>
+      </c>
+      <c r="I151" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J151" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K151" s="9"/>
+          <t>НД 2193851</t>
+        </is>
+      </c>
+      <c r="K151" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B152" s="7" t="inlineStr">
         <is>
-          <t>172</t>
+          <t>272</t>
         </is>
       </c>
       <c r="C152" s="3" t="inlineStr">
         <is>
-          <t>Електронні комунікації та радіотехніка</t>
+          <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D152" s="3"/>
       <c r="E152" s="6" t="n">
-        <v>60183</v>
+        <v>32066</v>
       </c>
       <c r="F152" s="3" t="inlineStr">
         <is>
-          <t>Радіоелектронні пристрої, системи та комплекси</t>
+          <t>Технічне обслуговування та ремонт повітряних суден і авіадвигунів</t>
         </is>
       </c>
       <c r="G152" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H152" s="7" t="inlineStr">
         <is>
-          <t>УД 21019034</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I152" s="9"/>
       <c r="J152" s="7" t="inlineStr">
         <is>
-          <t>УД 21019037</t>
+          <t>НД 2193851</t>
         </is>
       </c>
       <c r="K152" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B153" s="7" t="inlineStr">
         <is>
-          <t>172</t>
+          <t>281</t>
         </is>
       </c>
       <c r="C153" s="3" t="inlineStr">
         <is>
-          <t>Електронні комунікації та радіотехніка</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D153" s="3"/>
       <c r="E153" s="6" t="n">
-        <v>60185</v>
+        <v>32078</v>
       </c>
       <c r="F153" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні мережі зв’язку</t>
+          <t>Управління та адміністрування регіональних економічних систем</t>
         </is>
       </c>
       <c r="G153" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H153" s="7" t="inlineStr">
         <is>
-          <t>УД 21019036</t>
+          <t>- 15963</t>
         </is>
       </c>
       <c r="I153" s="9" t="n">
-        <v>46204</v>
+        <v>46569</v>
       </c>
       <c r="J153" s="7" t="inlineStr">
         <is>
-          <t>УД 21019037</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K153" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B154" s="7" t="inlineStr">
         <is>
-          <t>172</t>
+          <t>B11</t>
         </is>
       </c>
       <c r="C154" s="3" t="inlineStr">
         <is>
-          <t>Електронні комунікації та радіотехніка</t>
-[...2 lines deleted...]
-      <c r="D154" s="3"/>
+          <t>Філологія</t>
+        </is>
+      </c>
+      <c r="D154" s="3" t="inlineStr">
+        <is>
+          <t>Прикладна лінгвістика</t>
+        </is>
+      </c>
       <c r="E154" s="6" t="n">
-        <v>60771</v>
+        <v>78727</v>
       </c>
       <c r="F154" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні мережі зв’язку</t>
+          <t>Прикладна лінгвістика</t>
         </is>
       </c>
       <c r="G154" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H154" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I154" s="9"/>
+          <t>УД 21007562</t>
+        </is>
+      </c>
+      <c r="I154" s="9" t="n">
+        <v>46752</v>
+      </c>
       <c r="J154" s="7" t="inlineStr">
         <is>
-          <t>УД 21019037</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K154" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B155" s="7" t="inlineStr">
         <is>
-          <t>173</t>
+          <t>B13</t>
         </is>
       </c>
       <c r="C155" s="3" t="inlineStr">
         <is>
-          <t>Авіоніка</t>
+          <t>Бібліотечна, інформаційна та архівна справа</t>
         </is>
       </c>
       <c r="D155" s="3"/>
       <c r="E155" s="6" t="n">
-        <v>59663</v>
+        <v>78704</v>
       </c>
       <c r="F155" s="3" t="inlineStr">
         <is>
-          <t>Системи автономної навігації та адаптивного управління літальних апаратів</t>
+          <t>Документознавство та інформаційна діяльність</t>
         </is>
       </c>
       <c r="G155" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H155" s="7" t="inlineStr">
         <is>
-          <t>- 15955</t>
+          <t>УД 21008012</t>
         </is>
       </c>
       <c r="I155" s="9" t="n">
-        <v>47300</v>
+        <v>46752</v>
       </c>
       <c r="J155" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K155" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B156" s="7" t="inlineStr">
         <is>
-          <t>174</t>
+          <t>C1</t>
         </is>
       </c>
       <c r="C156" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
-[...2 lines deleted...]
-      <c r="D156" s="3"/>
+          <t>Економіка та міжнародні економічні відносини</t>
+        </is>
+      </c>
+      <c r="D156" s="3" t="inlineStr">
+        <is>
+          <t>Економіка</t>
+        </is>
+      </c>
       <c r="E156" s="6" t="n">
-        <v>57860</v>
+        <v>77229</v>
       </c>
       <c r="F156" s="3" t="inlineStr">
         <is>
-          <t>Інженерія мобільних додатків</t>
+          <t>SMART-економіка</t>
         </is>
       </c>
       <c r="G156" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H156" s="7" t="inlineStr">
         <is>
-          <t>- 15957</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I156" s="9"/>
       <c r="J156" s="7" t="inlineStr">
         <is>
-          <t>УД 21018189</t>
+          <t>УД 21021146</t>
         </is>
       </c>
       <c r="K156" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B157" s="7" t="inlineStr">
         <is>
-          <t>174</t>
+          <t>C4</t>
         </is>
       </c>
       <c r="C157" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D157" s="3"/>
       <c r="E157" s="6" t="n">
-        <v>57863</v>
+        <v>78709</v>
       </c>
       <c r="F157" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерно-інтегровані технологічні процеси і виробництва</t>
+          <t>Психологічне консультування та психотерапія</t>
         </is>
       </c>
       <c r="G157" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H157" s="7" t="inlineStr">
         <is>
-          <t>- 15959</t>
+          <t>- 14768</t>
         </is>
       </c>
       <c r="I157" s="9" t="n">
-        <v>47300</v>
+        <v>48761</v>
       </c>
       <c r="J157" s="7" t="inlineStr">
         <is>
-          <t>УД 21018189</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K157" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B158" s="7" t="inlineStr">
         <is>
-          <t>175</t>
+          <t>D2</t>
         </is>
       </c>
       <c r="C158" s="3" t="inlineStr">
         <is>
-          <t>Інформаційно-вимірювальні технології</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D158" s="3"/>
       <c r="E158" s="6" t="n">
-        <v>57869</v>
+        <v>77222</v>
       </c>
       <c r="F158" s="3" t="inlineStr">
         <is>
-          <t>Якість, стандартизація та сертифікація</t>
+          <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="G158" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H158" s="7" t="inlineStr">
         <is>
-          <t>- 15961</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I158" s="9"/>
       <c r="J158" s="7" t="inlineStr">
         <is>
-          <t>УД 21018190</t>
+          <t>УД 21021223</t>
         </is>
       </c>
       <c r="K158" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B159" s="7" t="inlineStr">
         <is>
-          <t>176</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C159" s="3" t="inlineStr">
         <is>
-          <t>Мікро- та наносистемна техніка</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D159" s="3"/>
       <c r="E159" s="6" t="n">
-        <v>63228</v>
+        <v>77223</v>
       </c>
       <c r="F159" s="3" t="inlineStr">
         <is>
-          <t>Мікро- та наносистемна техніка</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="G159" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H159" s="7" t="inlineStr">
         <is>
-          <t>- 18907</t>
+          <t>- 14770</t>
         </is>
       </c>
       <c r="I159" s="9" t="n">
-        <v>46344</v>
+        <v>46204</v>
       </c>
       <c r="J159" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K159" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B160" s="7" t="inlineStr">
         <is>
-          <t>193</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C160" s="3" t="inlineStr">
         <is>
-          <t>Геодезія та землеустрій</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D160" s="3"/>
       <c r="E160" s="6" t="n">
-        <v>2142</v>
+        <v>77247</v>
       </c>
       <c r="F160" s="3" t="inlineStr">
         <is>
-          <t>Геоінформаційні системи і технології</t>
+          <t>Логістика та управління проєктами в бізнесі</t>
         </is>
       </c>
       <c r="G160" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H160" s="7" t="inlineStr">
         <is>
-          <t>УД 21007773</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I160" s="9"/>
       <c r="J160" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K160" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B161" s="7" t="inlineStr">
         <is>
-          <t>262</t>
+          <t>D4</t>
         </is>
       </c>
       <c r="C161" s="3" t="inlineStr">
         <is>
-          <t>Правоохоронна діяльність</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D161" s="3"/>
       <c r="E161" s="6" t="n">
-        <v>55210</v>
+        <v>77213</v>
       </c>
       <c r="F161" s="3" t="inlineStr">
         <is>
-          <t>Правоохоронна діяльність</t>
+          <t>Управління та адміністрування регіональних економічних систем</t>
         </is>
       </c>
       <c r="G161" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H161" s="7" t="inlineStr">
         <is>
-          <t>- 18933</t>
+          <t>- 15964</t>
         </is>
       </c>
       <c r="I161" s="9" t="n">
-        <v>46344</v>
+        <v>46569</v>
       </c>
       <c r="J161" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K161" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B162" s="7" t="inlineStr">
         <is>
-          <t>272</t>
+          <t>D4</t>
         </is>
       </c>
       <c r="C162" s="3" t="inlineStr">
         <is>
-          <t>Авіаційний транспорт</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D162" s="3"/>
       <c r="E162" s="6" t="n">
-        <v>1326</v>
+        <v>88435</v>
       </c>
       <c r="F162" s="3" t="inlineStr">
         <is>
-          <t>Технічне обслуговування та ремонт повітряних суден і авіадвигунів</t>
+          <t>Публічне управління та адміністрування у сфері цивільної та техногенної безпеки</t>
         </is>
       </c>
       <c r="G162" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H162" s="7" t="inlineStr">
         <is>
-          <t>УД 21007774</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I162" s="9"/>
       <c r="J162" s="7" t="inlineStr">
         <is>
-          <t>НД 2193851</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K162" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B163" s="7" t="inlineStr">
         <is>
-          <t>272</t>
+          <t>D5</t>
         </is>
       </c>
       <c r="C163" s="3" t="inlineStr">
         <is>
-          <t>Авіаційний транспорт</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="D163" s="3"/>
       <c r="E163" s="6" t="n">
-        <v>18303</v>
+        <v>77235</v>
       </c>
       <c r="F163" s="3" t="inlineStr">
         <is>
-          <t>Інтелектуальні транспортні системи</t>
+          <t>Маркетинг та брендинг</t>
         </is>
       </c>
       <c r="G163" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H163" s="7" t="inlineStr">
         <is>
-          <t>УД 21007775</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I163" s="9"/>
       <c r="J163" s="7" t="inlineStr">
         <is>
-          <t>НД 2193851</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K163" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B164" s="7" t="inlineStr">
         <is>
-          <t>272</t>
+          <t>D8</t>
         </is>
       </c>
       <c r="C164" s="3" t="inlineStr">
         <is>
-          <t>Авіаційний транспорт</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D164" s="3"/>
       <c r="E164" s="6" t="n">
-        <v>32066</v>
+        <v>78720</v>
       </c>
       <c r="F164" s="3" t="inlineStr">
         <is>
-          <t>Технічне обслуговування та ремонт повітряних суден і авіадвигунів</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="G164" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H164" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I164" s="9"/>
       <c r="J164" s="7" t="inlineStr">
         <is>
-          <t>НД 2193851</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K164" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B165" s="7" t="inlineStr">
         <is>
-          <t>274</t>
+          <t>E2</t>
         </is>
       </c>
       <c r="C165" s="3" t="inlineStr">
         <is>
-          <t>Автомобільний транспорт</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D165" s="3"/>
       <c r="E165" s="6" t="n">
-        <v>1398</v>
+        <v>77491</v>
       </c>
       <c r="F165" s="3" t="inlineStr">
         <is>
-          <t>Автомобілі та автомобільне господарство</t>
+          <t>Екологія та охорона навколишнього середовища</t>
         </is>
       </c>
       <c r="G165" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H165" s="7" t="inlineStr">
         <is>
-          <t>УД 21008033</t>
+          <t>- 14773</t>
         </is>
       </c>
       <c r="I165" s="9" t="n">
-        <v>46204</v>
+        <v>47300</v>
       </c>
       <c r="J165" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K165" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B166" s="7" t="inlineStr">
         <is>
-          <t>281</t>
+          <t>E4</t>
         </is>
       </c>
       <c r="C166" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Науки про Землю</t>
         </is>
       </c>
       <c r="D166" s="3"/>
       <c r="E166" s="6" t="n">
-        <v>32078</v>
+        <v>77884</v>
       </c>
       <c r="F166" s="3" t="inlineStr">
         <is>
-          <t>Управління та адміністрування регіональних економічних систем</t>
+          <t>Космічний моніторинг Землі</t>
         </is>
       </c>
       <c r="G166" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H166" s="7" t="inlineStr">
         <is>
-          <t>- 15963</t>
+          <t>УД 21007563</t>
         </is>
       </c>
       <c r="I166" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
       <c r="J166" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K166" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B167" s="7" t="inlineStr">
         <is>
-          <t>B11</t>
+          <t>F2</t>
         </is>
       </c>
       <c r="C167" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Інженерія програмного забезпечення</t>
+        </is>
+      </c>
+      <c r="D167" s="3"/>
       <c r="E167" s="6" t="n">
-        <v>78727</v>
+        <v>77225</v>
       </c>
       <c r="F167" s="3" t="inlineStr">
         <is>
-          <t>Прикладна лінгвістика</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="G167" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H167" s="7" t="inlineStr">
         <is>
-          <t>УД 21007562</t>
+          <t>УД 21007564</t>
         </is>
       </c>
       <c r="I167" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J167" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K167" s="9"/>
+          <t>НД 2193839</t>
+        </is>
+      </c>
+      <c r="K167" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B168" s="7" t="inlineStr">
         <is>
-          <t>B13</t>
+          <t>F2</t>
         </is>
       </c>
       <c r="C168" s="3" t="inlineStr">
         <is>
-          <t>Бібліотечна, інформаційна та архівна справа</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D168" s="3"/>
       <c r="E168" s="6" t="n">
-        <v>78704</v>
+        <v>77226</v>
       </c>
       <c r="F168" s="3" t="inlineStr">
         <is>
-          <t>Документознавство та інформаційна діяльність</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="G168" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H168" s="7" t="inlineStr">
         <is>
-          <t>УД 21008012</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I168" s="9"/>
       <c r="J168" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K168" s="9"/>
+          <t>НД 2193839</t>
+        </is>
+      </c>
+      <c r="K168" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B169" s="7" t="inlineStr">
         <is>
-          <t>C1</t>
+          <t>F3</t>
         </is>
       </c>
       <c r="C169" s="3" t="inlineStr">
         <is>
-          <t>Економіка та міжнародні економічні відносини</t>
-[...6 lines deleted...]
-      </c>
+          <t>Комп'ютерні науки</t>
+        </is>
+      </c>
+      <c r="D169" s="3"/>
       <c r="E169" s="6" t="n">
-        <v>77229</v>
+        <v>77498</v>
       </c>
       <c r="F169" s="3" t="inlineStr">
         <is>
-          <t>SMART-економіка</t>
+          <t>Інформаційні технології проєктування</t>
         </is>
       </c>
       <c r="G169" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H169" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I169" s="9"/>
+          <t>УД 21007565</t>
+        </is>
+      </c>
+      <c r="I169" s="9" t="n">
+        <v>46752</v>
+      </c>
       <c r="J169" s="7" t="inlineStr">
         <is>
-          <t>УД 21021146</t>
+          <t>НД 2193837</t>
         </is>
       </c>
       <c r="K169" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B170" s="7" t="inlineStr">
         <is>
-          <t>C4</t>
+          <t>F3</t>
         </is>
       </c>
       <c r="C170" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D170" s="3"/>
       <c r="E170" s="6" t="n">
-        <v>78709</v>
+        <v>77499</v>
       </c>
       <c r="F170" s="3" t="inlineStr">
         <is>
-          <t>Психологічне консультування та психотерапія</t>
+          <t>Інформаційні технології проєктування</t>
         </is>
       </c>
       <c r="G170" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H170" s="7" t="inlineStr">
         <is>
-          <t>- 14768</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I170" s="9"/>
       <c r="J170" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K170" s="9"/>
+          <t>НД 2193837</t>
+        </is>
+      </c>
+      <c r="K170" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B171" s="7" t="inlineStr">
         <is>
-          <t>D2</t>
+          <t>F3</t>
         </is>
       </c>
       <c r="C171" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D171" s="3"/>
       <c r="E171" s="6" t="n">
-        <v>77222</v>
+        <v>77998</v>
       </c>
       <c r="F171" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа та страхування</t>
+          <t>Інтелектуальні системи та технології</t>
         </is>
       </c>
       <c r="G171" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H171" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I171" s="9"/>
+          <t>УД 21007967</t>
+        </is>
+      </c>
+      <c r="I171" s="9" t="n">
+        <v>46752</v>
+      </c>
       <c r="J171" s="7" t="inlineStr">
         <is>
-          <t>УД 21021223</t>
+          <t>НД 2193837</t>
         </is>
       </c>
       <c r="K171" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B172" s="7" t="inlineStr">
         <is>
-          <t>D3</t>
+          <t>F3</t>
         </is>
       </c>
       <c r="C172" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D172" s="3"/>
       <c r="E172" s="6" t="n">
-        <v>77223</v>
+        <v>78000</v>
       </c>
       <c r="F172" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Комп’ютеризація обробки інформації та управління</t>
         </is>
       </c>
       <c r="G172" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H172" s="7" t="inlineStr">
         <is>
-          <t>- 14770</t>
+          <t>УД 21008018</t>
         </is>
       </c>
       <c r="I172" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J172" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K172" s="9"/>
+          <t>НД 2193837</t>
+        </is>
+      </c>
+      <c r="K172" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B173" s="7" t="inlineStr">
         <is>
-          <t>D3</t>
+          <t>F4</t>
         </is>
       </c>
       <c r="C173" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Системний аналіз та наука про дані</t>
         </is>
       </c>
       <c r="D173" s="3"/>
       <c r="E173" s="6" t="n">
-        <v>77247</v>
+        <v>77908</v>
       </c>
       <c r="F173" s="3" t="inlineStr">
         <is>
-          <t>Логістика та управління проєктами в бізнесі</t>
+          <t>Системний аналіз і управління</t>
         </is>
       </c>
       <c r="G173" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H173" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I173" s="9"/>
+          <t>УД 21002087</t>
+        </is>
+      </c>
+      <c r="I173" s="9" t="n">
+        <v>46752</v>
+      </c>
       <c r="J173" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K173" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B174" s="7" t="inlineStr">
         <is>
-          <t>D4</t>
+          <t>F5</t>
         </is>
       </c>
       <c r="C174" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D174" s="3"/>
       <c r="E174" s="6" t="n">
-        <v>77213</v>
+        <v>77318</v>
       </c>
       <c r="F174" s="3" t="inlineStr">
         <is>
-          <t>Управління та адміністрування регіональних економічних систем</t>
+          <t>Безпека інформаційних і комунікаційних систем</t>
         </is>
       </c>
       <c r="G174" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H174" s="7" t="inlineStr">
         <is>
-          <t>- 15964</t>
+          <t>УД 21005371</t>
         </is>
       </c>
       <c r="I174" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
       <c r="J174" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K174" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B175" s="7" t="inlineStr">
         <is>
-          <t>D5</t>
+          <t>F6</t>
         </is>
       </c>
       <c r="C175" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Інформаційні системи і технології</t>
         </is>
       </c>
       <c r="D175" s="3"/>
       <c r="E175" s="6" t="n">
-        <v>77235</v>
+        <v>77504</v>
       </c>
       <c r="F175" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг та брендинг</t>
+          <t>Інформаційні системи та технології підтримки віртуальних середовищ</t>
         </is>
       </c>
       <c r="G175" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H175" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I175" s="9"/>
       <c r="J175" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K175" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B176" s="7" t="inlineStr">
         <is>
-          <t>D8</t>
+          <t>F7</t>
         </is>
       </c>
       <c r="C176" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D176" s="3"/>
       <c r="E176" s="6" t="n">
-        <v>78720</v>
+        <v>77322</v>
       </c>
       <c r="F176" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Системне програмування</t>
         </is>
       </c>
       <c r="G176" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H176" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I176" s="9"/>
+          <t>УД 21008019</t>
+        </is>
+      </c>
+      <c r="I176" s="9" t="n">
+        <v>46752</v>
+      </c>
       <c r="J176" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K176" s="9"/>
+          <t>НД 2193838</t>
+        </is>
+      </c>
+      <c r="K176" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B177" s="7" t="inlineStr">
         <is>
-          <t>E2</t>
+          <t>F7</t>
         </is>
       </c>
       <c r="C177" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D177" s="3"/>
       <c r="E177" s="6" t="n">
-        <v>77491</v>
+        <v>77325</v>
       </c>
       <c r="F177" s="3" t="inlineStr">
         <is>
-          <t>Екологія та охорона навколишнього середовища</t>
+          <t>Системне програмування</t>
         </is>
       </c>
       <c r="G177" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H177" s="7" t="inlineStr">
         <is>
-          <t>- 14773</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I177" s="9"/>
       <c r="J177" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K177" s="9"/>
+          <t>НД 2193838</t>
+        </is>
+      </c>
+      <c r="K177" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B178" s="7" t="inlineStr">
         <is>
-          <t>E4</t>
+          <t>G11</t>
         </is>
       </c>
       <c r="C178" s="3" t="inlineStr">
         <is>
-          <t>Науки про Землю</t>
-[...2 lines deleted...]
-      <c r="D178" s="3"/>
+          <t>Машинобудування</t>
+        </is>
+      </c>
+      <c r="D178" s="3" t="inlineStr">
+        <is>
+          <t>Двигуни та енергетичні установки</t>
+        </is>
+      </c>
       <c r="E178" s="6" t="n">
-        <v>77884</v>
+        <v>78302</v>
       </c>
       <c r="F178" s="3" t="inlineStr">
         <is>
-          <t>Космічний моніторинг Землі</t>
+          <t>Газотурбінні установки і компресорні станції</t>
         </is>
       </c>
       <c r="G178" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H178" s="7" t="inlineStr">
         <is>
-          <t>УД 21007563</t>
+          <t>УД 21007969</t>
         </is>
       </c>
       <c r="I178" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J178" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K178" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B179" s="7" t="inlineStr">
         <is>
-          <t>F2</t>
+          <t>G11</t>
         </is>
       </c>
       <c r="C179" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
-[...2 lines deleted...]
-      <c r="D179" s="3"/>
+          <t>Машинобудування</t>
+        </is>
+      </c>
+      <c r="D179" s="3" t="inlineStr">
+        <is>
+          <t>Технологічні машини та обладнання</t>
+        </is>
+      </c>
       <c r="E179" s="6" t="n">
-        <v>77225</v>
+        <v>78187</v>
       </c>
       <c r="F179" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Робототехнічні системи та комплекси</t>
         </is>
       </c>
       <c r="G179" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H179" s="7" t="inlineStr">
         <is>
-          <t>УД 21007564</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I179" s="9"/>
       <c r="J179" s="7" t="inlineStr">
         <is>
-          <t>НД 2193839</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K179" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B180" s="7" t="inlineStr">
         <is>
-          <t>F2</t>
+          <t>G11</t>
         </is>
       </c>
       <c r="C180" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
-[...2 lines deleted...]
-      <c r="D180" s="3"/>
+          <t>Машинобудування</t>
+        </is>
+      </c>
+      <c r="D180" s="3" t="inlineStr">
+        <is>
+          <t>Технологічні машини та обладнання</t>
+        </is>
+      </c>
       <c r="E180" s="6" t="n">
-        <v>77226</v>
+        <v>78236</v>
       </c>
       <c r="F180" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Комп’ютерний інжиніринг</t>
         </is>
       </c>
       <c r="G180" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H180" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I180" s="9"/>
+          <t>- 15949</t>
+        </is>
+      </c>
+      <c r="I180" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J180" s="7" t="inlineStr">
         <is>
-          <t>НД 2193839</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K180" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B181" s="7" t="inlineStr">
         <is>
-          <t>F3</t>
+          <t>G12</t>
         </is>
       </c>
       <c r="C181" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D181" s="3"/>
       <c r="E181" s="6" t="n">
-        <v>77498</v>
+        <v>77546</v>
       </c>
       <c r="F181" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні технології проєктування</t>
+          <t>Проєктування, виробництво та сертифікація авіаційної техніки</t>
         </is>
       </c>
       <c r="G181" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H181" s="7" t="inlineStr">
         <is>
-          <t>УД 21007565</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I181" s="9"/>
       <c r="J181" s="7" t="inlineStr">
         <is>
-          <t>НД 2193837</t>
+          <t>НД 2193849</t>
         </is>
       </c>
       <c r="K181" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B182" s="7" t="inlineStr">
         <is>
-          <t>F3</t>
+          <t>G12</t>
         </is>
       </c>
       <c r="C182" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D182" s="3"/>
       <c r="E182" s="6" t="n">
-        <v>77499</v>
+        <v>77547</v>
       </c>
       <c r="F182" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні технології проєктування</t>
+          <t>Проєктування, виробництво та сертифікація авіаційної техніки</t>
         </is>
       </c>
       <c r="G182" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H182" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I182" s="9"/>
       <c r="J182" s="7" t="inlineStr">
         <is>
-          <t>НД 2193837</t>
+          <t>НД 2193849</t>
         </is>
       </c>
       <c r="K182" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B183" s="7" t="inlineStr">
         <is>
-          <t>F3</t>
+          <t>G12</t>
         </is>
       </c>
       <c r="C183" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D183" s="3"/>
       <c r="E183" s="6" t="n">
-        <v>77998</v>
+        <v>78260</v>
       </c>
       <c r="F183" s="3" t="inlineStr">
         <is>
-          <t>Інтелектуальні системи та технології</t>
+          <t>Ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="G183" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H183" s="7" t="inlineStr">
         <is>
-          <t>УД 21007967</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I183" s="9"/>
       <c r="J183" s="7" t="inlineStr">
         <is>
-          <t>НД 2193837</t>
+          <t>НД 2193849</t>
         </is>
       </c>
       <c r="K183" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B184" s="7" t="inlineStr">
         <is>
-          <t>F3</t>
+          <t>G12</t>
         </is>
       </c>
       <c r="C184" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D184" s="3"/>
       <c r="E184" s="6" t="n">
-        <v>78000</v>
+        <v>78262</v>
       </c>
       <c r="F184" s="3" t="inlineStr">
         <is>
-          <t>Комп’ютеризація обробки інформації та управління</t>
+          <t>Ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="G184" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H184" s="7" t="inlineStr">
         <is>
-          <t>УД 21008018</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I184" s="9"/>
       <c r="J184" s="7" t="inlineStr">
         <is>
-          <t>НД 2193837</t>
+          <t>НД 2193849</t>
         </is>
       </c>
       <c r="K184" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B185" s="7" t="inlineStr">
         <is>
-          <t>F4</t>
+          <t>G12</t>
         </is>
       </c>
       <c r="C185" s="3" t="inlineStr">
         <is>
-          <t>Системний аналіз та наука про дані</t>
+          <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D185" s="3"/>
       <c r="E185" s="6" t="n">
-        <v>77908</v>
+        <v>78306</v>
       </c>
       <c r="F185" s="3" t="inlineStr">
         <is>
-          <t>Системний аналіз і управління</t>
+          <t>Авіаційні двигуни та енергетичні установки</t>
         </is>
       </c>
       <c r="G185" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H185" s="7" t="inlineStr">
         <is>
-          <t>УД 21002087</t>
+          <t>УД 21008028</t>
         </is>
       </c>
       <c r="I185" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J185" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K185" s="9"/>
+          <t>НД 2193849</t>
+        </is>
+      </c>
+      <c r="K185" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B186" s="7" t="inlineStr">
         <is>
-          <t>F5</t>
+          <t>G12</t>
         </is>
       </c>
       <c r="C186" s="3" t="inlineStr">
         <is>
-          <t>Кібербезпека та захист інформації</t>
+          <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D186" s="3"/>
       <c r="E186" s="6" t="n">
-        <v>77318</v>
+        <v>78320</v>
       </c>
       <c r="F186" s="3" t="inlineStr">
         <is>
-          <t>Безпека інформаційних і комунікаційних систем</t>
+          <t>Авіаційні двигуни та енергетичні установки</t>
         </is>
       </c>
       <c r="G186" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H186" s="7" t="inlineStr">
         <is>
-          <t>УД 21005371</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I186" s="9"/>
       <c r="J186" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K186" s="9"/>
+          <t>НД 2193849</t>
+        </is>
+      </c>
+      <c r="K186" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B187" s="7" t="inlineStr">
         <is>
-          <t>F6</t>
+          <t>G18</t>
         </is>
       </c>
       <c r="C187" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні системи і технології</t>
+          <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D187" s="3"/>
       <c r="E187" s="6" t="n">
-        <v>77504</v>
+        <v>77890</v>
       </c>
       <c r="F187" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні системи та технології підтримки віртуальних середовищ</t>
+          <t>Геоінформаційні системи і технології</t>
         </is>
       </c>
       <c r="G187" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H187" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I187" s="9"/>
+          <t>УД 21007773</t>
+        </is>
+      </c>
+      <c r="I187" s="9" t="n">
+        <v>46752</v>
+      </c>
       <c r="J187" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K187" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B188" s="7" t="inlineStr">
         <is>
-          <t>F7</t>
+          <t>G22</t>
         </is>
       </c>
       <c r="C188" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерна інженерія</t>
+          <t>Біомедична інженерія</t>
         </is>
       </c>
       <c r="D188" s="3"/>
       <c r="E188" s="6" t="n">
-        <v>77322</v>
+        <v>77315</v>
       </c>
       <c r="F188" s="3" t="inlineStr">
         <is>
-          <t>Системне програмування</t>
+          <t>Біомедична інформатика та радіоелектроніка</t>
         </is>
       </c>
       <c r="G188" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H188" s="7" t="inlineStr">
         <is>
-          <t>УД 21008019</t>
+          <t>- 15954</t>
         </is>
       </c>
       <c r="I188" s="9" t="n">
-        <v>46204</v>
+        <v>47300</v>
       </c>
       <c r="J188" s="7" t="inlineStr">
         <is>
-          <t>НД 2193838</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K188" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B189" s="7" t="inlineStr">
         <is>
-          <t>F7</t>
+          <t>G4</t>
         </is>
       </c>
       <c r="C189" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерна інженерія</t>
-[...2 lines deleted...]
-      <c r="D189" s="3"/>
+          <t>Енерговиробництво</t>
+        </is>
+      </c>
+      <c r="D189" s="3" t="inlineStr">
+        <is>
+          <t>Відновлювані джерела енергії та гідроенергетика</t>
+        </is>
+      </c>
       <c r="E189" s="6" t="n">
-        <v>77325</v>
+        <v>78253</v>
       </c>
       <c r="F189" s="3" t="inlineStr">
         <is>
-          <t>Системне програмування</t>
+          <t>Нетрадиційні та відновлювані джерела енергії</t>
         </is>
       </c>
       <c r="G189" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H189" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I189" s="9"/>
+          <t>УД 21007968</t>
+        </is>
+      </c>
+      <c r="I189" s="9" t="n">
+        <v>46752</v>
+      </c>
       <c r="J189" s="7" t="inlineStr">
         <is>
-          <t>НД 2193838</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K189" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B190" s="7" t="inlineStr">
         <is>
-          <t>G11</t>
+          <t>G4</t>
         </is>
       </c>
       <c r="C190" s="3" t="inlineStr">
         <is>
-          <t>Машинобудування</t>
+          <t>Енерговиробництво</t>
         </is>
       </c>
       <c r="D190" s="3" t="inlineStr">
         <is>
-          <t>Двигуни та енергетичні установки</t>
+          <t>Теплоенергетика</t>
         </is>
       </c>
       <c r="E190" s="6" t="n">
-        <v>78302</v>
+        <v>78341</v>
       </c>
       <c r="F190" s="3" t="inlineStr">
         <is>
-          <t>Газотурбінні установки і компресорні станції</t>
+          <t>Інжиніринг та експлуатація теплоенергетичних систем</t>
         </is>
       </c>
       <c r="G190" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H190" s="7" t="inlineStr">
         <is>
-          <t>УД 21007969</t>
+          <t>- 15951</t>
         </is>
       </c>
       <c r="I190" s="9" t="n">
-        <v>46204</v>
+        <v>46569</v>
       </c>
       <c r="J190" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K190" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B191" s="7" t="inlineStr">
         <is>
-          <t>G11</t>
+          <t>G5</t>
         </is>
       </c>
       <c r="C191" s="3" t="inlineStr">
         <is>
-          <t>Машинобудування</t>
-[...6 lines deleted...]
-      </c>
+          <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
+        </is>
+      </c>
+      <c r="D191" s="3"/>
       <c r="E191" s="6" t="n">
-        <v>78187</v>
+        <v>77310</v>
       </c>
       <c r="F191" s="3" t="inlineStr">
         <is>
-          <t>Робототехнічні системи та комплекси</t>
+          <t>Радіоелектронні пристрої, системи та комплекси</t>
         </is>
       </c>
       <c r="G191" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H191" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I191" s="9"/>
+          <t>УД 21019034</t>
+        </is>
+      </c>
+      <c r="I191" s="9" t="n">
+        <v>46752</v>
+      </c>
       <c r="J191" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K191" s="9"/>
+          <t>УД 21019037</t>
+        </is>
+      </c>
+      <c r="K191" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B192" s="7" t="inlineStr">
         <is>
-          <t>G11</t>
+          <t>G5</t>
         </is>
       </c>
       <c r="C192" s="3" t="inlineStr">
         <is>
-          <t>Машинобудування</t>
-[...6 lines deleted...]
-      </c>
+          <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
+        </is>
+      </c>
+      <c r="D192" s="3"/>
       <c r="E192" s="6" t="n">
-        <v>78236</v>
+        <v>77311</v>
       </c>
       <c r="F192" s="3" t="inlineStr">
         <is>
-          <t>Комп’ютерний інжиніринг</t>
+          <t>Інформаційні мережі зв’язку</t>
         </is>
       </c>
       <c r="G192" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H192" s="7" t="inlineStr">
         <is>
-          <t>- 15949</t>
+          <t>УД 21019036</t>
         </is>
       </c>
       <c r="I192" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J192" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K192" s="9"/>
+          <t>УД 21019037</t>
+        </is>
+      </c>
+      <c r="K192" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B193" s="7" t="inlineStr">
         <is>
-          <t>G12</t>
+          <t>G5</t>
         </is>
       </c>
       <c r="C193" s="3" t="inlineStr">
         <is>
-          <t>Авіаційна та ракетно-космічна техніка</t>
+          <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D193" s="3"/>
       <c r="E193" s="6" t="n">
-        <v>77546</v>
+        <v>77313</v>
       </c>
       <c r="F193" s="3" t="inlineStr">
         <is>
-          <t>Проєктування, виробництво та сертифікація авіаційної техніки</t>
+          <t>Інформаційні мережі зв’язку</t>
         </is>
       </c>
       <c r="G193" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H193" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I193" s="9"/>
       <c r="J193" s="7" t="inlineStr">
         <is>
-          <t>НД 2193849</t>
+          <t>УД 21019037</t>
         </is>
       </c>
       <c r="K193" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B194" s="7" t="inlineStr">
         <is>
-          <t>G12</t>
+          <t>G5</t>
         </is>
       </c>
       <c r="C194" s="3" t="inlineStr">
         <is>
-          <t>Авіаційна та ракетно-космічна техніка</t>
+          <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D194" s="3"/>
       <c r="E194" s="6" t="n">
-        <v>77547</v>
+        <v>77995</v>
       </c>
       <c r="F194" s="3" t="inlineStr">
         <is>
-          <t>Проєктування, виробництво та сертифікація авіаційної техніки</t>
+          <t>Системи автономної навігації та адаптивного управління літальних апаратів</t>
         </is>
       </c>
       <c r="G194" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H194" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I194" s="9"/>
+          <t>- 15956</t>
+        </is>
+      </c>
+      <c r="I194" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J194" s="7" t="inlineStr">
         <is>
-          <t>НД 2193849</t>
+          <t>УД 21019037</t>
         </is>
       </c>
       <c r="K194" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B195" s="7" t="inlineStr">
         <is>
-          <t>G12</t>
+          <t>G5</t>
         </is>
       </c>
       <c r="C195" s="3" t="inlineStr">
         <is>
-          <t>Авіаційна та ракетно-космічна техніка</t>
+          <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D195" s="3"/>
       <c r="E195" s="6" t="n">
-        <v>78260</v>
+        <v>77996</v>
       </c>
       <c r="F195" s="3" t="inlineStr">
         <is>
-          <t>Ракетно-космічна техніка</t>
+          <t>Мікро- та наносистемна техніка</t>
         </is>
       </c>
       <c r="G195" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H195" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I195" s="9"/>
       <c r="J195" s="7" t="inlineStr">
         <is>
-          <t>НД 2193849</t>
+          <t>УД 21019037</t>
         </is>
       </c>
       <c r="K195" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B196" s="7" t="inlineStr">
         <is>
-          <t>G12</t>
+          <t>G6</t>
         </is>
       </c>
       <c r="C196" s="3" t="inlineStr">
         <is>
-          <t>Авіаційна та ракетно-космічна техніка</t>
+          <t>Інформаційно-вимірювальні технології</t>
         </is>
       </c>
       <c r="D196" s="3"/>
       <c r="E196" s="6" t="n">
-        <v>78262</v>
+        <v>77997</v>
       </c>
       <c r="F196" s="3" t="inlineStr">
         <is>
-          <t>Ракетно-космічна техніка</t>
+          <t>Якість, стандартизація та сертифікація</t>
         </is>
       </c>
       <c r="G196" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H196" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I196" s="9"/>
+          <t>- 15962</t>
+        </is>
+      </c>
+      <c r="I196" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J196" s="7" t="inlineStr">
         <is>
-          <t>НД 2193849</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K196" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B197" s="7" t="inlineStr">
         <is>
-          <t>G12</t>
+          <t>G7</t>
         </is>
       </c>
       <c r="C197" s="3" t="inlineStr">
         <is>
-          <t>Авіаційна та ракетно-космічна техніка</t>
+          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D197" s="3"/>
       <c r="E197" s="6" t="n">
-        <v>78306</v>
+        <v>77993</v>
       </c>
       <c r="F197" s="3" t="inlineStr">
         <is>
-          <t>Авіаційні двигуни та енергетичні установки</t>
+          <t>Комп'ютерно-інтегровані технологічні процеси і виробництва</t>
         </is>
       </c>
       <c r="G197" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H197" s="7" t="inlineStr">
         <is>
-          <t>УД 21008028</t>
+          <t>- 15960</t>
         </is>
       </c>
       <c r="I197" s="9" t="n">
-        <v>46204</v>
+        <v>47300</v>
       </c>
       <c r="J197" s="7" t="inlineStr">
         <is>
-          <t>НД 2193849</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K197" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B198" s="7" t="inlineStr">
         <is>
-          <t>G12</t>
+          <t>G7</t>
         </is>
       </c>
       <c r="C198" s="3" t="inlineStr">
         <is>
-          <t>Авіаційна та ракетно-космічна техніка</t>
+          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D198" s="3"/>
       <c r="E198" s="6" t="n">
-        <v>78320</v>
+        <v>77994</v>
       </c>
       <c r="F198" s="3" t="inlineStr">
         <is>
-          <t>Авіаційні двигуни та енергетичні установки</t>
+          <t>Інженерія мобільних додатків</t>
         </is>
       </c>
       <c r="G198" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H198" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I198" s="9"/>
+          <t>- 15958</t>
+        </is>
+      </c>
+      <c r="I198" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J198" s="7" t="inlineStr">
         <is>
-          <t>НД 2193849</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K198" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B199" s="7" t="inlineStr">
         <is>
-          <t>G18</t>
+          <t>G9</t>
         </is>
       </c>
       <c r="C199" s="3" t="inlineStr">
         <is>
-          <t>Геодезія та землеустрій</t>
+          <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D199" s="3"/>
       <c r="E199" s="6" t="n">
-        <v>77890</v>
+        <v>77536</v>
       </c>
       <c r="F199" s="3" t="inlineStr">
         <is>
-          <t>Геоінформаційні системи і технології</t>
+          <t>Динаміка і міцність машин</t>
         </is>
       </c>
       <c r="G199" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H199" s="7" t="inlineStr">
         <is>
-          <t>УД 21007773</t>
+          <t>УД 21008023</t>
         </is>
       </c>
       <c r="I199" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J199" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K199" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B200" s="7" t="inlineStr">
         <is>
-          <t>G22</t>
+          <t>J6</t>
         </is>
       </c>
       <c r="C200" s="3" t="inlineStr">
         <is>
-          <t>Біомедична інженерія</t>
+          <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D200" s="3"/>
       <c r="E200" s="6" t="n">
-        <v>77315</v>
+        <v>77556</v>
       </c>
       <c r="F200" s="3" t="inlineStr">
         <is>
-          <t>Біомедична інформатика та радіоелектроніка</t>
+          <t>Технічне обслуговування та ремонт повітряних суден і авіадвигунів</t>
         </is>
       </c>
       <c r="G200" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H200" s="7" t="inlineStr">
         <is>
-          <t>- 15954</t>
+          <t>УД 21007774</t>
         </is>
       </c>
       <c r="I200" s="9" t="n">
-        <v>47300</v>
+        <v>46752</v>
       </c>
       <c r="J200" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K200" s="9"/>
+          <t>НД 2193851</t>
+        </is>
+      </c>
+      <c r="K200" s="9" t="n">
+        <v>46387</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B201" s="7" t="inlineStr">
         <is>
-          <t>G4</t>
+          <t>J6</t>
         </is>
       </c>
       <c r="C201" s="3" t="inlineStr">
         <is>
-          <t>Енерговиробництво</t>
-[...6 lines deleted...]
-      </c>
+          <t>Авіаційний транспорт</t>
+        </is>
+      </c>
+      <c r="D201" s="3"/>
       <c r="E201" s="6" t="n">
-        <v>78253</v>
+        <v>77558</v>
       </c>
       <c r="F201" s="3" t="inlineStr">
         <is>
-          <t>Нетрадиційні та відновлювані джерела енергії</t>
+          <t>Технічне обслуговування та ремонт повітряних суден і авіадвигунів</t>
         </is>
       </c>
       <c r="G201" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H201" s="7" t="inlineStr">
         <is>
-          <t>УД 21007968</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I201" s="9"/>
       <c r="J201" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K201" s="9"/>
+          <t>НД 2193851</t>
+        </is>
+      </c>
+      <c r="K201" s="9" t="n">
+        <v>46387</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B202" s="7" t="inlineStr">
         <is>
-          <t>G4</t>
+          <t>J8</t>
         </is>
       </c>
       <c r="C202" s="3" t="inlineStr">
         <is>
-          <t>Енерговиробництво</t>
-[...6 lines deleted...]
-      </c>
+          <t>Автомобільний транспорт</t>
+        </is>
+      </c>
+      <c r="D202" s="3"/>
       <c r="E202" s="6" t="n">
-        <v>78341</v>
+        <v>77562</v>
       </c>
       <c r="F202" s="3" t="inlineStr">
         <is>
-          <t>Інжиніринг та експлуатація теплоенергетичних систем</t>
+          <t>Автомобілі та автомобільне господарство</t>
         </is>
       </c>
       <c r="G202" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H202" s="7" t="inlineStr">
         <is>
-          <t>- 15951</t>
+          <t>УД 21008033</t>
         </is>
       </c>
       <c r="I202" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
       <c r="J202" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K202" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B203" s="7" t="inlineStr">
         <is>
-          <t>G5</t>
+          <t>K9</t>
         </is>
       </c>
       <c r="C203" s="3" t="inlineStr">
         <is>
-          <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
+          <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D203" s="3"/>
       <c r="E203" s="6" t="n">
-        <v>77310</v>
+        <v>78715</v>
       </c>
       <c r="F203" s="3" t="inlineStr">
         <is>
-          <t>Радіоелектронні пристрої, системи та комплекси</t>
+          <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="G203" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H203" s="7" t="inlineStr">
         <is>
-          <t>УД 21019034</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I203" s="9"/>
       <c r="J203" s="7" t="inlineStr">
         <is>
-          <t>УД 21019037</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K203" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B204" s="7" t="inlineStr">
         <is>
-          <t>G5</t>
+          <t>033</t>
         </is>
       </c>
       <c r="C204" s="3" t="inlineStr">
         <is>
-          <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="D204" s="3"/>
       <c r="E204" s="6" t="n">
-        <v>77311</v>
+        <v>47855</v>
       </c>
       <c r="F204" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні мережі зв’язку</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="G204" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H204" s="7" t="inlineStr">
         <is>
-          <t>УД 21019036</t>
+          <t>- 20007</t>
         </is>
       </c>
       <c r="I204" s="9" t="n">
-        <v>46204</v>
+        <v>46435</v>
       </c>
       <c r="J204" s="7" t="inlineStr">
         <is>
-          <t>УД 21019037</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K204" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B205" s="7" t="inlineStr">
         <is>
-          <t>G5</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C205" s="3" t="inlineStr">
         <is>
-          <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D205" s="3"/>
       <c r="E205" s="6" t="n">
-        <v>77313</v>
+        <v>47856</v>
       </c>
       <c r="F205" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні мережі зв’язку</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="G205" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H205" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I205" s="9"/>
+          <t>- 20000</t>
+        </is>
+      </c>
+      <c r="I205" s="9" t="n">
+        <v>46435</v>
+      </c>
       <c r="J205" s="7" t="inlineStr">
         <is>
-          <t>УД 21019037</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K205" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B206" s="7" t="inlineStr">
         <is>
-          <t>G5</t>
+          <t>081</t>
         </is>
       </c>
       <c r="C206" s="3" t="inlineStr">
         <is>
-          <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D206" s="3"/>
       <c r="E206" s="6" t="n">
-        <v>77995</v>
+        <v>51954</v>
       </c>
       <c r="F206" s="3" t="inlineStr">
         <is>
-          <t>Системи автономної навігації та адаптивного управління літальних апаратів</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="G206" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H206" s="7" t="inlineStr">
         <is>
-          <t>- 15956</t>
+          <t>- 15993</t>
         </is>
       </c>
       <c r="I206" s="9" t="n">
-        <v>47300</v>
+        <v>46106</v>
       </c>
       <c r="J206" s="7" t="inlineStr">
         <is>
-          <t>УД 21019037</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K206" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B207" s="7" t="inlineStr">
         <is>
-          <t>G5</t>
+          <t>103</t>
         </is>
       </c>
       <c r="C207" s="3" t="inlineStr">
         <is>
-          <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
+          <t>Науки про Землю</t>
         </is>
       </c>
       <c r="D207" s="3"/>
       <c r="E207" s="6" t="n">
-        <v>77996</v>
+        <v>47857</v>
       </c>
       <c r="F207" s="3" t="inlineStr">
         <is>
-          <t>Мікро- та наносистемна техніка</t>
+          <t>Дистанційні аерокосмічні дослідження</t>
         </is>
       </c>
       <c r="G207" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H207" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I207" s="9"/>
+          <t>- 13902</t>
+        </is>
+      </c>
+      <c r="I207" s="9" t="n">
+        <v>46183</v>
+      </c>
       <c r="J207" s="7" t="inlineStr">
         <is>
-          <t>УД 21019037</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K207" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B208" s="7" t="inlineStr">
         <is>
-          <t>G6</t>
+          <t>113</t>
         </is>
       </c>
       <c r="C208" s="3" t="inlineStr">
         <is>
-          <t>Інформаційно-вимірювальні технології</t>
+          <t>Прикладна математика</t>
         </is>
       </c>
       <c r="D208" s="3"/>
       <c r="E208" s="6" t="n">
-        <v>77997</v>
+        <v>47858</v>
       </c>
       <c r="F208" s="3" t="inlineStr">
         <is>
-          <t>Якість, стандартизація та сертифікація</t>
+          <t>Прикладна математика</t>
         </is>
       </c>
       <c r="G208" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H208" s="7" t="inlineStr">
         <is>
-          <t>- 15962</t>
+          <t>- 15968</t>
         </is>
       </c>
       <c r="I208" s="9" t="n">
-        <v>47300</v>
+        <v>46935</v>
       </c>
       <c r="J208" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K208" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B209" s="7" t="inlineStr">
         <is>
-          <t>G7</t>
+          <t>121</t>
         </is>
       </c>
       <c r="C209" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D209" s="3"/>
       <c r="E209" s="6" t="n">
-        <v>77993</v>
+        <v>47859</v>
       </c>
       <c r="F209" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерно-інтегровані технологічні процеси і виробництва</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="G209" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H209" s="7" t="inlineStr">
         <is>
-          <t>- 15960</t>
+          <t>- 13898</t>
         </is>
       </c>
       <c r="I209" s="9" t="n">
-        <v>47300</v>
+        <v>46183</v>
       </c>
       <c r="J209" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K209" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B210" s="7" t="inlineStr">
         <is>
-          <t>G7</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C210" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D210" s="3"/>
       <c r="E210" s="6" t="n">
-        <v>77994</v>
+        <v>47860</v>
       </c>
       <c r="F210" s="3" t="inlineStr">
         <is>
-          <t>Інженерія мобільних додатків</t>
+          <t>Інформаційні технології</t>
         </is>
       </c>
       <c r="G210" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H210" s="7" t="inlineStr">
         <is>
-          <t>- 15958</t>
+          <t>- 15970</t>
         </is>
       </c>
       <c r="I210" s="9" t="n">
-        <v>47300</v>
+        <v>46569</v>
       </c>
       <c r="J210" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K210" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B211" s="7" t="inlineStr">
         <is>
-          <t>G9</t>
+          <t>123</t>
         </is>
       </c>
       <c r="C211" s="3" t="inlineStr">
         <is>
-          <t>Прикладна механіка</t>
+          <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D211" s="3"/>
       <c r="E211" s="6" t="n">
-        <v>77536</v>
+        <v>47861</v>
       </c>
       <c r="F211" s="3" t="inlineStr">
         <is>
-          <t>Динаміка і міцність машин</t>
+          <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="G211" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H211" s="7" t="inlineStr">
         <is>
-          <t>УД 21008023</t>
+          <t>- 15972</t>
         </is>
       </c>
       <c r="I211" s="9" t="n">
-        <v>46204</v>
+        <v>46569</v>
       </c>
       <c r="J211" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K211" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B212" s="7" t="inlineStr">
         <is>
-          <t>J6</t>
+          <t>125</t>
         </is>
       </c>
       <c r="C212" s="3" t="inlineStr">
         <is>
-          <t>Авіаційний транспорт</t>
+          <t>Кібербезпека</t>
         </is>
       </c>
       <c r="D212" s="3"/>
       <c r="E212" s="6" t="n">
-        <v>77556</v>
+        <v>47862</v>
       </c>
       <c r="F212" s="3" t="inlineStr">
         <is>
-          <t>Технічне обслуговування та ремонт повітряних суден і авіадвигунів</t>
+          <t>Кібербезпека</t>
         </is>
       </c>
       <c r="G212" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H212" s="7" t="inlineStr">
         <is>
-          <t>УД 21007774</t>
+          <t>- 15976</t>
         </is>
       </c>
       <c r="I212" s="9" t="n">
-        <v>46204</v>
+        <v>46569</v>
       </c>
       <c r="J212" s="7" t="inlineStr">
         <is>
-          <t>НД 2193851</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K212" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B213" s="7" t="inlineStr">
         <is>
-          <t>J6</t>
+          <t>125</t>
         </is>
       </c>
       <c r="C213" s="3" t="inlineStr">
         <is>
-          <t>Авіаційний транспорт</t>
+          <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D213" s="3"/>
       <c r="E213" s="6" t="n">
-        <v>77558</v>
+        <v>60186</v>
       </c>
       <c r="F213" s="3" t="inlineStr">
         <is>
-          <t>Технічне обслуговування та ремонт повітряних суден і авіадвигунів</t>
+          <t>Кібербезпека</t>
         </is>
       </c>
       <c r="G213" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H213" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I213" s="9"/>
+          <t>- 15976</t>
+        </is>
+      </c>
+      <c r="I213" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J213" s="7" t="inlineStr">
         <is>
-          <t>НД 2193851</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K213" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B214" s="7" t="inlineStr">
         <is>
-          <t>J8</t>
+          <t>132</t>
         </is>
       </c>
       <c r="C214" s="3" t="inlineStr">
         <is>
-          <t>Автомобільний транспорт</t>
+          <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D214" s="3"/>
       <c r="E214" s="6" t="n">
-        <v>77562</v>
+        <v>47863</v>
       </c>
       <c r="F214" s="3" t="inlineStr">
         <is>
-          <t>Автомобілі та автомобільне господарство</t>
+          <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="G214" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H214" s="7" t="inlineStr">
         <is>
-          <t>УД 21008033</t>
+          <t>- 15977</t>
         </is>
       </c>
       <c r="I214" s="9" t="n">
-        <v>46204</v>
+        <v>46569</v>
       </c>
       <c r="J214" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K214" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="215">
       <c r="A215" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B215" s="7" t="inlineStr">
         <is>
-          <t>K9</t>
+          <t>134</t>
         </is>
       </c>
       <c r="C215" s="3" t="inlineStr">
         <is>
-          <t>Правоохоронна діяльність</t>
+          <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D215" s="3"/>
       <c r="E215" s="6" t="n">
-        <v>78715</v>
+        <v>47864</v>
       </c>
       <c r="F215" s="3" t="inlineStr">
         <is>
-          <t>Правоохоронна діяльність</t>
+          <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="G215" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H215" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I215" s="9"/>
+          <t>- 15978</t>
+        </is>
+      </c>
+      <c r="I215" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J215" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K215" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="216">
       <c r="A216" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B216" s="7" t="inlineStr">
         <is>
-          <t>033</t>
+          <t>142</t>
         </is>
       </c>
       <c r="C216" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Енергетичне машинобудування</t>
         </is>
       </c>
       <c r="D216" s="3"/>
       <c r="E216" s="6" t="n">
-        <v>47855</v>
+        <v>47865</v>
       </c>
       <c r="F216" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Енергетичне машинобудування</t>
         </is>
       </c>
       <c r="G216" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H216" s="7" t="inlineStr">
         <is>
-          <t>- 15991</t>
+          <t>- 15980</t>
         </is>
       </c>
       <c r="I216" s="9" t="n">
-        <v>46106</v>
+        <v>46569</v>
       </c>
       <c r="J216" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K216" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="217">
       <c r="A217" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B217" s="7" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>151</t>
         </is>
       </c>
       <c r="C217" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D217" s="3"/>
       <c r="E217" s="6" t="n">
-        <v>47856</v>
+        <v>47866</v>
       </c>
       <c r="F217" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Автоматизація, приладобудування та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="G217" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H217" s="7" t="inlineStr">
         <is>
-          <t>- 15992</t>
+          <t>- 15989</t>
         </is>
       </c>
       <c r="I217" s="9" t="n">
-        <v>46078</v>
+        <v>46569</v>
       </c>
       <c r="J217" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K217" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="218">
       <c r="A218" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B218" s="7" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>152</t>
         </is>
       </c>
       <c r="C218" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Метрологія та інформаційно-вимірювальна техніка</t>
         </is>
       </c>
       <c r="D218" s="3"/>
       <c r="E218" s="6" t="n">
-        <v>51954</v>
+        <v>55597</v>
       </c>
       <c r="F218" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Якість та інформаційно-вимірювальні системи</t>
         </is>
       </c>
       <c r="G218" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H218" s="7" t="inlineStr">
         <is>
-          <t>- 15993</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I218" s="9"/>
       <c r="J218" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K218" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="219">
       <c r="A219" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B219" s="7" t="inlineStr">
         <is>
-          <t>103</t>
+          <t>172</t>
         </is>
       </c>
       <c r="C219" s="3" t="inlineStr">
         <is>
-          <t>Науки про Землю</t>
+          <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D219" s="3"/>
       <c r="E219" s="6" t="n">
-        <v>47857</v>
+        <v>47867</v>
       </c>
       <c r="F219" s="3" t="inlineStr">
         <is>
-          <t>Дистанційні аерокосмічні дослідження</t>
+          <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="G219" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H219" s="7" t="inlineStr">
         <is>
-          <t>- 13902</t>
+          <t>- 15983</t>
         </is>
       </c>
       <c r="I219" s="9" t="n">
-        <v>46183</v>
+        <v>46569</v>
       </c>
       <c r="J219" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K219" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="220">
       <c r="A220" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B220" s="7" t="inlineStr">
         <is>
-          <t>113</t>
+          <t>172</t>
         </is>
       </c>
       <c r="C220" s="3" t="inlineStr">
         <is>
-          <t>Прикладна математика</t>
+          <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D220" s="3"/>
       <c r="E220" s="6" t="n">
-        <v>47858</v>
+        <v>60187</v>
       </c>
       <c r="F220" s="3" t="inlineStr">
         <is>
-          <t>Прикладна математика</t>
+          <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="G220" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H220" s="7" t="inlineStr">
         <is>
-          <t>- 15968</t>
+          <t>- 15983</t>
         </is>
       </c>
       <c r="I220" s="9" t="n">
-        <v>46935</v>
+        <v>46569</v>
       </c>
       <c r="J220" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K220" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="221">
       <c r="A221" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B221" s="7" t="inlineStr">
         <is>
-          <t>121</t>
+          <t>173</t>
         </is>
       </c>
       <c r="C221" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Авіоніка</t>
         </is>
       </c>
       <c r="D221" s="3"/>
       <c r="E221" s="6" t="n">
-        <v>47859</v>
+        <v>59806</v>
       </c>
       <c r="F221" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Системи автономної навігації та адаптивного управління літальних апаратів</t>
         </is>
       </c>
       <c r="G221" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H221" s="7" t="inlineStr">
         <is>
-          <t>- 13898</t>
+          <t>- 15986</t>
         </is>
       </c>
       <c r="I221" s="9" t="n">
-        <v>46183</v>
+        <v>46569</v>
       </c>
       <c r="J221" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K221" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="222">
       <c r="A222" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B222" s="7" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>174</t>
         </is>
       </c>
       <c r="C222" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D222" s="3"/>
       <c r="E222" s="6" t="n">
-        <v>47860</v>
+        <v>59789</v>
       </c>
       <c r="F222" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні технології</t>
+          <t>Автоматизація, приладобудування та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="G222" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H222" s="7" t="inlineStr">
         <is>
-          <t>- 15970</t>
+          <t>- 15989</t>
         </is>
       </c>
       <c r="I222" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J222" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K222" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="223">
       <c r="A223" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B223" s="7" t="inlineStr">
         <is>
-          <t>123</t>
+          <t>175</t>
         </is>
       </c>
       <c r="C223" s="3" t="inlineStr">
         <is>
-          <t>Комп’ютерна інженерія</t>
+          <t>Інформаційно-вимірювальні технології</t>
         </is>
       </c>
       <c r="D223" s="3"/>
       <c r="E223" s="6" t="n">
-        <v>47861</v>
+        <v>59790</v>
       </c>
       <c r="F223" s="3" t="inlineStr">
         <is>
-          <t>Комп’ютерна інженерія</t>
+          <t>Якість та інформаційно-вимірювальні системи</t>
         </is>
       </c>
       <c r="G223" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H223" s="7" t="inlineStr">
         <is>
-          <t>- 15972</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I223" s="9"/>
       <c r="J223" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K223" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="224">
       <c r="A224" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B224" s="7" t="inlineStr">
         <is>
-          <t>125</t>
+          <t>281</t>
         </is>
       </c>
       <c r="C224" s="3" t="inlineStr">
         <is>
-          <t>Кібербезпека</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D224" s="3"/>
       <c r="E224" s="6" t="n">
-        <v>47862</v>
+        <v>51823</v>
       </c>
       <c r="F224" s="3" t="inlineStr">
         <is>
-          <t>Кібербезпека</t>
-[...6 lines deleted...]
-      </c>
+          <t>Публічне управління та адміністрування</t>
+        </is>
+      </c>
+      <c r="G224" s="3"/>
       <c r="H224" s="7" t="inlineStr">
         <is>
-          <t>- 15976</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I224" s="9"/>
       <c r="J224" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K224" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="225">
       <c r="A225" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B225" s="7" t="inlineStr">
         <is>
-          <t>125</t>
+          <t>B10</t>
         </is>
       </c>
       <c r="C225" s="3" t="inlineStr">
         <is>
-          <t>Кібербезпека та захист інформації</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="D225" s="3"/>
       <c r="E225" s="6" t="n">
-        <v>60186</v>
+        <v>78716</v>
       </c>
       <c r="F225" s="3" t="inlineStr">
         <is>
-          <t>Кібербезпека</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="G225" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H225" s="7" t="inlineStr">
         <is>
-          <t>- 15976</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I225" s="9"/>
       <c r="J225" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K225" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="226">
       <c r="A226" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B226" s="7" t="inlineStr">
         <is>
-          <t>132</t>
+          <t>C1</t>
         </is>
       </c>
       <c r="C226" s="3" t="inlineStr">
         <is>
-          <t>Матеріалознавство</t>
+          <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D226" s="3"/>
       <c r="E226" s="6" t="n">
-        <v>47863</v>
+        <v>77527</v>
       </c>
       <c r="F226" s="3" t="inlineStr">
         <is>
-          <t>Матеріалознавство</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="G226" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H226" s="7" t="inlineStr">
         <is>
-          <t>- 15977</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I226" s="9"/>
       <c r="J226" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K226" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="227">
       <c r="A227" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B227" s="7" t="inlineStr">
         <is>
-          <t>134</t>
+          <t>D4</t>
         </is>
       </c>
       <c r="C227" s="3" t="inlineStr">
         <is>
-          <t>Авіаційна та ракетно-космічна техніка</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D227" s="3"/>
       <c r="E227" s="6" t="n">
-        <v>47864</v>
+        <v>77539</v>
       </c>
       <c r="F227" s="3" t="inlineStr">
         <is>
-          <t>Авіаційна та ракетно-космічна техніка</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="G227" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H227" s="7" t="inlineStr">
         <is>
-          <t>- 15978</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I227" s="9"/>
       <c r="J227" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K227" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="228">
       <c r="A228" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B228" s="7" t="inlineStr">
         <is>
-          <t>142</t>
+          <t>D8</t>
         </is>
       </c>
       <c r="C228" s="3" t="inlineStr">
         <is>
-          <t>Енергетичне машинобудування</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D228" s="3"/>
       <c r="E228" s="6" t="n">
-        <v>47865</v>
+        <v>78722</v>
       </c>
       <c r="F228" s="3" t="inlineStr">
         <is>
-          <t>Енергетичне машинобудування</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="G228" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H228" s="7" t="inlineStr">
         <is>
-          <t>- 15980</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I228" s="9"/>
       <c r="J228" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K228" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="229">
       <c r="A229" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B229" s="7" t="inlineStr">
         <is>
-          <t>151</t>
+          <t>E4</t>
         </is>
       </c>
       <c r="C229" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація та комп’ютерно-інтегровані технології</t>
+          <t>Науки про Землю</t>
         </is>
       </c>
       <c r="D229" s="3"/>
       <c r="E229" s="6" t="n">
-        <v>47866</v>
+        <v>77886</v>
       </c>
       <c r="F229" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація, приладобудування та комп’ютерно-інтегровані технології</t>
+          <t>Дистанційні аерокосмічні дослідження</t>
         </is>
       </c>
       <c r="G229" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H229" s="7" t="inlineStr">
         <is>
-          <t>- 15989</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I229" s="9"/>
       <c r="J229" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K229" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="230">
       <c r="A230" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B230" s="7" t="inlineStr">
         <is>
-          <t>152</t>
+          <t>F1</t>
         </is>
       </c>
       <c r="C230" s="3" t="inlineStr">
         <is>
-          <t>Метрологія та інформаційно-вимірювальна техніка</t>
+          <t>Прикладна математика</t>
         </is>
       </c>
       <c r="D230" s="3"/>
       <c r="E230" s="6" t="n">
-        <v>55597</v>
+        <v>77909</v>
       </c>
       <c r="F230" s="3" t="inlineStr">
         <is>
-          <t>Якість та інформаційно-вимірювальні системи</t>
+          <t>Прикладна математика</t>
         </is>
       </c>
       <c r="G230" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H230" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I230" s="9"/>
+          <t>- 15969</t>
+        </is>
+      </c>
+      <c r="I230" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J230" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K230" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="231">
       <c r="A231" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B231" s="7" t="inlineStr">
         <is>
-          <t>172</t>
+          <t>F2</t>
         </is>
       </c>
       <c r="C231" s="3" t="inlineStr">
         <is>
-          <t>Телекомунікації та радіотехніка</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D231" s="3"/>
       <c r="E231" s="6" t="n">
-        <v>47867</v>
+        <v>77532</v>
       </c>
       <c r="F231" s="3" t="inlineStr">
         <is>
-          <t>Телекомунікації та радіотехніка</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="G231" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H231" s="7" t="inlineStr">
         <is>
-          <t>- 15983</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I231" s="9"/>
       <c r="J231" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K231" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="232">
       <c r="A232" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B232" s="7" t="inlineStr">
         <is>
-          <t>172</t>
+          <t>F3</t>
         </is>
       </c>
       <c r="C232" s="3" t="inlineStr">
         <is>
-          <t>Електронні комунікації та радіотехніка</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D232" s="3"/>
       <c r="E232" s="6" t="n">
-        <v>60187</v>
+        <v>77858</v>
       </c>
       <c r="F232" s="3" t="inlineStr">
         <is>
-          <t>Телекомунікації та радіотехніка</t>
+          <t>Інформаційні технології</t>
         </is>
       </c>
       <c r="G232" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H232" s="7" t="inlineStr">
         <is>
-          <t>- 15983</t>
+          <t>- 15971</t>
         </is>
       </c>
       <c r="I232" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J232" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K232" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="233">
       <c r="A233" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B233" s="7" t="inlineStr">
         <is>
-          <t>173</t>
+          <t>F5</t>
         </is>
       </c>
       <c r="C233" s="3" t="inlineStr">
         <is>
-          <t>Авіоніка</t>
+          <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D233" s="3"/>
       <c r="E233" s="6" t="n">
-        <v>59806</v>
+        <v>77361</v>
       </c>
       <c r="F233" s="3" t="inlineStr">
         <is>
-          <t>Системи автономної навігації та адаптивного управління літальних апаратів</t>
+          <t>Кібербезпека</t>
         </is>
       </c>
       <c r="G233" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H233" s="7" t="inlineStr">
         <is>
-          <t>- 15986</t>
+          <t>- 15975</t>
         </is>
       </c>
       <c r="I233" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J233" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K233" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="234">
       <c r="A234" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B234" s="7" t="inlineStr">
         <is>
-          <t>174</t>
+          <t>F7</t>
         </is>
       </c>
       <c r="C234" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
+          <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D234" s="3"/>
       <c r="E234" s="6" t="n">
-        <v>59789</v>
+        <v>77357</v>
       </c>
       <c r="F234" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація, приладобудування та комп’ютерно-інтегровані технології</t>
+          <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="G234" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H234" s="7" t="inlineStr">
         <is>
-          <t>- 15989</t>
+          <t>- 15973</t>
         </is>
       </c>
       <c r="I234" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J234" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K234" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="235">
       <c r="A235" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B235" s="7" t="inlineStr">
         <is>
-          <t>175</t>
+          <t>G11</t>
         </is>
       </c>
       <c r="C235" s="3" t="inlineStr">
         <is>
-          <t>Інформаційно-вимірювальні технології</t>
+          <t>Машинобудування</t>
         </is>
       </c>
       <c r="D235" s="3"/>
       <c r="E235" s="6" t="n">
-        <v>59790</v>
+        <v>78349</v>
       </c>
       <c r="F235" s="3" t="inlineStr">
         <is>
-          <t>Якість та інформаційно-вимірювальні системи</t>
+          <t>Енергетичне машинобудування</t>
         </is>
       </c>
       <c r="G235" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H235" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I235" s="9"/>
+          <t>- 15981</t>
+        </is>
+      </c>
+      <c r="I235" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J235" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K235" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="236">
       <c r="A236" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B236" s="7" t="inlineStr">
         <is>
-          <t>281</t>
+          <t>G12</t>
         </is>
       </c>
       <c r="C236" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D236" s="3"/>
       <c r="E236" s="6" t="n">
-        <v>51823</v>
+        <v>77859</v>
       </c>
       <c r="F236" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
-[...2 lines deleted...]
-      <c r="G236" s="3"/>
+          <t>Авіаційна та ракетно-космічна техніка</t>
+        </is>
+      </c>
+      <c r="G236" s="3" t="inlineStr">
+        <is>
+          <t>Освітньо-наукова</t>
+        </is>
+      </c>
       <c r="H236" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I236" s="9"/>
+          <t>- 15979</t>
+        </is>
+      </c>
+      <c r="I236" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J236" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K236" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="237">
       <c r="A237" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B237" s="7" t="inlineStr">
         <is>
-          <t>B10</t>
+          <t>G5</t>
         </is>
       </c>
       <c r="C237" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D237" s="3"/>
       <c r="E237" s="6" t="n">
-        <v>78716</v>
+        <v>77352</v>
       </c>
       <c r="F237" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="G237" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H237" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I237" s="9"/>
+          <t>- 15984</t>
+        </is>
+      </c>
+      <c r="I237" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J237" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K237" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="238">
       <c r="A238" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B238" s="7" t="inlineStr">
         <is>
-          <t>C1</t>
+          <t>G5</t>
         </is>
       </c>
       <c r="C238" s="3" t="inlineStr">
         <is>
-          <t>Економіка та міжнародні економічні відносини</t>
+          <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D238" s="3"/>
       <c r="E238" s="6" t="n">
-        <v>77527</v>
+        <v>78015</v>
       </c>
       <c r="F238" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Системи автономної навігації та адаптивного управління літальних апаратів</t>
         </is>
       </c>
       <c r="G238" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H238" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I238" s="9"/>
+          <t>- 15987</t>
+        </is>
+      </c>
+      <c r="I238" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J238" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K238" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="239">
       <c r="A239" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B239" s="7" t="inlineStr">
         <is>
-          <t>D4</t>
+          <t>G6</t>
         </is>
       </c>
       <c r="C239" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Інформаційно-вимірювальні технології</t>
         </is>
       </c>
       <c r="D239" s="3"/>
       <c r="E239" s="6" t="n">
-        <v>77539</v>
+        <v>78010</v>
       </c>
       <c r="F239" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Якість та інформаційно-вимірювальні системи</t>
         </is>
       </c>
       <c r="G239" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H239" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I239" s="9"/>
       <c r="J239" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K239" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="240">
       <c r="A240" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B240" s="7" t="inlineStr">
         <is>
-          <t>D8</t>
+          <t>G7</t>
         </is>
       </c>
       <c r="C240" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D240" s="3"/>
       <c r="E240" s="6" t="n">
-        <v>78722</v>
+        <v>78019</v>
       </c>
       <c r="F240" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Автоматизація, приладобудування та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="G240" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H240" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I240" s="9"/>
+          <t>- 15990</t>
+        </is>
+      </c>
+      <c r="I240" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J240" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K240" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="241">
       <c r="A241" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B241" s="7" t="inlineStr">
         <is>
-          <t>E4</t>
+          <t>G8</t>
         </is>
       </c>
       <c r="C241" s="3" t="inlineStr">
         <is>
-          <t>Науки про Землю</t>
+          <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D241" s="3"/>
       <c r="E241" s="6" t="n">
-        <v>77886</v>
+        <v>78350</v>
       </c>
       <c r="F241" s="3" t="inlineStr">
         <is>
-          <t>Дистанційні аерокосмічні дослідження</t>
+          <t>Процеси фізико-технічної обробки</t>
         </is>
       </c>
       <c r="G241" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H241" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I241" s="9"/>
       <c r="J241" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K241" s="9"/>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="242">
-[...532 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:K253"/>
+  <autoFilter ref="A1:K241"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I165"/>
+  <dimension ref="A1:I158"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -20950,51 +20374,51 @@
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="F5" s="6" t="n">
         <v>22</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
@@ -21214,51 +20638,51 @@
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="F13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
@@ -21280,51 +20704,51 @@
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>F4</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Системний аналіз та наука про дані</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>F5</t>
         </is>
       </c>
@@ -21486,51 +20910,51 @@
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>G12</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="6" t="n">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="F21" s="6" t="n">
         <v>15</v>
       </c>
       <c r="G21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>G18</t>
         </is>
       </c>
@@ -21552,51 +20976,51 @@
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>G22</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Біомедична інженерія</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F23" s="6" t="n">
         <v>6</v>
       </c>
       <c r="G23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
@@ -21692,87 +21116,87 @@
       <c r="H26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D27" s="3"/>
       <c r="E27" s="6" t="n">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="F27" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B28" s="7" t="inlineStr">
         <is>
           <t>G6</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Інформаційно-вимірювальні технології</t>
         </is>
       </c>
       <c r="D28" s="3"/>
       <c r="E28" s="6" t="n">
         <v>26</v>
       </c>
       <c r="F28" s="6" t="n">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="G28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I28" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="7" t="inlineStr">
         <is>
           <t>G7</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
@@ -21890,51 +21314,51 @@
       <c r="H32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I32" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B33" s="7" t="inlineStr">
         <is>
           <t>K9</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D33" s="3"/>
       <c r="E33" s="6" t="n">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="F33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I33" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B34" s="7" t="inlineStr">
         <is>
           <t>029</t>
         </is>
       </c>
@@ -21960,87 +21384,87 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B35" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D35" s="3" t="inlineStr">
         <is>
           <t>прикладна лінгвістика</t>
         </is>
       </c>
       <c r="E35" s="6" t="n">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="F35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I35" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B36" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D36" s="3"/>
       <c r="E36" s="6" t="n">
         <v>35</v>
       </c>
       <c r="F36" s="6" t="n">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="G36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I36" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B37" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
@@ -22062,51 +21486,51 @@
       <c r="I37" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B38" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="D38" s="3"/>
       <c r="E38" s="6" t="n">
         <v>2</v>
       </c>
       <c r="F38" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I38" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B39" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
@@ -22128,51 +21552,51 @@
       <c r="I39" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B40" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D40" s="3"/>
       <c r="E40" s="6" t="n">
         <v>56</v>
       </c>
       <c r="F40" s="6" t="n">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="G40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I40" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B41" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
@@ -22224,54 +21648,54 @@
       <c r="H42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I42" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B43" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D43" s="3"/>
       <c r="E43" s="6" t="n">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="F43" s="6" t="n">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="G43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I43" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B44" s="7" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
@@ -22323,117 +21747,117 @@
       <c r="H45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I45" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B46" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C46" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D46" s="3"/>
       <c r="E46" s="6" t="n">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="F46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I46" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B47" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D47" s="3"/>
       <c r="E47" s="6" t="n">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="F47" s="6" t="n">
         <v>5</v>
       </c>
       <c r="G47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I47" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B48" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D48" s="3"/>
       <c r="E48" s="6" t="n">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="F48" s="6" t="n">
         <v>14</v>
       </c>
       <c r="G48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I48" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B49" s="7" t="inlineStr">
         <is>
           <t>124</t>
         </is>
       </c>
@@ -22455,51 +21879,51 @@
       <c r="H49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I49" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B50" s="7" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека</t>
         </is>
       </c>
       <c r="D50" s="3"/>
       <c r="E50" s="6" t="n">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I50" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B51" s="7" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
@@ -22620,120 +22044,120 @@
       <c r="H54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I54" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B55" s="7" t="inlineStr">
         <is>
           <t>134</t>
         </is>
       </c>
       <c r="C55" s="3" t="inlineStr">
         <is>
           <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D55" s="3"/>
       <c r="E55" s="6" t="n">
-        <v>546</v>
+        <v>544</v>
       </c>
       <c r="F55" s="6" t="n">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="G55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I55" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B56" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C56" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D56" s="3"/>
       <c r="E56" s="6" t="n">
         <v>96</v>
       </c>
       <c r="F56" s="6" t="n">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I56" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B57" s="7" t="inlineStr">
         <is>
           <t>142</t>
         </is>
       </c>
       <c r="C57" s="3" t="inlineStr">
         <is>
           <t>Енергетичне машинобудування</t>
         </is>
       </c>
       <c r="D57" s="3"/>
       <c r="E57" s="6" t="n">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F57" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I57" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B58" s="7" t="inlineStr">
         <is>
           <t>144</t>
         </is>
       </c>
       <c r="C58" s="3" t="inlineStr">
         <is>
           <t>Теплоенергетика</t>
@@ -22851,249 +22275,249 @@
       <c r="H61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I61" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B62" s="7" t="inlineStr">
         <is>
           <t>163</t>
         </is>
       </c>
       <c r="C62" s="3" t="inlineStr">
         <is>
           <t>Біомедична інженерія</t>
         </is>
       </c>
       <c r="D62" s="3"/>
       <c r="E62" s="6" t="n">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="F62" s="6" t="n">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I62" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B63" s="7" t="inlineStr">
         <is>
           <t>163</t>
         </is>
       </c>
       <c r="C63" s="3" t="inlineStr">
         <is>
           <t>Біомедична інженерія</t>
         </is>
       </c>
       <c r="D63" s="3"/>
       <c r="E63" s="6" t="n">
         <v>25</v>
       </c>
       <c r="F63" s="6" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I63" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B64" s="7" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C64" s="3" t="inlineStr">
         <is>
           <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D64" s="3"/>
       <c r="E64" s="6" t="n">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="F64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I64" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B65" s="7" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C65" s="3" t="inlineStr">
         <is>
           <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D65" s="3"/>
       <c r="E65" s="6" t="n">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="F65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I65" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B66" s="7" t="inlineStr">
         <is>
           <t>173</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
           <t>Авіоніка</t>
         </is>
       </c>
       <c r="D66" s="3"/>
       <c r="E66" s="6" t="n">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="F66" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I66" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B67" s="7" t="inlineStr">
         <is>
           <t>173</t>
         </is>
       </c>
       <c r="C67" s="3" t="inlineStr">
         <is>
           <t>Авіоніка</t>
         </is>
       </c>
       <c r="D67" s="3"/>
       <c r="E67" s="6" t="n">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="F67" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I67" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B68" s="7" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C68" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D68" s="3"/>
       <c r="E68" s="6" t="n">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="F68" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I68" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B69" s="7" t="inlineStr">
         <is>
           <t>175</t>
         </is>
       </c>
@@ -23181,1398 +22605,1398 @@
       <c r="H71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I71" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B72" s="7" t="inlineStr">
         <is>
           <t>262</t>
         </is>
       </c>
       <c r="C72" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D72" s="3"/>
       <c r="E72" s="6" t="n">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F72" s="6" t="n">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I72" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B73" s="7" t="inlineStr">
         <is>
           <t>272</t>
         </is>
       </c>
       <c r="C73" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D73" s="3"/>
       <c r="E73" s="6" t="n">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F73" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I73" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B74" s="7" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C74" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D74" s="3"/>
       <c r="E74" s="6" t="n">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F74" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I74" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B75" s="7" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
       <c r="C75" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D75" s="3"/>
       <c r="E75" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="F75" s="6" t="n">
         <v>6</v>
       </c>
       <c r="G75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I75" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B76" s="7" t="inlineStr">
         <is>
           <t>292</t>
         </is>
       </c>
       <c r="C76" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D76" s="3"/>
       <c r="E76" s="6" t="n">
         <v>4</v>
       </c>
       <c r="F76" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I76" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Бакалавр</t>
         </is>
       </c>
       <c r="B77" s="7" t="inlineStr">
         <is>
-          <t>B11</t>
+          <t>6.050902</t>
         </is>
       </c>
       <c r="C77" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>радіоелектронні апарати</t>
+        </is>
+      </c>
+      <c r="D77" s="3"/>
       <c r="E77" s="6" t="n">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="F77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I77" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B78" s="7" t="inlineStr">
         <is>
-          <t>B13</t>
+          <t>B11</t>
         </is>
       </c>
       <c r="C78" s="3" t="inlineStr">
         <is>
-          <t>Бібліотечна, інформаційна та архівна справа</t>
-[...2 lines deleted...]
-      <c r="D78" s="3"/>
+          <t>Філологія</t>
+        </is>
+      </c>
+      <c r="D78" s="3" t="inlineStr">
+        <is>
+          <t>Прикладна лінгвістика</t>
+        </is>
+      </c>
       <c r="E78" s="6" t="n">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="F78" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I78" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B79" s="7" t="inlineStr">
         <is>
-          <t>C1</t>
+          <t>B13</t>
         </is>
       </c>
       <c r="C79" s="3" t="inlineStr">
         <is>
-          <t>Економіка та міжнародні економічні відносини</t>
-[...6 lines deleted...]
-      </c>
+          <t>Бібліотечна, інформаційна та архівна справа</t>
+        </is>
+      </c>
+      <c r="D79" s="3"/>
       <c r="E79" s="6" t="n">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="F79" s="6" t="n">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="G79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I79" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B80" s="7" t="inlineStr">
         <is>
-          <t>C4</t>
+          <t>C1</t>
         </is>
       </c>
       <c r="C80" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
-[...2 lines deleted...]
-      <c r="D80" s="3"/>
+          <t>Економіка та міжнародні економічні відносини</t>
+        </is>
+      </c>
+      <c r="D80" s="3" t="inlineStr">
+        <is>
+          <t>Економіка</t>
+        </is>
+      </c>
       <c r="E80" s="6" t="n">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="F80" s="6" t="n">
-        <v>117</v>
+        <v>7</v>
       </c>
       <c r="G80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I80" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B81" s="7" t="inlineStr">
         <is>
-          <t>D2</t>
+          <t>C4</t>
         </is>
       </c>
       <c r="C81" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D81" s="3"/>
       <c r="E81" s="6" t="n">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="F81" s="6" t="n">
-        <v>1</v>
+        <v>116</v>
       </c>
       <c r="G81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I81" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B82" s="7" t="inlineStr">
         <is>
-          <t>D3</t>
+          <t>D2</t>
         </is>
       </c>
       <c r="C82" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D82" s="3"/>
       <c r="E82" s="6" t="n">
-        <v>14</v>
+        <v>1</v>
       </c>
       <c r="F82" s="6" t="n">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="G82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I82" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B83" s="7" t="inlineStr">
         <is>
-          <t>D4</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C83" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D83" s="3"/>
       <c r="E83" s="6" t="n">
-        <v>4</v>
+        <v>14</v>
       </c>
       <c r="F83" s="6" t="n">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="G83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I83" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B84" s="7" t="inlineStr">
         <is>
-          <t>D5</t>
+          <t>D4</t>
         </is>
       </c>
       <c r="C84" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D84" s="3"/>
       <c r="E84" s="6" t="n">
         <v>4</v>
       </c>
       <c r="F84" s="6" t="n">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="G84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I84" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B85" s="7" t="inlineStr">
         <is>
-          <t>D8</t>
+          <t>D5</t>
         </is>
       </c>
       <c r="C85" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="D85" s="3"/>
       <c r="E85" s="6" t="n">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F85" s="6" t="n">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="G85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I85" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B86" s="7" t="inlineStr">
         <is>
-          <t>E2</t>
+          <t>D8</t>
         </is>
       </c>
       <c r="C86" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D86" s="3"/>
       <c r="E86" s="6" t="n">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F86" s="6" t="n">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="G86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I86" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B87" s="7" t="inlineStr">
         <is>
-          <t>E4</t>
+          <t>E2</t>
         </is>
       </c>
       <c r="C87" s="3" t="inlineStr">
         <is>
-          <t>Науки про Землю</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D87" s="3"/>
       <c r="E87" s="6" t="n">
+        <v>6</v>
+      </c>
+      <c r="F87" s="6" t="n">
         <v>1</v>
-      </c>
-[...1 lines deleted...]
-        <v>3</v>
       </c>
       <c r="G87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I87" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B88" s="7" t="inlineStr">
         <is>
-          <t>F2</t>
+          <t>E4</t>
         </is>
       </c>
       <c r="C88" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Науки про Землю</t>
         </is>
       </c>
       <c r="D88" s="3"/>
       <c r="E88" s="6" t="n">
-        <v>49</v>
+        <v>1</v>
       </c>
       <c r="F88" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I88" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B89" s="7" t="inlineStr">
         <is>
-          <t>F3</t>
+          <t>F2</t>
         </is>
       </c>
       <c r="C89" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D89" s="3"/>
       <c r="E89" s="6" t="n">
-        <v>21</v>
+        <v>47</v>
       </c>
       <c r="F89" s="6" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I89" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B90" s="7" t="inlineStr">
         <is>
-          <t>F4</t>
+          <t>F3</t>
         </is>
       </c>
       <c r="C90" s="3" t="inlineStr">
         <is>
-          <t>Системний аналіз та наука про дані</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D90" s="3"/>
       <c r="E90" s="6" t="n">
-        <v>3</v>
+        <v>19</v>
       </c>
       <c r="F90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I90" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B91" s="7" t="inlineStr">
         <is>
-          <t>F5</t>
+          <t>F4</t>
         </is>
       </c>
       <c r="C91" s="3" t="inlineStr">
         <is>
-          <t>Кібербезпека та захист інформації</t>
+          <t>Системний аналіз та наука про дані</t>
         </is>
       </c>
       <c r="D91" s="3"/>
       <c r="E91" s="6" t="n">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="F91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I91" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B92" s="7" t="inlineStr">
         <is>
-          <t>F7</t>
+          <t>F5</t>
         </is>
       </c>
       <c r="C92" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерна інженерія</t>
+          <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D92" s="3"/>
       <c r="E92" s="6" t="n">
-        <v>26</v>
+        <v>10</v>
       </c>
       <c r="F92" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G92" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H92" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I92" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B93" s="7" t="inlineStr">
         <is>
-          <t>G11</t>
+          <t>F7</t>
         </is>
       </c>
       <c r="C93" s="3" t="inlineStr">
         <is>
-          <t>Машинобудування</t>
-[...6 lines deleted...]
-      </c>
+          <t>Комп'ютерна інженерія</t>
+        </is>
+      </c>
+      <c r="D93" s="3"/>
       <c r="E93" s="6" t="n">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="F93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I93" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B94" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C94" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D94" s="3" t="inlineStr">
         <is>
-          <t>Технологічні машини та обладнання</t>
+          <t>Двигуни та енергетичні установки</t>
         </is>
       </c>
       <c r="E94" s="6" t="n">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="F94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I94" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B95" s="7" t="inlineStr">
         <is>
-          <t>G12</t>
+          <t>G11</t>
         </is>
       </c>
       <c r="C95" s="3" t="inlineStr">
         <is>
-          <t>Авіаційна та ракетно-космічна техніка</t>
-[...2 lines deleted...]
-      <c r="D95" s="3"/>
+          <t>Машинобудування</t>
+        </is>
+      </c>
+      <c r="D95" s="3" t="inlineStr">
+        <is>
+          <t>Технологічні машини та обладнання</t>
+        </is>
+      </c>
       <c r="E95" s="6" t="n">
-        <v>62</v>
+        <v>19</v>
       </c>
       <c r="F95" s="6" t="n">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="G95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I95" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B96" s="7" t="inlineStr">
         <is>
-          <t>G18</t>
+          <t>G12</t>
         </is>
       </c>
       <c r="C96" s="3" t="inlineStr">
         <is>
-          <t>Геодезія та землеустрій</t>
+          <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D96" s="3"/>
       <c r="E96" s="6" t="n">
-        <v>5</v>
+        <v>62</v>
       </c>
       <c r="F96" s="6" t="n">
-        <v>2</v>
+        <v>11</v>
       </c>
       <c r="G96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I96" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B97" s="7" t="inlineStr">
         <is>
-          <t>G22</t>
+          <t>G18</t>
         </is>
       </c>
       <c r="C97" s="3" t="inlineStr">
         <is>
-          <t>Біомедична інженерія</t>
+          <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D97" s="3"/>
       <c r="E97" s="6" t="n">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="F97" s="6" t="n">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I97" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B98" s="7" t="inlineStr">
         <is>
-          <t>G4</t>
+          <t>G22</t>
         </is>
       </c>
       <c r="C98" s="3" t="inlineStr">
         <is>
-          <t>Енерговиробництво</t>
-[...6 lines deleted...]
-      </c>
+          <t>Біомедична інженерія</t>
+        </is>
+      </c>
+      <c r="D98" s="3"/>
       <c r="E98" s="6" t="n">
+        <v>9</v>
+      </c>
+      <c r="F98" s="6" t="n">
         <v>4</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="G98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I98" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B99" s="7" t="inlineStr">
         <is>
           <t>G4</t>
         </is>
       </c>
       <c r="C99" s="3" t="inlineStr">
         <is>
           <t>Енерговиробництво</t>
         </is>
       </c>
       <c r="D99" s="3" t="inlineStr">
         <is>
-          <t>Відновлювані джерела енергії та гідроенергетика</t>
+          <t>Теплоенергетика</t>
         </is>
       </c>
       <c r="E99" s="6" t="n">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="F99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I99" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B100" s="7" t="inlineStr">
         <is>
-          <t>G5</t>
+          <t>G4</t>
         </is>
       </c>
       <c r="C100" s="3" t="inlineStr">
         <is>
-          <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
-[...2 lines deleted...]
-      <c r="D100" s="3"/>
+          <t>Енерговиробництво</t>
+        </is>
+      </c>
+      <c r="D100" s="3" t="inlineStr">
+        <is>
+          <t>Відновлювані джерела енергії та гідроенергетика</t>
+        </is>
+      </c>
       <c r="E100" s="6" t="n">
-        <v>41</v>
+        <v>10</v>
       </c>
       <c r="F100" s="6" t="n">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I100" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B101" s="7" t="inlineStr">
         <is>
-          <t>G6</t>
+          <t>G5</t>
         </is>
       </c>
       <c r="C101" s="3" t="inlineStr">
         <is>
-          <t>Інформаційно-вимірювальні технології</t>
+          <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D101" s="3"/>
       <c r="E101" s="6" t="n">
-        <v>13</v>
+        <v>39</v>
       </c>
       <c r="F101" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G101" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H101" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I101" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B102" s="7" t="inlineStr">
         <is>
-          <t>G7</t>
+          <t>G6</t>
         </is>
       </c>
       <c r="C102" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
+          <t>Інформаційно-вимірювальні технології</t>
         </is>
       </c>
       <c r="D102" s="3"/>
       <c r="E102" s="6" t="n">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="F102" s="6" t="n">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="G102" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H102" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I102" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B103" s="7" t="inlineStr">
         <is>
-          <t>J6</t>
+          <t>G7</t>
         </is>
       </c>
       <c r="C103" s="3" t="inlineStr">
         <is>
-          <t>Авіаційний транспорт</t>
+          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D103" s="3"/>
       <c r="E103" s="6" t="n">
-        <v>5</v>
+        <v>28</v>
       </c>
       <c r="F103" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G103" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H103" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I103" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B104" s="7" t="inlineStr">
         <is>
-          <t>J8</t>
+          <t>J6</t>
         </is>
       </c>
       <c r="C104" s="3" t="inlineStr">
         <is>
-          <t>Автомобільний транспорт</t>
+          <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D104" s="3"/>
       <c r="E104" s="6" t="n">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F104" s="6" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G104" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H104" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I104" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B105" s="7" t="inlineStr">
         <is>
-          <t>K9</t>
+          <t>J8</t>
         </is>
       </c>
       <c r="C105" s="3" t="inlineStr">
         <is>
-          <t>Правоохоронна діяльність</t>
+          <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D105" s="3"/>
       <c r="E105" s="6" t="n">
-        <v>11</v>
+        <v>4</v>
       </c>
       <c r="F105" s="6" t="n">
-        <v>14</v>
+        <v>1</v>
       </c>
       <c r="G105" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H105" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I105" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B106" s="7" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>K9</t>
         </is>
       </c>
       <c r="C106" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D106" s="3"/>
       <c r="E106" s="6" t="n">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="F106" s="6" t="n">
-        <v>1</v>
+        <v>14</v>
       </c>
       <c r="G106" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H106" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I106" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B107" s="7" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C107" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D107" s="3"/>
       <c r="E107" s="6" t="n">
-        <v>0</v>
+        <v>14</v>
       </c>
       <c r="F107" s="6" t="n">
-        <v>19</v>
+        <v>0</v>
       </c>
       <c r="G107" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H107" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I107" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B108" s="7" t="inlineStr">
         <is>
-          <t>072</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C108" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D108" s="3"/>
       <c r="E108" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F108" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G108" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H108" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I108" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B109" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>072</t>
         </is>
       </c>
       <c r="C109" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D109" s="3"/>
       <c r="E109" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F109" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G109" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H109" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I109" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B110" s="7" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C110" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D110" s="3"/>
       <c r="E110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F110" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I110" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B111" s="7" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="C111" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D111" s="3"/>
       <c r="E111" s="6" t="n">
         <v>1</v>
       </c>
       <c r="F111" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G111" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H111" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I111" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B112" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C112" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D112" s="3"/>
       <c r="E112" s="6" t="n">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="F112" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I112" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B113" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C113" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
@@ -24591,1750 +24015,1519 @@
       <c r="H113" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I113" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B114" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C114" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D114" s="3"/>
       <c r="E114" s="6" t="n">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I114" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B115" s="7" t="inlineStr">
         <is>
-          <t>124</t>
+          <t>125</t>
         </is>
       </c>
       <c r="C115" s="3" t="inlineStr">
         <is>
-          <t>Системний аналіз</t>
+          <t>Кібербезпека</t>
         </is>
       </c>
       <c r="D115" s="3"/>
       <c r="E115" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F115" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G115" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H115" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I115" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B116" s="7" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C116" s="3" t="inlineStr">
         <is>
-          <t>Кібербезпека</t>
+          <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D116" s="3"/>
       <c r="E116" s="6" t="n">
         <v>1</v>
       </c>
       <c r="F116" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G116" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H116" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I116" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B117" s="7" t="inlineStr">
         <is>
-          <t>125</t>
+          <t>134</t>
         </is>
       </c>
       <c r="C117" s="3" t="inlineStr">
         <is>
-          <t>Кібербезпека та захист інформації</t>
+          <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D117" s="3"/>
       <c r="E117" s="6" t="n">
-        <v>1</v>
+        <v>31</v>
       </c>
       <c r="F117" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G117" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H117" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I117" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B118" s="7" t="inlineStr">
         <is>
-          <t>134</t>
+          <t>142</t>
         </is>
       </c>
       <c r="C118" s="3" t="inlineStr">
         <is>
-          <t>Авіаційна та ракетно-космічна техніка</t>
+          <t>Енергетичне машинобудування</t>
         </is>
       </c>
       <c r="D118" s="3"/>
       <c r="E118" s="6" t="n">
-        <v>35</v>
+        <v>1</v>
       </c>
       <c r="F118" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G118" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H118" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I118" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B119" s="7" t="inlineStr">
         <is>
-          <t>142</t>
+          <t>172</t>
         </is>
       </c>
       <c r="C119" s="3" t="inlineStr">
         <is>
-          <t>Енергетичне машинобудування</t>
+          <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D119" s="3"/>
       <c r="E119" s="6" t="n">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="F119" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G119" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H119" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I119" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B120" s="7" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C120" s="3" t="inlineStr">
         <is>
-          <t>Електронні комунікації та радіотехніка</t>
+          <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D120" s="3"/>
       <c r="E120" s="6" t="n">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="F120" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G120" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H120" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I120" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B121" s="7" t="inlineStr">
         <is>
-          <t>172</t>
+          <t>176</t>
         </is>
       </c>
       <c r="C121" s="3" t="inlineStr">
         <is>
-          <t>Телекомунікації та радіотехніка</t>
+          <t>Мікро- та наносистемна техніка</t>
         </is>
       </c>
       <c r="D121" s="3"/>
       <c r="E121" s="6" t="n">
         <v>1</v>
       </c>
       <c r="F121" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G121" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H121" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I121" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Спеціаліст</t>
         </is>
       </c>
       <c r="B122" s="7" t="inlineStr">
         <is>
-          <t>173</t>
+          <t>7.18010013</t>
         </is>
       </c>
       <c r="C122" s="3" t="inlineStr">
         <is>
-          <t>Авіоніка</t>
+          <t>управління проектами</t>
         </is>
       </c>
       <c r="D122" s="3"/>
       <c r="E122" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F122" s="6" t="n">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G122" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H122" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I122" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B123" s="7" t="inlineStr">
         <is>
-          <t>174</t>
+          <t>B10</t>
         </is>
       </c>
       <c r="C123" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="D123" s="3"/>
       <c r="E123" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F123" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G123" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H123" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I123" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B124" s="7" t="inlineStr">
         <is>
-          <t>175</t>
+          <t>C1</t>
         </is>
       </c>
       <c r="C124" s="3" t="inlineStr">
         <is>
-          <t>Інформаційно-вимірювальні технології</t>
+          <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D124" s="3"/>
       <c r="E124" s="6" t="n">
         <v>2</v>
       </c>
       <c r="F124" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G124" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H124" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I124" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B125" s="7" t="inlineStr">
         <is>
-          <t>176</t>
+          <t>D4</t>
         </is>
       </c>
       <c r="C125" s="3" t="inlineStr">
         <is>
-          <t>Мікро- та наносистемна техніка</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D125" s="3"/>
       <c r="E125" s="6" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F125" s="6" t="n">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="G125" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H125" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I125" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B126" s="7" t="inlineStr">
         <is>
-          <t>262</t>
+          <t>E4</t>
         </is>
       </c>
       <c r="C126" s="3" t="inlineStr">
         <is>
-          <t>Правоохоронна діяльність</t>
+          <t>Науки про Землю</t>
         </is>
       </c>
       <c r="D126" s="3"/>
       <c r="E126" s="6" t="n">
         <v>2</v>
       </c>
       <c r="F126" s="6" t="n">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G126" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H126" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I126" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B127" s="7" t="inlineStr">
         <is>
-          <t>272</t>
+          <t>F1</t>
         </is>
       </c>
       <c r="C127" s="3" t="inlineStr">
         <is>
-          <t>Авіаційний транспорт</t>
+          <t>Прикладна математика</t>
         </is>
       </c>
       <c r="D127" s="3"/>
       <c r="E127" s="6" t="n">
         <v>2</v>
       </c>
       <c r="F127" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G127" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H127" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I127" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B128" s="7" t="inlineStr">
         <is>
-          <t>281</t>
+          <t>F2</t>
         </is>
       </c>
       <c r="C128" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D128" s="3"/>
       <c r="E128" s="6" t="n">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F128" s="6" t="n">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G128" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H128" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I128" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="3" t="inlineStr">
         <is>
-          <t>Спеціаліст</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B129" s="7" t="inlineStr">
         <is>
-          <t>7.18010013</t>
+          <t>F3</t>
         </is>
       </c>
       <c r="C129" s="3" t="inlineStr">
         <is>
-          <t>управління проектами</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D129" s="3"/>
       <c r="E129" s="6" t="n">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="F129" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G129" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H129" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I129" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B130" s="7" t="inlineStr">
         <is>
-          <t>B10</t>
+          <t>F5</t>
         </is>
       </c>
       <c r="C130" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D130" s="3"/>
       <c r="E130" s="6" t="n">
         <v>2</v>
       </c>
       <c r="F130" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G130" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H130" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I130" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B131" s="7" t="inlineStr">
         <is>
-          <t>C1</t>
+          <t>F7</t>
         </is>
       </c>
       <c r="C131" s="3" t="inlineStr">
         <is>
-          <t>Економіка та міжнародні економічні відносини</t>
+          <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D131" s="3"/>
       <c r="E131" s="6" t="n">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="F131" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G131" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H131" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I131" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B132" s="7" t="inlineStr">
         <is>
-          <t>D4</t>
+          <t>G11</t>
         </is>
       </c>
       <c r="C132" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Машинобудування</t>
         </is>
       </c>
       <c r="D132" s="3"/>
       <c r="E132" s="6" t="n">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="F132" s="6" t="n">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G132" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H132" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I132" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B133" s="7" t="inlineStr">
         <is>
-          <t>E4</t>
+          <t>G12</t>
         </is>
       </c>
       <c r="C133" s="3" t="inlineStr">
         <is>
-          <t>Науки про Землю</t>
+          <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D133" s="3"/>
       <c r="E133" s="6" t="n">
-        <v>2</v>
+        <v>14</v>
       </c>
       <c r="F133" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G133" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H133" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I133" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B134" s="7" t="inlineStr">
         <is>
-          <t>F1</t>
+          <t>G5</t>
         </is>
       </c>
       <c r="C134" s="3" t="inlineStr">
         <is>
-          <t>Прикладна математика</t>
+          <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D134" s="3"/>
       <c r="E134" s="6" t="n">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="F134" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G134" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H134" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I134" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B135" s="7" t="inlineStr">
         <is>
-          <t>F2</t>
+          <t>G6</t>
         </is>
       </c>
       <c r="C135" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Інформаційно-вимірювальні технології</t>
         </is>
       </c>
       <c r="D135" s="3"/>
       <c r="E135" s="6" t="n">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="F135" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G135" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H135" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I135" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B136" s="7" t="inlineStr">
         <is>
-          <t>F3</t>
+          <t>G7</t>
         </is>
       </c>
       <c r="C136" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D136" s="3"/>
       <c r="E136" s="6" t="n">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="F136" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G136" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H136" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I136" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B137" s="7" t="inlineStr">
         <is>
-          <t>F5</t>
+          <t>G8</t>
         </is>
       </c>
       <c r="C137" s="3" t="inlineStr">
         <is>
-          <t>Кібербезпека та захист інформації</t>
+          <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D137" s="3"/>
       <c r="E137" s="6" t="n">
         <v>2</v>
       </c>
       <c r="F137" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G137" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H137" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I137" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B138" s="7" t="inlineStr">
         <is>
-          <t>F7</t>
+          <t>033</t>
         </is>
       </c>
       <c r="C138" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерна інженерія</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="D138" s="3"/>
       <c r="E138" s="6" t="n">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="F138" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G138" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H138" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I138" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B139" s="7" t="inlineStr">
         <is>
-          <t>G11</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C139" s="3" t="inlineStr">
         <is>
-          <t>Машинобудування</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D139" s="3"/>
       <c r="E139" s="6" t="n">
-        <v>5</v>
+        <v>29</v>
       </c>
       <c r="F139" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G139" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H139" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I139" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B140" s="7" t="inlineStr">
         <is>
-          <t>G12</t>
+          <t>081</t>
         </is>
       </c>
       <c r="C140" s="3" t="inlineStr">
         <is>
-          <t>Авіаційна та ракетно-космічна техніка</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D140" s="3"/>
       <c r="E140" s="6" t="n">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="F140" s="6" t="n">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G140" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H140" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I140" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B141" s="7" t="inlineStr">
         <is>
-          <t>G5</t>
+          <t>103</t>
         </is>
       </c>
       <c r="C141" s="3" t="inlineStr">
         <is>
-          <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
+          <t>Науки про Землю</t>
         </is>
       </c>
       <c r="D141" s="3"/>
       <c r="E141" s="6" t="n">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="F141" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G141" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H141" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I141" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B142" s="7" t="inlineStr">
         <is>
-          <t>G6</t>
+          <t>113</t>
         </is>
       </c>
       <c r="C142" s="3" t="inlineStr">
         <is>
-          <t>Інформаційно-вимірювальні технології</t>
+          <t>Прикладна математика</t>
         </is>
       </c>
       <c r="D142" s="3"/>
       <c r="E142" s="6" t="n">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="F142" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G142" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H142" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I142" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B143" s="7" t="inlineStr">
         <is>
-          <t>G7</t>
+          <t>121</t>
         </is>
       </c>
       <c r="C143" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D143" s="3"/>
       <c r="E143" s="6" t="n">
-        <v>2</v>
+        <v>41</v>
       </c>
       <c r="F143" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G143" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H143" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I143" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B144" s="7" t="inlineStr">
         <is>
-          <t>G8</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C144" s="3" t="inlineStr">
         <is>
-          <t>Матеріалознавство</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D144" s="3"/>
       <c r="E144" s="6" t="n">
-        <v>2</v>
+        <v>59</v>
       </c>
       <c r="F144" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G144" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H144" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I144" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B145" s="7" t="inlineStr">
         <is>
-          <t>033</t>
+          <t>123</t>
         </is>
       </c>
       <c r="C145" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D145" s="3"/>
       <c r="E145" s="6" t="n">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="F145" s="6" t="n">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G145" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H145" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I145" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B146" s="7" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>125</t>
         </is>
       </c>
       <c r="C146" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Кібербезпека</t>
         </is>
       </c>
       <c r="D146" s="3"/>
       <c r="E146" s="6" t="n">
-        <v>29</v>
+        <v>4</v>
       </c>
       <c r="F146" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G146" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H146" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I146" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B147" s="7" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>125</t>
         </is>
       </c>
       <c r="C147" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D147" s="3"/>
       <c r="E147" s="6" t="n">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="F147" s="6" t="n">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G147" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H147" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I147" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B148" s="7" t="inlineStr">
         <is>
-          <t>103</t>
+          <t>132</t>
         </is>
       </c>
       <c r="C148" s="3" t="inlineStr">
         <is>
-          <t>Науки про Землю</t>
+          <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D148" s="3"/>
       <c r="E148" s="6" t="n">
-        <v>2</v>
+        <v>15</v>
       </c>
       <c r="F148" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G148" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H148" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I148" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B149" s="7" t="inlineStr">
         <is>
-          <t>113</t>
+          <t>134</t>
         </is>
       </c>
       <c r="C149" s="3" t="inlineStr">
         <is>
-          <t>Прикладна математика</t>
+          <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D149" s="3"/>
       <c r="E149" s="6" t="n">
-        <v>6</v>
+        <v>62</v>
       </c>
       <c r="F149" s="6" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G149" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H149" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I149" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B150" s="7" t="inlineStr">
         <is>
-          <t>121</t>
+          <t>142</t>
         </is>
       </c>
       <c r="C150" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Енергетичне машинобудування</t>
         </is>
       </c>
       <c r="D150" s="3"/>
       <c r="E150" s="6" t="n">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="F150" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G150" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H150" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I150" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B151" s="7" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>151</t>
         </is>
       </c>
       <c r="C151" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D151" s="3"/>
       <c r="E151" s="6" t="n">
-        <v>61</v>
+        <v>7</v>
       </c>
       <c r="F151" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G151" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H151" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I151" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B152" s="7" t="inlineStr">
         <is>
-          <t>123</t>
+          <t>152</t>
         </is>
       </c>
       <c r="C152" s="3" t="inlineStr">
         <is>
-          <t>Комп’ютерна інженерія</t>
+          <t>Метрологія та інформаційно-вимірювальна техніка</t>
         </is>
       </c>
       <c r="D152" s="3"/>
       <c r="E152" s="6" t="n">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="F152" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G152" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H152" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I152" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B153" s="7" t="inlineStr">
         <is>
-          <t>125</t>
+          <t>172</t>
         </is>
       </c>
       <c r="C153" s="3" t="inlineStr">
         <is>
-          <t>Кібербезпека</t>
+          <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D153" s="3"/>
       <c r="E153" s="6" t="n">
-        <v>4</v>
+        <v>15</v>
       </c>
       <c r="F153" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G153" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H153" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I153" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B154" s="7" t="inlineStr">
         <is>
-          <t>125</t>
+          <t>172</t>
         </is>
       </c>
       <c r="C154" s="3" t="inlineStr">
         <is>
-          <t>Кібербезпека та захист інформації</t>
+          <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D154" s="3"/>
       <c r="E154" s="6" t="n">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="F154" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G154" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H154" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I154" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B155" s="7" t="inlineStr">
         <is>
-          <t>132</t>
+          <t>173</t>
         </is>
       </c>
       <c r="C155" s="3" t="inlineStr">
         <is>
-          <t>Матеріалознавство</t>
+          <t>Авіоніка</t>
         </is>
       </c>
       <c r="D155" s="3"/>
       <c r="E155" s="6" t="n">
-        <v>15</v>
+        <v>3</v>
       </c>
       <c r="F155" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G155" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H155" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I155" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B156" s="7" t="inlineStr">
         <is>
-          <t>134</t>
+          <t>174</t>
         </is>
       </c>
       <c r="C156" s="3" t="inlineStr">
         <is>
-          <t>Авіаційна та ракетно-космічна техніка</t>
+          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D156" s="3"/>
       <c r="E156" s="6" t="n">
-        <v>64</v>
+        <v>12</v>
       </c>
       <c r="F156" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G156" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H156" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I156" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B157" s="7" t="inlineStr">
         <is>
-          <t>142</t>
+          <t>175</t>
         </is>
       </c>
       <c r="C157" s="3" t="inlineStr">
         <is>
-          <t>Енергетичне машинобудування</t>
+          <t>Інформаційно-вимірювальні технології</t>
         </is>
       </c>
       <c r="D157" s="3"/>
       <c r="E157" s="6" t="n">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="F157" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G157" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H157" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I157" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B158" s="7" t="inlineStr">
         <is>
-          <t>151</t>
+          <t>281</t>
         </is>
       </c>
       <c r="C158" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація та комп’ютерно-інтегровані технології</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D158" s="3"/>
       <c r="E158" s="6" t="n">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="F158" s="6" t="n">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="G158" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H158" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I158" s="6" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="159">
-[...229 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I165"/>
+  <autoFilter ref="A1:I158"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>