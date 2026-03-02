--- v0 (2025-12-26)
+++ v1 (2026-03-02)
@@ -27,51 +27,51 @@
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="ВСП" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Факультети" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Ліцензії ПДО" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Освітні програми" sheetId="7" state="visible" r:id="rId8"/>
     <sheet name="Здобувачі ВО" sheetId="8" state="visible" r:id="rId9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'ВСП'!$A$1:$E$2</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$10</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПДО'!$A$1:$K$5</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$78</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$63</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$54</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -412,51 +412,51 @@
         <is>
           <t>kogpa_docs@ukr.net</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>kogpa.edu.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>В. о. ректора</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Ломакович Афанасій Миколайович</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="B21" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:B21"/>
@@ -5003,51 +5003,51 @@
       <c r="I78" s="9"/>
       <c r="J78" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K78" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K78"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I63"/>
+  <dimension ref="A1:I54"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -5158,51 +5158,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D4" s="3" t="inlineStr">
         <is>
           <t>Інформатика</t>
         </is>
       </c>
       <c r="E4" s="6" t="n">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F4" s="6" t="n">
         <v>7</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
@@ -5454,54 +5454,54 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D12" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E12" s="6" t="n">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="F12" s="6" t="n">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -5528,51 +5528,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D14" s="3" t="inlineStr">
         <is>
           <t>Мистецтво. Музичне мистецтво</t>
         </is>
       </c>
       <c r="E14" s="6" t="n">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="F14" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
@@ -5598,54 +5598,54 @@
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F16" s="6" t="n">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>E2</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
@@ -5664,716 +5664,716 @@
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>012</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="6" t="n">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="F18" s="6" t="n">
         <v>48</v>
       </c>
       <c r="G18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="6" t="n">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F19" s="6" t="n">
         <v>23</v>
       </c>
       <c r="G19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D20" s="3" t="inlineStr">
         <is>
           <t>Мистецтво. Музичне мистецтво</t>
         </is>
       </c>
       <c r="E20" s="6" t="n">
         <v>7</v>
       </c>
       <c r="F20" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D21" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво</t>
+          <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E21" s="6" t="n">
-        <v>12</v>
+        <v>26</v>
       </c>
       <c r="F21" s="6" t="n">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="G21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D22" s="3" t="inlineStr">
         <is>
-          <t>Українська мова і література</t>
+          <t>Англійська мова і література</t>
         </is>
       </c>
       <c r="E22" s="6" t="n">
-        <v>27</v>
+        <v>11</v>
       </c>
       <c r="F22" s="6" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D23" s="3" t="inlineStr">
         <is>
-          <t>Англійська мова і література</t>
+          <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E23" s="6" t="n">
-        <v>11</v>
+        <v>22</v>
       </c>
       <c r="F23" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D24" s="3" t="inlineStr">
         <is>
-          <t>Англійська мова та зарубіжна література</t>
+          <t>Німецька мова і література</t>
         </is>
       </c>
       <c r="E24" s="6" t="n">
-        <v>22</v>
+        <v>0</v>
       </c>
       <c r="F24" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D25" s="3" t="inlineStr">
         <is>
-          <t>Німецька мова і література</t>
+          <t>Німецька мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E25" s="6" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="F25" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D26" s="3" t="inlineStr">
         <is>
-          <t>Німецька мова та зарубіжна література</t>
+          <t>Польська мова і література</t>
         </is>
       </c>
       <c r="E26" s="6" t="n">
         <v>3</v>
       </c>
       <c r="F26" s="6" t="n">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D27" s="3" t="inlineStr">
         <is>
-          <t>Польська мова і література</t>
+          <t>Польська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E27" s="6" t="n">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="F27" s="6" t="n">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B28" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D28" s="3" t="inlineStr">
         <is>
-          <t>Польська мова та зарубіжна література</t>
+          <t>Історія</t>
         </is>
       </c>
       <c r="E28" s="6" t="n">
-        <v>6</v>
+        <v>20</v>
       </c>
       <c r="F28" s="6" t="n">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I28" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D29" s="3" t="inlineStr">
         <is>
-          <t>Історія</t>
+          <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E29" s="6" t="n">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="F29" s="6" t="n">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B30" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D30" s="3" t="inlineStr">
         <is>
-          <t>Історія та громадянська освіта</t>
+          <t>Біологія та здоров’я людини</t>
         </is>
       </c>
       <c r="E30" s="6" t="n">
-        <v>9</v>
+        <v>39</v>
       </c>
       <c r="F30" s="6" t="n">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="G30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I30" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B31" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D31" s="3" t="inlineStr">
         <is>
-          <t>Біологія та здоров’я людини</t>
+          <t>Трудове навчання та технології</t>
         </is>
       </c>
       <c r="E31" s="6" t="n">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="F31" s="6" t="n">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="G31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I31" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B32" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D32" s="3" t="inlineStr">
         <is>
-          <t>Трудове навчання та технології</t>
+          <t>Технології</t>
         </is>
       </c>
       <c r="E32" s="6" t="n">
-        <v>65</v>
+        <v>22</v>
       </c>
       <c r="F32" s="6" t="n">
-        <v>19</v>
+        <v>2</v>
       </c>
       <c r="G32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I32" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B33" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D33" s="3" t="inlineStr">
         <is>
-          <t>Технології</t>
+          <t>Фізична культура</t>
         </is>
       </c>
       <c r="E33" s="6" t="n">
-        <v>22</v>
+        <v>95</v>
       </c>
       <c r="F33" s="6" t="n">
-        <v>2</v>
+        <v>27</v>
       </c>
       <c r="G33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I33" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B34" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D34" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура</t>
+          <t>Образотворче мистецтво</t>
         </is>
       </c>
       <c r="E34" s="6" t="n">
-        <v>98</v>
+        <v>15</v>
       </c>
       <c r="F34" s="6" t="n">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="G34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I34" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B35" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D35" s="3" t="inlineStr">
         <is>
-          <t>Образотворче мистецтво</t>
+          <t>Мистецтво. Образотворче мистецтво</t>
         </is>
       </c>
       <c r="E35" s="6" t="n">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="F35" s="6" t="n">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I35" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B36" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D36" s="3" t="inlineStr">
         <is>
-          <t>Мистецтво. Образотворче мистецтво</t>
+          <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="E36" s="6" t="n">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="F36" s="6" t="n">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="G36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I36" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B37" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -6400,87 +6400,87 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B38" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D38" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E38" s="6" t="n">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="F38" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I38" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B39" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D39" s="3"/>
       <c r="E39" s="6" t="n">
         <v>27</v>
       </c>
       <c r="F39" s="6" t="n">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="G39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I39" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B40" s="7" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
@@ -6532,202 +6532,202 @@
       <c r="H41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I41" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B42" s="7" t="inlineStr">
         <is>
           <t>A2</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D42" s="3"/>
       <c r="E42" s="6" t="n">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="F42" s="6" t="n">
         <v>5</v>
       </c>
       <c r="G42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I42" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B43" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D43" s="3" t="inlineStr">
         <is>
-          <t>Німецька мова та зарубіжна література</t>
+          <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E43" s="6" t="n">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="F43" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I43" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B44" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D44" s="3" t="inlineStr">
         <is>
-          <t>Англійська мова та зарубіжна література</t>
+          <t>Мистецтво. Музичне мистецтво</t>
         </is>
       </c>
       <c r="E44" s="6" t="n">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="F44" s="6" t="n">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="G44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I44" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B45" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D45" s="3" t="inlineStr">
         <is>
-          <t>Українська мова і література</t>
+          <t>Фізична культура</t>
         </is>
       </c>
       <c r="E45" s="6" t="n">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="F45" s="6" t="n">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="G45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I45" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B46" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C46" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D46" s="3" t="inlineStr">
         <is>
-          <t>Історія та громадянська освіта</t>
+          <t>Технології</t>
         </is>
       </c>
       <c r="E46" s="6" t="n">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="F46" s="6" t="n">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I46" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B47" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -6750,132 +6750,132 @@
       <c r="H47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I47" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B48" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D48" s="3" t="inlineStr">
         <is>
-          <t>Технології</t>
+          <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E48" s="6" t="n">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="F48" s="6" t="n">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I48" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B49" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C49" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D49" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура</t>
+          <t>Німецька мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E49" s="6" t="n">
-        <v>11</v>
+        <v>2</v>
       </c>
       <c r="F49" s="6" t="n">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="G49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I49" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B50" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D50" s="3" t="inlineStr">
         <is>
-          <t>Мистецтво. Музичне мистецтво</t>
+          <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E50" s="6" t="n">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="F50" s="6" t="n">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="G50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I50" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B51" s="7" t="inlineStr">
         <is>
           <t>E2</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
@@ -6912,440 +6912,115 @@
       <c r="C52" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D52" s="3"/>
       <c r="E52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F52" s="6" t="n">
         <v>6</v>
       </c>
       <c r="G52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I52" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B53" s="7" t="inlineStr">
         <is>
-          <t>011</t>
+          <t>A1</t>
         </is>
       </c>
       <c r="C53" s="3" t="inlineStr">
         <is>
-          <t>Освітні, педагогічні науки</t>
+          <t>Освітні науки</t>
         </is>
       </c>
       <c r="D53" s="3"/>
       <c r="E53" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="F53" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I53" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B54" s="7" t="inlineStr">
         <is>
-          <t>012</t>
+          <t>011</t>
         </is>
       </c>
       <c r="C54" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта</t>
+          <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D54" s="3"/>
       <c r="E54" s="6" t="n">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F54" s="6" t="n">
-        <v>17</v>
+        <v>1</v>
       </c>
       <c r="G54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I54" s="6" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
-[...323 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I63"/>
+  <autoFilter ref="A1:I54"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>