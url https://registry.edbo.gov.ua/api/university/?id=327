--- v0 (2025-10-20)
+++ v1 (2025-12-15)
@@ -365,63 +365,63 @@
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="2" t="inlineStr">
         <is>
           <t>Населений пункт (місцезнаходження)</t>
         </is>
       </c>
       <c r="B14" s="3" t="inlineStr">
         <is>
           <t>м. Ізмаїл</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Адреса (місцезнаходження)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
-          <t>вул. Фанагорійська, 9</t>
+          <t>просп. Миру, 15</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон / факс</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>048-771-61-01</t>
+          <t>+38(048)-771-61-01</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B17" s="3" t="inlineStr">
         <is>
           <t>dinuoma@onma.edu.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>dinuoma.com.ua</t>
         </is>
@@ -671,51 +671,51 @@
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>J5</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Морський та внутрішній водний транспорт</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Експлуатація суднового електрообладнання і засобів автоматики</t>
         </is>
       </c>
       <c r="E2" s="3" t="inlineStr">
         <is>
           <t>Експлуатація суднового електрообладнання і засобів автоматики</t>
         </is>
       </c>
       <c r="F2" s="6" t="n">
-        <v>25</v>
+        <v>60</v>
       </c>
       <c r="G2" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="H2" s="9"/>
       <c r="I2" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 22.04.2025 № 42-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>J5</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
@@ -2050,54 +2050,54 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>J5</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Морський та внутрішній водний транспорт</t>
         </is>
       </c>
       <c r="D4" s="3" t="inlineStr">
         <is>
           <t>Управління судновими технічними системами і комплексами</t>
         </is>
       </c>
       <c r="E4" s="6" t="n">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="F4" s="6" t="n">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>J5</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Морський та внутрішній водний транспорт</t>
@@ -2124,87 +2124,87 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>J5</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Морський та внутрішній водний транспорт</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології на морському та внутрішньому водному транспорті</t>
         </is>
       </c>
       <c r="E6" s="6" t="n">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="F6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="F7" s="6" t="n">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>126</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи та технології</t>
@@ -2227,91 +2227,91 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>271</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Морський та внутрішній водний транспорт</t>
         </is>
       </c>
       <c r="D9" s="3" t="inlineStr">
         <is>
           <t>Навігація і управління морськими суднами</t>
         </is>
       </c>
       <c r="E9" s="6" t="n">
-        <v>147</v>
+        <v>142</v>
       </c>
       <c r="F9" s="6" t="n">
-        <v>285</v>
+        <v>290</v>
       </c>
       <c r="G9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>271</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Морський та внутрішній водний транспорт</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Управління судновими технічними системами і комплексами</t>
         </is>
       </c>
       <c r="E10" s="6" t="n">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>271</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Морський та внутрішній водний транспорт</t>