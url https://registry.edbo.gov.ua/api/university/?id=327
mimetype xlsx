--- v1 (2025-12-15)
+++ v2 (2026-02-17)
@@ -716,51 +716,51 @@
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>J5</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Морський та внутрішній водний транспорт</t>
         </is>
       </c>
       <c r="D3" s="3" t="inlineStr">
         <is>
           <t>Навігація і управління морськими суднами</t>
         </is>
       </c>
       <c r="E3" s="3" t="inlineStr">
         <is>
           <t>Навігація і управління морськими суднами</t>
         </is>
       </c>
       <c r="F3" s="6" t="n">
         <v>300</v>
       </c>
       <c r="G3" s="8" t="inlineStr">
         <is>
-          <t> 12346</t>
+          <t> 19854</t>
         </is>
       </c>
       <c r="H3" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="I3" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 22.04.2025 № 42-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>J5</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Морський та внутрішній водний транспорт</t>
@@ -800,51 +800,51 @@
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>J5</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Морський та внутрішній водний транспорт</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
           <t>Управління судновими технічними системами і комплексами</t>
         </is>
       </c>
       <c r="E5" s="3" t="inlineStr">
         <is>
           <t>Управління судновими технічними системами і комплексами</t>
         </is>
       </c>
       <c r="F5" s="6" t="n">
         <v>300</v>
       </c>
       <c r="G5" s="8" t="inlineStr">
         <is>
-          <t> 12347</t>
+          <t> 19853</t>
         </is>
       </c>
       <c r="H5" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="I5" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 22.04.2025 № 42-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>271</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Морський та внутрішній водний транспорт</t>
@@ -884,94 +884,94 @@
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>271</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Морський та внутрішній водний транспорт</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
           <t>Навігація і управління морськими суднами</t>
         </is>
       </c>
       <c r="E7" s="3" t="inlineStr">
         <is>
           <t>Навігація і управління морськими суднами</t>
         </is>
       </c>
       <c r="F7" s="6" t="n">
         <v>300</v>
       </c>
       <c r="G7" s="8" t="inlineStr">
         <is>
-          <t> 3431</t>
+          <t> 19857</t>
         </is>
       </c>
       <c r="H7" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="I7" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 31.01.2022 № 22-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>271</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Морський та внутрішній водний транспорт</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
           <t>Управління судновими технічними системами і комплексами</t>
         </is>
       </c>
       <c r="E8" s="3" t="inlineStr">
         <is>
           <t>Управління судновими технічними системами і комплексами</t>
         </is>
       </c>
       <c r="F8" s="6" t="n">
         <v>290</v>
       </c>
       <c r="G8" s="8" t="inlineStr">
         <is>
-          <t> 3432</t>
+          <t> 19856</t>
         </is>
       </c>
       <c r="H8" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="I8" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 31.01.2022 № 22-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
@@ -1226,51 +1226,51 @@
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
         <v>35237</v>
       </c>
       <c r="F2" s="3" t="inlineStr">
         <is>
           <t>Менеджмент в галузі морського та річкового транспорту</t>
         </is>
       </c>
       <c r="G2" s="3"/>
       <c r="H2" s="8" t="inlineStr">
         <is>
-          <t>- 8113</t>
+          <t>- 19855</t>
         </is>
       </c>
       <c r="I2" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J2" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K2" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>103</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
@@ -1392,96 +1392,96 @@
         <is>
           <t>271</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Морський та внутрішній водний транспорт</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>Навігація і управління морськими суднами</t>
         </is>
       </c>
       <c r="E6" s="6" t="n">
         <v>53701</v>
       </c>
       <c r="F6" s="3" t="inlineStr">
         <is>
           <t>Навігація і управління морськими суднами</t>
         </is>
       </c>
       <c r="G6" s="3"/>
       <c r="H6" s="8" t="inlineStr">
         <is>
-          <t>- 3431</t>
+          <t>- 19857</t>
         </is>
       </c>
       <c r="I6" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J6" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K6" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>271</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Морський та внутрішній водний транспорт</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
           <t>Управління судновими технічними системами і комплексами</t>
         </is>
       </c>
       <c r="E7" s="6" t="n">
         <v>53706</v>
       </c>
       <c r="F7" s="3" t="inlineStr">
         <is>
           <t>Управління судновими технічними системами і комплексами</t>
         </is>
       </c>
       <c r="G7" s="3"/>
       <c r="H7" s="8" t="inlineStr">
         <is>
-          <t>- 3432</t>
+          <t>- 19856</t>
         </is>
       </c>
       <c r="I7" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J7" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K7" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
@@ -1521,51 +1521,51 @@
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="6" t="n">
         <v>68752</v>
       </c>
       <c r="F9" s="3" t="inlineStr">
         <is>
           <t>Менеджмент організацій морської галузі</t>
         </is>
       </c>
       <c r="G9" s="3"/>
       <c r="H9" s="8" t="inlineStr">
         <is>
-          <t>- 12723</t>
+          <t>- 19852</t>
         </is>
       </c>
       <c r="I9" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J9" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K9" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>E4</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
@@ -1730,51 +1730,51 @@
         <is>
           <t>J5</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Морський та внутрішній водний транспорт</t>
         </is>
       </c>
       <c r="D14" s="3" t="inlineStr">
         <is>
           <t>Навігація і управління морськими суднами</t>
         </is>
       </c>
       <c r="E14" s="6" t="n">
         <v>68739</v>
       </c>
       <c r="F14" s="3" t="inlineStr">
         <is>
           <t>Навігація і управління морськими суднами</t>
         </is>
       </c>
       <c r="G14" s="3"/>
       <c r="H14" s="8" t="inlineStr">
         <is>
-          <t>- 12346</t>
+          <t>- 19854</t>
         </is>
       </c>
       <c r="I14" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J14" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K14" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="8" t="inlineStr">
         <is>
           <t>J5</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
@@ -1818,51 +1818,51 @@
         <is>
           <t>J5</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Морський та внутрішній водний транспорт</t>
         </is>
       </c>
       <c r="D16" s="3" t="inlineStr">
         <is>
           <t>Управління судновими технічними системами і комплексами</t>
         </is>
       </c>
       <c r="E16" s="6" t="n">
         <v>68742</v>
       </c>
       <c r="F16" s="3" t="inlineStr">
         <is>
           <t>Управління судновими технічними системами і комплексами</t>
         </is>
       </c>
       <c r="G16" s="3"/>
       <c r="H16" s="8" t="inlineStr">
         <is>
-          <t>- 12347</t>
+          <t>- 19853</t>
         </is>
       </c>
       <c r="I16" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J16" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K16" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B17" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
@@ -2013,91 +2013,91 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>J5</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Морський та внутрішній водний транспорт</t>
         </is>
       </c>
       <c r="D3" s="3" t="inlineStr">
         <is>
           <t>Навігація і управління морськими суднами</t>
         </is>
       </c>
       <c r="E3" s="6" t="n">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="F3" s="6" t="n">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>J5</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Морський та внутрішній водний транспорт</t>
         </is>
       </c>
       <c r="D4" s="3" t="inlineStr">
         <is>
           <t>Управління судновими технічними системами і комплексами</t>
         </is>
       </c>
       <c r="E4" s="6" t="n">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="F4" s="6" t="n">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>J5</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Морський та внутрішній водний транспорт</t>
@@ -2157,51 +2157,51 @@
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="F7" s="6" t="n">
         <v>6</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>126</t>
         </is>
       </c>
@@ -2227,91 +2227,91 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>271</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Морський та внутрішній водний транспорт</t>
         </is>
       </c>
       <c r="D9" s="3" t="inlineStr">
         <is>
           <t>Навігація і управління морськими суднами</t>
         </is>
       </c>
       <c r="E9" s="6" t="n">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="F9" s="6" t="n">
-        <v>290</v>
+        <v>296</v>
       </c>
       <c r="G9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>271</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Морський та внутрішній водний транспорт</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Управління судновими технічними системами і комплексами</t>
         </is>
       </c>
       <c r="E10" s="6" t="n">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>357</v>
+        <v>363</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>271</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Морський та внутрішній водний транспорт</t>
@@ -2338,51 +2338,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="8" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D12" s="3" t="inlineStr">
         <is>
           <t>на морському та річковому транспорті</t>
         </is>
       </c>
       <c r="E12" s="6" t="n">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="F12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B13" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>