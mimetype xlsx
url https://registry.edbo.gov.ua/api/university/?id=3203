--- v0 (2025-10-26)
+++ v1 (2025-12-17)
@@ -2600,93 +2600,97 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>A2</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="6" t="n">
         <v>85146</v>
       </c>
       <c r="F9" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="G9" s="3"/>
       <c r="H9" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I9" s="9"/>
+          <t>ДС 006575</t>
+        </is>
+      </c>
+      <c r="I9" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J9" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K9" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>A3</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
         <v>85141</v>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="G10" s="3"/>
       <c r="H10" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I10" s="9"/>
+          <t>ДС 006576</t>
+        </is>
+      </c>
+      <c r="I10" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J10" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K10" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>A3</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
@@ -3112,51 +3116,51 @@
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>012</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="F7" s="6" t="n">
         <v>67</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
@@ -3178,51 +3182,51 @@
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>029</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Інформаційна, бібліотечна та архівна справа</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="6" t="n">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>