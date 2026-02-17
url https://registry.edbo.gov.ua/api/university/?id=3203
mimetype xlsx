--- v1 (2025-12-17)
+++ v2 (2026-02-17)
@@ -2954,81 +2954,81 @@
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>A2</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
         <v>24</v>
       </c>
       <c r="F2" s="6" t="n">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>A3</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>E2</t>
         </is>
       </c>
@@ -3116,54 +3116,54 @@
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>012</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="F7" s="6" t="n">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
@@ -3248,84 +3248,84 @@
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="8" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="F12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I12"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>