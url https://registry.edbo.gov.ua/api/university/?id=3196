--- v0 (2025-12-07)
+++ v1 (2026-02-13)
@@ -864,54 +864,56 @@
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>253</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Військове управління</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="3" t="inlineStr">
         <is>
           <t>Управління діями підрозділів зв'язку</t>
         </is>
       </c>
       <c r="F4" s="6" t="n">
         <v>100</v>
       </c>
       <c r="G4" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="H4" s="9"/>
+          <t>ІД 11010972</t>
+        </is>
+      </c>
+      <c r="H4" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="I4" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 09.07.2021 № 83-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>255</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Озброєння та військова техніка</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="3" t="inlineStr">
         <is>