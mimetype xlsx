--- v0 (2025-10-24)
+++ v1 (2025-12-29)
@@ -600,51 +600,51 @@
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Назва факультета</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Навчально науковий Інститут міжнародної освіти та гуманітарних наук</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Навчально-науковий Інститут архітектури, містобудування та дизайну</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
-          <t>Навчально-науковий Інститут будівництва та цивільної інженерії</t>
+          <t>Навчально-науковий Інститут будівництва, землеустрою та цивільної інженерії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Навчально-науковий Інститут економіки і менеджменту</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Навчально-науковий Інститут енергетичної, інформаційної та транспортної інфраструктури</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Навчально-науковий Інститут підготовки кадрів вищої кваліфікації</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
@@ -1048,51 +1048,51 @@
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>G17</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="3" t="inlineStr">
         <is>
           <t>Архітектура будівель і споруд</t>
         </is>
       </c>
       <c r="F7" s="6" t="n">
         <v>100</v>
       </c>
       <c r="G7" s="7" t="inlineStr">
         <is>
           <t> 12447</t>
         </is>
       </c>
       <c r="H7" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="I7" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 28.04.2025 № 43-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>J4</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Охорона праці</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="3" t="inlineStr">
@@ -1126,51 +1126,51 @@
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>191</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="3" t="inlineStr">
         <is>
           <t>Дизайн архітектурного середовища</t>
         </is>
       </c>
       <c r="F9" s="6" t="n">
         <v>25</v>
       </c>
       <c r="G9" s="7" t="inlineStr">
         <is>
           <t>УД 21002748</t>
         </is>
       </c>
       <c r="H9" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="I9" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 30.03.2021 № 37-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>263</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Цивільна безпека</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="3" t="inlineStr">
@@ -5796,55 +5796,55 @@
       <c r="C107" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D107" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E107" s="6" t="n">
         <v>53464</v>
       </c>
       <c r="F107" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="G107" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H107" s="7" t="inlineStr">
         <is>
-          <t>- 10205</t>
+          <t>- 19498</t>
         </is>
       </c>
       <c r="I107" s="9" t="n">
-        <v>46050</v>
+        <v>48030</v>
       </c>
       <c r="J107" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K107" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B108" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C108" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D108" s="3"/>
@@ -6107,54 +6107,56 @@
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C114" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D114" s="3"/>
       <c r="E114" s="6" t="n">
         <v>63218</v>
       </c>
       <c r="F114" s="3" t="inlineStr">
         <is>
           <t>Фінансовий моніторинг та стратегії безпекового управління</t>
         </is>
       </c>
       <c r="G114" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H114" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I114" s="9"/>
+          <t>- 18883</t>
+        </is>
+      </c>
+      <c r="I114" s="9" t="n">
+        <v>46344</v>
+      </c>
       <c r="J114" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K114" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B115" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C115" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D115" s="3"/>
       <c r="E115" s="6" t="n">
@@ -7576,55 +7578,55 @@
         <is>
           <t>191</t>
         </is>
       </c>
       <c r="C147" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D147" s="3"/>
       <c r="E147" s="6" t="n">
         <v>56743</v>
       </c>
       <c r="F147" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="G147" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H147" s="7" t="inlineStr">
         <is>
-          <t>УД 21016748</t>
+          <t>- 19309</t>
         </is>
       </c>
       <c r="I147" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J147" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K147" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B148" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C148" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D148" s="3"/>
@@ -7938,54 +7940,56 @@
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C155" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D155" s="3"/>
       <c r="E155" s="6" t="n">
         <v>57632</v>
       </c>
       <c r="F155" s="3" t="inlineStr">
         <is>
           <t>Промислове та цивільне будівництво</t>
         </is>
       </c>
       <c r="G155" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H155" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I155" s="9"/>
+          <t>- 19564</t>
+        </is>
+      </c>
+      <c r="I155" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J155" s="7" t="inlineStr">
         <is>
           <t>УД 21016745</t>
         </is>
       </c>
       <c r="K155" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B156" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C156" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
@@ -8071,98 +8075,100 @@
         <is>
           <t>193</t>
         </is>
       </c>
       <c r="C158" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D158" s="3"/>
       <c r="E158" s="6" t="n">
         <v>63587</v>
       </c>
       <c r="F158" s="3" t="inlineStr">
         <is>
           <t>Землеустрій та кадастр</t>
         </is>
       </c>
       <c r="G158" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H158" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I158" s="9"/>
+          <t>- 18998</t>
+        </is>
+      </c>
+      <c r="I158" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J158" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K158" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B159" s="7" t="inlineStr">
         <is>
           <t>194</t>
         </is>
       </c>
       <c r="C159" s="3" t="inlineStr">
         <is>
           <t>Гідротехнічне будівництво, водна інженерія та водні технології</t>
         </is>
       </c>
       <c r="D159" s="3"/>
       <c r="E159" s="6" t="n">
         <v>21156</v>
       </c>
       <c r="F159" s="3" t="inlineStr">
         <is>
           <t>Гідротехнічне будівництво, водна інженерія та водні технології</t>
         </is>
       </c>
       <c r="G159" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H159" s="7" t="inlineStr">
         <is>
-          <t>УД 21008768</t>
+          <t>- 18912</t>
         </is>
       </c>
       <c r="I159" s="9" t="n">
-        <v>46204</v>
+        <v>46344</v>
       </c>
       <c r="J159" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K159" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B160" s="7" t="inlineStr">
         <is>
           <t>206</t>
         </is>
       </c>
       <c r="C160" s="3" t="inlineStr">
         <is>
           <t>Садово-паркове господарство</t>
         </is>
       </c>
       <c r="D160" s="3"/>
@@ -9584,99 +9590,101 @@
         <is>
           <t>G17</t>
         </is>
       </c>
       <c r="C191" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D191" s="3"/>
       <c r="E191" s="6" t="n">
         <v>77754</v>
       </c>
       <c r="F191" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="G191" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H191" s="7" t="inlineStr">
         <is>
-          <t>УД 21016748</t>
+          <t>- 19309</t>
         </is>
       </c>
       <c r="I191" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J191" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K191" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B192" s="7" t="inlineStr">
         <is>
           <t>G18</t>
         </is>
       </c>
       <c r="C192" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D192" s="3"/>
       <c r="E192" s="6" t="n">
         <v>81385</v>
       </c>
       <c r="F192" s="3" t="inlineStr">
         <is>
           <t>Землеустрій та кадастр</t>
         </is>
       </c>
       <c r="G192" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H192" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I192" s="9"/>
+          <t>- 19335</t>
+        </is>
+      </c>
+      <c r="I192" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J192" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K192" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B193" s="7" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C193" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D193" s="3"/>
       <c r="E193" s="6" t="n">
@@ -9809,54 +9817,56 @@
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C196" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D196" s="3"/>
       <c r="E196" s="6" t="n">
         <v>78937</v>
       </c>
       <c r="F196" s="3" t="inlineStr">
         <is>
           <t>Гідротехнічне будівництво, водна інженерія та водні технології</t>
         </is>
       </c>
       <c r="G196" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H196" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I196" s="9"/>
+          <t>- 19336</t>
+        </is>
+      </c>
+      <c r="I196" s="9" t="n">
+        <v>46344</v>
+      </c>
       <c r="J196" s="7" t="inlineStr">
         <is>
           <t>УД 21019642</t>
         </is>
       </c>
       <c r="K196" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B197" s="7" t="inlineStr">
         <is>
           <t>G2</t>
         </is>
       </c>
       <c r="C197" s="3" t="inlineStr">
         <is>
           <t>Технології захисту навколишнього середовища</t>
         </is>
       </c>
@@ -12018,51 +12028,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="E5" s="6" t="n">
         <v>12</v>
       </c>
       <c r="F5" s="6" t="n">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
@@ -12081,51 +12091,51 @@
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F7" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
@@ -12147,51 +12157,51 @@
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="6" t="n">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="F9" s="6" t="n">
         <v>31</v>
       </c>
       <c r="G9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>D4</t>
         </is>
       </c>
@@ -12249,51 +12259,51 @@
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
         <v>15</v>
       </c>
       <c r="F12" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>E2</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
@@ -12312,54 +12322,54 @@
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F14" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>F5</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
@@ -12514,51 +12524,51 @@
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>G17</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="6" t="n">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="F20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>G18</t>
         </is>
       </c>
@@ -12649,51 +12659,51 @@
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D24" s="3"/>
       <c r="E24" s="6" t="n">
         <v>43</v>
       </c>
       <c r="F24" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
           <t>G4</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Енерговиробництво</t>
@@ -12716,51 +12726,51 @@
       <c r="H25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
           <t>G7</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D26" s="3"/>
       <c r="E26" s="6" t="n">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
           <t>H3</t>
         </is>
       </c>
@@ -12782,54 +12792,54 @@
       <c r="H27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B28" s="7" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа та кейтеринг</t>
         </is>
       </c>
       <c r="D28" s="3"/>
       <c r="E28" s="6" t="n">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F28" s="6" t="n">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I28" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="7" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Туризм та рекреація</t>
@@ -12848,51 +12858,51 @@
       <c r="H29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B30" s="7" t="inlineStr">
         <is>
           <t>J4</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Охорона праці</t>
         </is>
       </c>
       <c r="D30" s="3"/>
       <c r="E30" s="6" t="n">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="F30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I30" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B31" s="7" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
@@ -12914,51 +12924,51 @@
       <c r="H31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I31" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B32" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D32" s="3"/>
       <c r="E32" s="6" t="n">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="F32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I32" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B33" s="7" t="inlineStr">
         <is>
           <t>023</t>
         </is>
       </c>
@@ -13020,84 +13030,84 @@
       <c r="I34" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B35" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D35" s="3"/>
       <c r="E35" s="6" t="n">
         <v>42</v>
       </c>
       <c r="F35" s="6" t="n">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="G35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I35" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B36" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D36" s="3"/>
       <c r="E36" s="6" t="n">
         <v>69</v>
       </c>
       <c r="F36" s="6" t="n">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="G36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I36" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B37" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
@@ -13149,54 +13159,54 @@
       <c r="H38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I38" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B39" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D39" s="3"/>
       <c r="E39" s="6" t="n">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="F39" s="6" t="n">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="G39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I39" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B40" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
@@ -13215,51 +13225,51 @@
       <c r="H40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I40" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B41" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D41" s="3"/>
       <c r="E41" s="6" t="n">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="F41" s="6" t="n">
         <v>5</v>
       </c>
       <c r="G41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I41" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B42" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
@@ -13314,51 +13324,51 @@
       <c r="H43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I43" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B44" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D44" s="3"/>
       <c r="E44" s="6" t="n">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="F44" s="6" t="n">
         <v>5</v>
       </c>
       <c r="G44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I44" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B45" s="7" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
@@ -13446,54 +13456,54 @@
       <c r="H47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I47" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B48" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D48" s="3"/>
       <c r="E48" s="6" t="n">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="F48" s="6" t="n">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I48" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B49" s="7" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
       <c r="C49" s="3" t="inlineStr">
         <is>
           <t>Автоматизація та комп’ютерно-інтегровані технології</t>
@@ -13677,87 +13687,87 @@
       <c r="H54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I54" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B55" s="7" t="inlineStr">
         <is>
           <t>191</t>
         </is>
       </c>
       <c r="C55" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D55" s="3"/>
       <c r="E55" s="6" t="n">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="F55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I55" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B56" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C56" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D56" s="3"/>
       <c r="E56" s="6" t="n">
-        <v>430</v>
+        <v>425</v>
       </c>
       <c r="F56" s="6" t="n">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="G56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I56" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B57" s="7" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
       <c r="C57" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
@@ -13941,88 +13951,88 @@
       <c r="H62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I62" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B63" s="7" t="inlineStr">
         <is>
           <t>263</t>
         </is>
       </c>
       <c r="C63" s="3" t="inlineStr">
         <is>
           <t>Цивільна безпека</t>
         </is>
       </c>
       <c r="D63" s="3"/>
       <c r="E63" s="6" t="n">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I63" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B64" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C64" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D64" s="3" t="inlineStr">
         <is>
           <t>на автомобільному транспорті</t>
         </is>
       </c>
       <c r="E64" s="6" t="n">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="F64" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I64" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B65" s="7" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
@@ -14122,84 +14132,84 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B68" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C68" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D68" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="E68" s="6" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F68" s="6" t="n">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="G68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I68" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B69" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C69" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D69" s="3"/>
       <c r="E69" s="6" t="n">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F69" s="6" t="n">
         <v>5</v>
       </c>
       <c r="G69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I69" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B70" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
@@ -14423,84 +14433,84 @@
       <c r="H76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I76" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B77" s="7" t="inlineStr">
         <is>
           <t>G16</t>
         </is>
       </c>
       <c r="C77" s="3" t="inlineStr">
         <is>
           <t>Гірництво та нафтогазові технології</t>
         </is>
       </c>
       <c r="D77" s="3"/>
       <c r="E77" s="6" t="n">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="F77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I77" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B78" s="7" t="inlineStr">
         <is>
           <t>G17</t>
         </is>
       </c>
       <c r="C78" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D78" s="3"/>
       <c r="E78" s="6" t="n">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="F78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I78" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B79" s="7" t="inlineStr">
         <is>
           <t>G18</t>
         </is>
       </c>
@@ -14522,51 +14532,51 @@
       <c r="H79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I79" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B80" s="7" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C80" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D80" s="3"/>
       <c r="E80" s="6" t="n">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="F80" s="6" t="n">
         <v>16</v>
       </c>
       <c r="G80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I80" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B81" s="7" t="inlineStr">
         <is>
           <t>G2</t>
         </is>
       </c>
@@ -14588,51 +14598,51 @@
       <c r="H81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I81" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B82" s="7" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C82" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D82" s="3"/>
       <c r="E82" s="6" t="n">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="F82" s="6" t="n">
         <v>8</v>
       </c>
       <c r="G82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I82" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B83" s="7" t="inlineStr">
         <is>
           <t>G7</t>
         </is>
       </c>
@@ -14654,51 +14664,51 @@
       <c r="H83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I83" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B84" s="7" t="inlineStr">
         <is>
           <t>H3</t>
         </is>
       </c>
       <c r="C84" s="3" t="inlineStr">
         <is>
           <t>Садово-паркове господарство</t>
         </is>
       </c>
       <c r="D84" s="3"/>
       <c r="E84" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I84" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B85" s="7" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
@@ -14786,51 +14796,51 @@
       <c r="H87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I87" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B88" s="7" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
       <c r="C88" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D88" s="3"/>
       <c r="E88" s="6" t="n">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I88" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B89" s="7" t="inlineStr">
         <is>
           <t>023</t>
         </is>
       </c>
@@ -14889,51 +14899,51 @@
       <c r="H90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I90" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B91" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C91" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D91" s="3"/>
       <c r="E91" s="6" t="n">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="F91" s="6" t="n">
         <v>6</v>
       </c>
       <c r="G91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I91" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B92" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
@@ -14988,51 +14998,51 @@
       <c r="H93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I93" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B94" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C94" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D94" s="3"/>
       <c r="E94" s="6" t="n">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="F94" s="6" t="n">
         <v>9</v>
       </c>
       <c r="G94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I94" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B95" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
@@ -15087,51 +15097,51 @@
       <c r="H96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I96" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B97" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C97" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D97" s="3"/>
       <c r="E97" s="6" t="n">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="F97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I97" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B98" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
@@ -15153,51 +15163,51 @@
       <c r="H98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I98" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B99" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C99" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D99" s="3"/>
       <c r="E99" s="6" t="n">
-        <v>98</v>
+        <v>93</v>
       </c>
       <c r="F99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I99" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B100" s="7" t="inlineStr">
         <is>
           <t>161</t>
         </is>
       </c>
@@ -15219,51 +15229,51 @@
       <c r="H100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I100" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B101" s="7" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C101" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D101" s="3"/>
       <c r="E101" s="6" t="n">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F101" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G101" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H101" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I101" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B102" s="7" t="inlineStr">
         <is>
           <t>183</t>
         </is>
       </c>
@@ -15318,117 +15328,117 @@
       <c r="H103" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I103" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B104" s="7" t="inlineStr">
         <is>
           <t>191</t>
         </is>
       </c>
       <c r="C104" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D104" s="3"/>
       <c r="E104" s="6" t="n">
-        <v>99</v>
+        <v>94</v>
       </c>
       <c r="F104" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G104" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H104" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I104" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B105" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C105" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D105" s="3"/>
       <c r="E105" s="6" t="n">
-        <v>126</v>
+        <v>120</v>
       </c>
       <c r="F105" s="6" t="n">
         <v>9</v>
       </c>
       <c r="G105" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H105" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I105" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B106" s="7" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
       <c r="C106" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D106" s="3"/>
       <c r="E106" s="6" t="n">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="F106" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G106" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H106" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I106" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B107" s="7" t="inlineStr">
         <is>
           <t>194</t>
         </is>
       </c>
@@ -15549,121 +15559,121 @@
       <c r="H110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I110" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B111" s="7" t="inlineStr">
         <is>
           <t>263</t>
         </is>
       </c>
       <c r="C111" s="3" t="inlineStr">
         <is>
           <t>Цивільна безпека</t>
         </is>
       </c>
       <c r="D111" s="3"/>
       <c r="E111" s="6" t="n">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="F111" s="6" t="n">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="G111" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H111" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I111" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B112" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C112" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D112" s="3" t="inlineStr">
         <is>
           <t>на автомобільному транспорті</t>
         </is>
       </c>
       <c r="E112" s="6" t="n">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I112" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B113" s="7" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
       <c r="C113" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D113" s="3"/>
       <c r="E113" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F113" s="6" t="n">
         <v>7</v>
       </c>
       <c r="G113" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H113" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I113" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B114" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
@@ -15685,51 +15695,51 @@
       <c r="H114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I114" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B115" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C115" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D115" s="3"/>
       <c r="E115" s="6" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F115" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G115" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H115" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I115" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B116" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
@@ -16051,51 +16061,51 @@
       <c r="I125" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B126" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C126" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D126" s="3"/>
       <c r="E126" s="6" t="n">
         <v>18</v>
       </c>
       <c r="F126" s="6" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G126" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H126" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I126" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B127" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C127" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
@@ -16279,51 +16289,51 @@
       <c r="H132" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I132" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B133" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C133" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D133" s="3"/>
       <c r="E133" s="6" t="n">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="F133" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G133" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H133" s="6" t="n">
         <v>2</v>
       </c>
       <c r="I133" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B134" s="7" t="inlineStr">
         <is>
           <t>161</t>
         </is>
       </c>
@@ -16411,84 +16421,84 @@
       <c r="H136" s="6" t="n">
         <v>1</v>
       </c>
       <c r="I136" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B137" s="7" t="inlineStr">
         <is>
           <t>191</t>
         </is>
       </c>
       <c r="C137" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D137" s="3"/>
       <c r="E137" s="6" t="n">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="F137" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G137" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H137" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I137" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B138" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C138" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D138" s="3"/>
       <c r="E138" s="6" t="n">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="F138" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G138" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H138" s="6" t="n">
         <v>1</v>
       </c>
       <c r="I138" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B139" s="7" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>