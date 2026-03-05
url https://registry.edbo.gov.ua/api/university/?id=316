--- v1 (2025-12-29)
+++ v2 (2026-03-05)
@@ -24,51 +24,51 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="ВСП" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Факультети" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Освітні програми" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Здобувачі ВО" sheetId="7" state="visible" r:id="rId8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'ВСП'!$A$1:$E$3</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$9</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$14</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$240</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$141</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$134</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -1083,55 +1083,55 @@
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>J4</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Охорона праці</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="3" t="inlineStr">
         <is>
           <t>Охорона праці</t>
         </is>
       </c>
       <c r="F8" s="6" t="n">
         <v>90</v>
       </c>
       <c r="G8" s="7" t="inlineStr">
         <is>
-          <t> 12448</t>
+          <t> 19934</t>
         </is>
       </c>
       <c r="H8" s="9" t="n">
-        <v>46106</v>
+        <v>48030</v>
       </c>
       <c r="I8" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 02.05.2025 № 47-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>191</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="3" t="inlineStr">
@@ -1161,55 +1161,55 @@
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>263</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Цивільна безпека</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Охорона праці</t>
         </is>
       </c>
       <c r="F10" s="6" t="n">
         <v>90</v>
       </c>
       <c r="G10" s="7" t="inlineStr">
         <is>
-          <t> 10726</t>
+          <t> 19771</t>
         </is>
       </c>
       <c r="H10" s="9" t="n">
-        <v>46106</v>
+        <v>48030</v>
       </c>
       <c r="I10" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 30.03.2021 № 37-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D11" s="3" t="inlineStr">
         <is>
@@ -1247,90 +1247,90 @@
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>G17</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="F12" s="6" t="n">
         <v>20</v>
       </c>
       <c r="G12" s="7" t="inlineStr">
         <is>
           <t> 12451</t>
         </is>
       </c>
       <c r="H12" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="I12" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 28.04.2025 № 43-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>191</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="F13" s="6" t="n">
         <v>20</v>
       </c>
       <c r="G13" s="7" t="inlineStr">
         <is>
           <t> 4007</t>
         </is>
       </c>
       <c r="H13" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="I13" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 30.03.2021 № 37-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="3" t="inlineStr">
@@ -2560,54 +2560,56 @@
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D29" s="3"/>
       <c r="E29" s="6" t="n">
         <v>56939</v>
       </c>
       <c r="F29" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="G29" s="3"/>
       <c r="H29" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I29" s="9"/>
+          <t>- 19715</t>
+        </is>
+      </c>
+      <c r="I29" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J29" s="7" t="inlineStr">
         <is>
           <t>УД 21016738</t>
         </is>
       </c>
       <c r="K29" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B30" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
@@ -3021,51 +3023,51 @@
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D40" s="3"/>
       <c r="E40" s="6" t="n">
         <v>59799</v>
       </c>
       <c r="F40" s="3" t="inlineStr">
         <is>
           <t>Системна інженерія</t>
         </is>
       </c>
       <c r="G40" s="3"/>
       <c r="H40" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I40" s="9"/>
       <c r="J40" s="7" t="inlineStr">
         <is>
           <t>УД 21019024</t>
         </is>
       </c>
       <c r="K40" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B41" s="7" t="inlineStr">
         <is>
           <t>183</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
           <t>Технології захисту навколишнього середовища</t>
         </is>
       </c>
       <c r="D41" s="3"/>
       <c r="E41" s="6" t="n">
         <v>9142</v>
       </c>
       <c r="F41" s="3" t="inlineStr">
         <is>
           <t>Технології захисту навколишнього середовища</t>
@@ -3138,51 +3140,51 @@
         <is>
           <t>191</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D43" s="3"/>
       <c r="E43" s="6" t="n">
         <v>13280</v>
       </c>
       <c r="F43" s="3" t="inlineStr">
         <is>
           <t>Архітектура</t>
         </is>
       </c>
       <c r="G43" s="3"/>
       <c r="H43" s="7" t="inlineStr">
         <is>
           <t>- 1751</t>
         </is>
       </c>
       <c r="I43" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J43" s="7" t="inlineStr">
         <is>
           <t>УД 21016739</t>
         </is>
       </c>
       <c r="K43" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B44" s="7" t="inlineStr">
         <is>
           <t>191</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
@@ -5468,51 +5470,51 @@
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D99" s="3"/>
       <c r="E99" s="6" t="n">
         <v>78840</v>
       </c>
       <c r="F99" s="3" t="inlineStr">
         <is>
           <t>Системна інженерія</t>
         </is>
       </c>
       <c r="G99" s="3"/>
       <c r="H99" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I99" s="9"/>
       <c r="J99" s="7" t="inlineStr">
         <is>
           <t>УД 21019024</t>
         </is>
       </c>
       <c r="K99" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B100" s="7" t="inlineStr">
         <is>
           <t>H3</t>
         </is>
       </c>
       <c r="C100" s="3" t="inlineStr">
         <is>
           <t>Садово-паркове господарство</t>
         </is>
       </c>
       <c r="D100" s="3"/>
       <c r="E100" s="6" t="n">
         <v>78851</v>
       </c>
       <c r="F100" s="3" t="inlineStr">
         <is>
           <t>Ландшафтне проєктування та фітодизайн</t>
@@ -6017,55 +6019,55 @@
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C112" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D112" s="3"/>
       <c r="E112" s="6" t="n">
         <v>12447</v>
       </c>
       <c r="F112" s="3" t="inlineStr">
         <is>
           <t>Облік і аудит</t>
         </is>
       </c>
       <c r="G112" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H112" s="7" t="inlineStr">
         <is>
-          <t>УД 21002002</t>
+          <t>- 19674</t>
         </is>
       </c>
       <c r="I112" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J112" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K112" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B113" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C113" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="D113" s="3"/>
@@ -6285,55 +6287,55 @@
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C118" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D118" s="3"/>
       <c r="E118" s="6" t="n">
         <v>13282</v>
       </c>
       <c r="F118" s="3" t="inlineStr">
         <is>
           <t>Бізнес-адміністрування</t>
         </is>
       </c>
       <c r="G118" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H118" s="7" t="inlineStr">
         <is>
-          <t>УД 21006909</t>
+          <t>- 19685</t>
         </is>
       </c>
       <c r="I118" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J118" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K118" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B119" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C119" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D119" s="3"/>
@@ -6594,55 +6596,55 @@
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="C125" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D125" s="3"/>
       <c r="E125" s="6" t="n">
         <v>11876</v>
       </c>
       <c r="F125" s="3" t="inlineStr">
         <is>
           <t>Екологія міст</t>
         </is>
       </c>
       <c r="G125" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H125" s="7" t="inlineStr">
         <is>
-          <t>УД 21002008</t>
+          <t>- 19926</t>
         </is>
       </c>
       <c r="I125" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J125" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K125" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B126" s="7" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="C126" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D126" s="3"/>
@@ -6772,54 +6774,56 @@
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C129" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D129" s="3"/>
       <c r="E129" s="6" t="n">
         <v>56940</v>
       </c>
       <c r="F129" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="G129" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H129" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I129" s="9"/>
+          <t>- 19725</t>
+        </is>
+      </c>
+      <c r="I129" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J129" s="7" t="inlineStr">
         <is>
           <t>УД 21017462</t>
         </is>
       </c>
       <c r="K129" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B130" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C130" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
@@ -6862,55 +6866,55 @@
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C131" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D131" s="3"/>
       <c r="E131" s="6" t="n">
         <v>11059</v>
       </c>
       <c r="F131" s="3" t="inlineStr">
         <is>
           <t>Світлотехніка і джерела світла</t>
         </is>
       </c>
       <c r="G131" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H131" s="7" t="inlineStr">
         <is>
-          <t>УД 21002013</t>
+          <t>- 19928</t>
         </is>
       </c>
       <c r="I131" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J131" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K131" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B132" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C132" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D132" s="3"/>
@@ -7085,280 +7089,280 @@
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C136" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D136" s="3"/>
       <c r="E136" s="6" t="n">
         <v>31471</v>
       </c>
       <c r="F136" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="G136" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H136" s="7" t="inlineStr">
         <is>
-          <t>УД 21008899</t>
+          <t>- 19722</t>
         </is>
       </c>
       <c r="I136" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J136" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K136" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B137" s="7" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
       <c r="C137" s="3" t="inlineStr">
         <is>
           <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D137" s="3"/>
       <c r="E137" s="6" t="n">
         <v>36183</v>
       </c>
       <c r="F137" s="3" t="inlineStr">
         <is>
           <t>Системна інженерія</t>
         </is>
       </c>
       <c r="G137" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H137" s="7" t="inlineStr">
         <is>
-          <t>- 5967</t>
+          <t>- 19733</t>
         </is>
       </c>
       <c r="I137" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J137" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K137" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B138" s="7" t="inlineStr">
         <is>
           <t>161</t>
         </is>
       </c>
       <c r="C138" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D138" s="3"/>
       <c r="E138" s="6" t="n">
         <v>36209</v>
       </c>
       <c r="F138" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="G138" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H138" s="7" t="inlineStr">
         <is>
-          <t>- 5968</t>
+          <t>- 19730</t>
         </is>
       </c>
       <c r="I138" s="9" t="n">
-        <v>46204</v>
+        <v>46400</v>
       </c>
       <c r="J138" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K138" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B139" s="7" t="inlineStr">
         <is>
           <t>161</t>
         </is>
       </c>
       <c r="C139" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D139" s="3"/>
       <c r="E139" s="6" t="n">
         <v>59326</v>
       </c>
       <c r="F139" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="G139" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H139" s="7" t="inlineStr">
         <is>
-          <t>- 5968</t>
+          <t>- 19730</t>
         </is>
       </c>
       <c r="I139" s="9" t="n">
-        <v>46204</v>
+        <v>46400</v>
       </c>
       <c r="J139" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K139" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B140" s="7" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C140" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D140" s="3"/>
       <c r="E140" s="6" t="n">
         <v>59312</v>
       </c>
       <c r="F140" s="3" t="inlineStr">
         <is>
           <t>Системна інженерія</t>
         </is>
       </c>
       <c r="G140" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H140" s="7" t="inlineStr">
         <is>
-          <t>- 5967</t>
+          <t>- 19733</t>
         </is>
       </c>
       <c r="I140" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J140" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K140" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B141" s="7" t="inlineStr">
         <is>
           <t>183</t>
         </is>
       </c>
       <c r="C141" s="3" t="inlineStr">
         <is>
           <t>Технології захисту навколишнього середовища</t>
         </is>
       </c>
       <c r="D141" s="3"/>
       <c r="E141" s="6" t="n">
         <v>10246</v>
       </c>
       <c r="F141" s="3" t="inlineStr">
         <is>
           <t>Технології захисту навколишнього середовища</t>
         </is>
       </c>
       <c r="G141" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H141" s="7" t="inlineStr">
         <is>
-          <t>УД 21006913</t>
+          <t>- 19931</t>
         </is>
       </c>
       <c r="I141" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J141" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K141" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B142" s="7" t="inlineStr">
         <is>
           <t>185</t>
         </is>
       </c>
       <c r="C142" s="3" t="inlineStr">
         <is>
           <t>Нафтогазова інженерія та технології</t>
         </is>
       </c>
       <c r="D142" s="3"/>
@@ -7537,92 +7541,92 @@
       <c r="C146" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D146" s="3"/>
       <c r="E146" s="6" t="n">
         <v>31474</v>
       </c>
       <c r="F146" s="3" t="inlineStr">
         <is>
           <t>Архітектура будівель і споруд</t>
         </is>
       </c>
       <c r="G146" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H146" s="7" t="inlineStr">
         <is>
           <t>- 1378</t>
         </is>
       </c>
       <c r="I146" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J146" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K146" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B147" s="7" t="inlineStr">
         <is>
           <t>191</t>
         </is>
       </c>
       <c r="C147" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D147" s="3"/>
       <c r="E147" s="6" t="n">
         <v>56743</v>
       </c>
       <c r="F147" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="G147" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H147" s="7" t="inlineStr">
         <is>
-          <t>- 19309</t>
+          <t>- 19932</t>
         </is>
       </c>
       <c r="I147" s="9" t="n">
         <v>48030</v>
       </c>
       <c r="J147" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K147" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B148" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C148" s="3" t="inlineStr">
         <is>
@@ -8345,55 +8349,55 @@
         <is>
           <t>263</t>
         </is>
       </c>
       <c r="C164" s="3" t="inlineStr">
         <is>
           <t>Цивільна безпека</t>
         </is>
       </c>
       <c r="D164" s="3"/>
       <c r="E164" s="6" t="n">
         <v>11987</v>
       </c>
       <c r="F164" s="3" t="inlineStr">
         <is>
           <t>Охорона праці</t>
         </is>
       </c>
       <c r="G164" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H164" s="7" t="inlineStr">
         <is>
-          <t>- 10726</t>
+          <t>- 19771</t>
         </is>
       </c>
       <c r="I164" s="9" t="n">
-        <v>46106</v>
+        <v>48030</v>
       </c>
       <c r="J164" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K164" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B165" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C165" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D165" s="3" t="inlineStr">
@@ -8447,51 +8451,51 @@
       </c>
       <c r="D166" s="3" t="inlineStr">
         <is>
           <t>на автомобільному транспорті</t>
         </is>
       </c>
       <c r="E166" s="6" t="n">
         <v>30861</v>
       </c>
       <c r="F166" s="3" t="inlineStr">
         <is>
           <t>Розумний транспорт і логістика для міст</t>
         </is>
       </c>
       <c r="G166" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H166" s="7" t="inlineStr">
         <is>
           <t>- 436</t>
         </is>
       </c>
       <c r="I166" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J166" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K166" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B167" s="7" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
       <c r="C167" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D167" s="3"/>
@@ -8578,104 +8582,106 @@
         <is>
           <t>281</t>
         </is>
       </c>
       <c r="C169" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D169" s="3"/>
       <c r="E169" s="6" t="n">
         <v>53238</v>
       </c>
       <c r="F169" s="3" t="inlineStr">
         <is>
           <t>Публічне управління розвитком громад та територій</t>
         </is>
       </c>
       <c r="G169" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H169" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I169" s="9"/>
+          <t>- 19778</t>
+        </is>
+      </c>
+      <c r="I169" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J169" s="7" t="inlineStr">
         <is>
           <t>УД 21016746</t>
         </is>
       </c>
       <c r="K169" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B170" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C170" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D170" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E170" s="6" t="n">
         <v>78895</v>
       </c>
       <c r="F170" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="G170" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H170" s="7" t="inlineStr">
         <is>
-          <t>- 12364</t>
+          <t>- 19925</t>
         </is>
       </c>
       <c r="I170" s="9" t="n">
-        <v>46050</v>
+        <v>48030</v>
       </c>
       <c r="J170" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K170" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B171" s="7" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="C171" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D171" s="3" t="inlineStr">
@@ -8866,100 +8872,100 @@
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C175" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D175" s="3"/>
       <c r="E175" s="6" t="n">
         <v>78899</v>
       </c>
       <c r="F175" s="3" t="inlineStr">
         <is>
           <t>Облік і аудит</t>
         </is>
       </c>
       <c r="G175" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H175" s="7" t="inlineStr">
         <is>
-          <t>УД 21002002</t>
+          <t>- 19674</t>
         </is>
       </c>
       <c r="I175" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J175" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K175" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B176" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C176" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D176" s="3"/>
       <c r="E176" s="6" t="n">
         <v>78900</v>
       </c>
       <c r="F176" s="3" t="inlineStr">
         <is>
           <t>Бізнес-адміністрування</t>
         </is>
       </c>
       <c r="G176" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H176" s="7" t="inlineStr">
         <is>
-          <t>УД 21006909</t>
+          <t>- 19685</t>
         </is>
       </c>
       <c r="I176" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J176" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K176" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B177" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C177" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D177" s="3"/>
@@ -9226,55 +9232,55 @@
         <is>
           <t>E2</t>
         </is>
       </c>
       <c r="C183" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D183" s="3"/>
       <c r="E183" s="6" t="n">
         <v>78911</v>
       </c>
       <c r="F183" s="3" t="inlineStr">
         <is>
           <t>Екологія міст</t>
         </is>
       </c>
       <c r="G183" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H183" s="7" t="inlineStr">
         <is>
-          <t>УД 21002008</t>
+          <t>- 19926</t>
         </is>
       </c>
       <c r="I183" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J183" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K183" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B184" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C184" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D184" s="3"/>
@@ -9361,103 +9367,105 @@
         <is>
           <t>G1</t>
         </is>
       </c>
       <c r="C186" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D186" s="3"/>
       <c r="E186" s="6" t="n">
         <v>78914</v>
       </c>
       <c r="F186" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="G186" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H186" s="7" t="inlineStr">
         <is>
-          <t>- 12378</t>
+          <t>- 19929</t>
         </is>
       </c>
       <c r="I186" s="9" t="n">
-        <v>46204</v>
+        <v>46400</v>
       </c>
       <c r="J186" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K186" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B187" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C187" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D187" s="3" t="inlineStr">
         <is>
           <t>Технологічні машини та обладнання</t>
         </is>
       </c>
       <c r="E187" s="6" t="n">
         <v>78992</v>
       </c>
       <c r="F187" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="G187" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H187" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I187" s="9"/>
+          <t>- 19927</t>
+        </is>
+      </c>
+      <c r="I187" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J187" s="7" t="inlineStr">
         <is>
           <t>УД 21017462</t>
         </is>
       </c>
       <c r="K187" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B188" s="7" t="inlineStr">
         <is>
           <t>G16</t>
         </is>
       </c>
       <c r="C188" s="3" t="inlineStr">
         <is>
           <t>Гірництво та нафтогазові технології</t>
         </is>
       </c>
@@ -9504,51 +9512,51 @@
       <c r="C189" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D189" s="3"/>
       <c r="E189" s="6" t="n">
         <v>77751</v>
       </c>
       <c r="F189" s="3" t="inlineStr">
         <is>
           <t>Архітектура будівель і споруд</t>
         </is>
       </c>
       <c r="G189" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H189" s="7" t="inlineStr">
         <is>
           <t>- 12447</t>
         </is>
       </c>
       <c r="I189" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J189" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K189" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B190" s="7" t="inlineStr">
         <is>
           <t>G17</t>
         </is>
       </c>
       <c r="C190" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D190" s="3"/>
@@ -9590,51 +9598,51 @@
         <is>
           <t>G17</t>
         </is>
       </c>
       <c r="C191" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D191" s="3"/>
       <c r="E191" s="6" t="n">
         <v>77754</v>
       </c>
       <c r="F191" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="G191" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H191" s="7" t="inlineStr">
         <is>
-          <t>- 19309</t>
+          <t>- 19932</t>
         </is>
       </c>
       <c r="I191" s="9" t="n">
         <v>48030</v>
       </c>
       <c r="J191" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K191" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B192" s="7" t="inlineStr">
         <is>
           <t>G18</t>
         </is>
       </c>
       <c r="C192" s="3" t="inlineStr">
         <is>
@@ -9680,284 +9688,286 @@
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C193" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D193" s="3"/>
       <c r="E193" s="6" t="n">
         <v>78933</v>
       </c>
       <c r="F193" s="3" t="inlineStr">
         <is>
           <t>Промислове та цивільне будівництво</t>
         </is>
       </c>
       <c r="G193" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H193" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I193" s="9"/>
+          <t>- 19933</t>
+        </is>
+      </c>
+      <c r="I193" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J193" s="7" t="inlineStr">
         <is>
           <t>УД 21019642</t>
         </is>
       </c>
       <c r="K193" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B194" s="7" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C194" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D194" s="3"/>
       <c r="E194" s="6" t="n">
         <v>78935</v>
       </c>
       <c r="F194" s="3" t="inlineStr">
         <is>
           <t>Міське будівництво та господарство</t>
         </is>
       </c>
       <c r="G194" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H194" s="7" t="inlineStr">
         <is>
           <t>- 12381</t>
         </is>
       </c>
       <c r="I194" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J194" s="7" t="inlineStr">
         <is>
           <t>УД 21019642</t>
         </is>
       </c>
       <c r="K194" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B195" s="7" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C195" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D195" s="3"/>
       <c r="E195" s="6" t="n">
         <v>78936</v>
       </c>
       <c r="F195" s="3" t="inlineStr">
         <is>
           <t>Цивільна інженерія</t>
         </is>
       </c>
       <c r="G195" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H195" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I195" s="9"/>
       <c r="J195" s="7" t="inlineStr">
         <is>
           <t>УД 21019642</t>
         </is>
       </c>
       <c r="K195" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B196" s="7" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C196" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D196" s="3"/>
       <c r="E196" s="6" t="n">
         <v>78937</v>
       </c>
       <c r="F196" s="3" t="inlineStr">
         <is>
           <t>Гідротехнічне будівництво, водна інженерія та водні технології</t>
         </is>
       </c>
       <c r="G196" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H196" s="7" t="inlineStr">
         <is>
           <t>- 19336</t>
         </is>
       </c>
       <c r="I196" s="9" t="n">
         <v>46344</v>
       </c>
       <c r="J196" s="7" t="inlineStr">
         <is>
           <t>УД 21019642</t>
         </is>
       </c>
       <c r="K196" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B197" s="7" t="inlineStr">
         <is>
           <t>G2</t>
         </is>
       </c>
       <c r="C197" s="3" t="inlineStr">
         <is>
           <t>Технології захисту навколишнього середовища</t>
         </is>
       </c>
       <c r="D197" s="3"/>
       <c r="E197" s="6" t="n">
         <v>78929</v>
       </c>
       <c r="F197" s="3" t="inlineStr">
         <is>
           <t>Технології захисту навколишнього середовища</t>
         </is>
       </c>
       <c r="G197" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H197" s="7" t="inlineStr">
         <is>
-          <t>УД 21006913</t>
+          <t>- 19931</t>
         </is>
       </c>
       <c r="I197" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J197" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K197" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B198" s="7" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C198" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D198" s="3"/>
       <c r="E198" s="6" t="n">
         <v>78916</v>
       </c>
       <c r="F198" s="3" t="inlineStr">
         <is>
           <t>Світлотехніка і джерела світла</t>
         </is>
       </c>
       <c r="G198" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H198" s="7" t="inlineStr">
         <is>
-          <t>УД 21002013</t>
+          <t>- 19928</t>
         </is>
       </c>
       <c r="I198" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J198" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K198" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B199" s="7" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C199" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D199" s="3"/>
@@ -10134,100 +10144,100 @@
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C203" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D203" s="3"/>
       <c r="E203" s="6" t="n">
         <v>78926</v>
       </c>
       <c r="F203" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="G203" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H203" s="7" t="inlineStr">
         <is>
-          <t>УД 21008899</t>
+          <t>- 19722</t>
         </is>
       </c>
       <c r="I203" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J203" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K203" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B204" s="7" t="inlineStr">
         <is>
           <t>G7</t>
         </is>
       </c>
       <c r="C204" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D204" s="3"/>
       <c r="E204" s="6" t="n">
         <v>78928</v>
       </c>
       <c r="F204" s="3" t="inlineStr">
         <is>
           <t>Системна інженерія</t>
         </is>
       </c>
       <c r="G204" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H204" s="7" t="inlineStr">
         <is>
-          <t>- 12379</t>
+          <t>- 19930</t>
         </is>
       </c>
       <c r="I204" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J204" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K204" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B205" s="7" t="inlineStr">
         <is>
           <t>H3</t>
         </is>
       </c>
       <c r="C205" s="3" t="inlineStr">
         <is>
           <t>Садово-паркове господарство</t>
         </is>
       </c>
       <c r="D205" s="3"/>
@@ -10359,100 +10369,100 @@
         <is>
           <t>J4</t>
         </is>
       </c>
       <c r="C208" s="3" t="inlineStr">
         <is>
           <t>Охорона праці</t>
         </is>
       </c>
       <c r="D208" s="3"/>
       <c r="E208" s="6" t="n">
         <v>77758</v>
       </c>
       <c r="F208" s="3" t="inlineStr">
         <is>
           <t>Охорона праці</t>
         </is>
       </c>
       <c r="G208" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H208" s="7" t="inlineStr">
         <is>
-          <t>- 12448</t>
+          <t>- 19934</t>
         </is>
       </c>
       <c r="I208" s="9" t="n">
-        <v>46106</v>
+        <v>48030</v>
       </c>
       <c r="J208" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K208" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B209" s="7" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
       <c r="C209" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D209" s="3"/>
       <c r="E209" s="6" t="n">
         <v>77761</v>
       </c>
       <c r="F209" s="3" t="inlineStr">
         <is>
           <t>Розумний транспорт і логістика для міст</t>
         </is>
       </c>
       <c r="G209" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H209" s="7" t="inlineStr">
         <is>
           <t>- 12385</t>
         </is>
       </c>
       <c r="I209" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J209" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K209" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B210" s="7" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
       <c r="C210" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D210" s="3"/>
@@ -10494,56 +10504,54 @@
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C211" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D211" s="3"/>
       <c r="E211" s="6" t="n">
         <v>37402</v>
       </c>
       <c r="F211" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="G211" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H211" s="7" t="inlineStr">
         <is>
-          <t>- 10724</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I211" s="9"/>
       <c r="J211" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K211" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B212" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C212" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D212" s="3"/>
       <c r="E212" s="6" t="n">
@@ -10764,54 +10772,56 @@
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C217" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D217" s="3"/>
       <c r="E217" s="6" t="n">
         <v>60144</v>
       </c>
       <c r="F217" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="G217" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H217" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I217" s="9"/>
+          <t>- 20036</t>
+        </is>
+      </c>
+      <c r="I217" s="9" t="n">
+        <v>46435</v>
+      </c>
       <c r="J217" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K217" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="218">
       <c r="A218" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B218" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C218" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D218" s="3"/>
       <c r="E218" s="6" t="n">
@@ -10991,51 +11001,51 @@
       <c r="C222" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D222" s="3"/>
       <c r="E222" s="6" t="n">
         <v>37396</v>
       </c>
       <c r="F222" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="G222" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H222" s="7" t="inlineStr">
         <is>
           <t>- 4007</t>
         </is>
       </c>
       <c r="I222" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J222" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K222" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="223">
       <c r="A223" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B223" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C223" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D223" s="3"/>
@@ -11212,56 +11222,54 @@
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C227" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D227" s="3"/>
       <c r="E227" s="6" t="n">
         <v>80072</v>
       </c>
       <c r="F227" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="G227" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H227" s="7" t="inlineStr">
         <is>
-          <t>- 12387</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I227" s="9"/>
       <c r="J227" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K227" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="228">
       <c r="A228" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B228" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C228" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D228" s="3"/>
       <c r="E228" s="6" t="n">
@@ -11574,51 +11582,51 @@
       <c r="C235" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D235" s="3"/>
       <c r="E235" s="6" t="n">
         <v>77748</v>
       </c>
       <c r="F235" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="G235" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H235" s="7" t="inlineStr">
         <is>
           <t>- 12451</t>
         </is>
       </c>
       <c r="I235" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J235" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K235" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="236">
       <c r="A236" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B236" s="7" t="inlineStr">
         <is>
           <t>G18</t>
         </is>
       </c>
       <c r="C236" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D236" s="3"/>
@@ -11825,51 +11833,51 @@
       </c>
       <c r="J240" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K240" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K240"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I141"/>
+  <dimension ref="A1:I134"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -11914,195 +11922,195 @@
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E2" s="6" t="n">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="F2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D3" s="3" t="inlineStr">
         <is>
           <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="E3" s="6" t="n">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="F3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>B4</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво та реставрація</t>
         </is>
       </c>
       <c r="D4" s="3" t="inlineStr">
         <is>
           <t>Візуальні мистецтва</t>
         </is>
       </c>
       <c r="E4" s="6" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="E5" s="6" t="n">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F5" s="6" t="n">
         <v>35</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="6" t="n">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="F6" s="6" t="n">
         <v>24</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
@@ -12124,51 +12132,51 @@
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="6" t="n">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="F8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
@@ -12524,117 +12532,117 @@
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>G17</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="6" t="n">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="F20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>G18</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="6" t="n">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="F21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="6" t="n">
-        <v>160</v>
+        <v>147</v>
       </c>
       <c r="F22" s="6" t="n">
         <v>27</v>
       </c>
       <c r="G22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>G2</t>
         </is>
       </c>
@@ -12726,51 +12734,51 @@
       <c r="H25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
           <t>G7</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D26" s="3"/>
       <c r="E26" s="6" t="n">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
           <t>H3</t>
         </is>
       </c>
@@ -12858,51 +12866,51 @@
       <c r="H29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B30" s="7" t="inlineStr">
         <is>
           <t>J4</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Охорона праці</t>
         </is>
       </c>
       <c r="D30" s="3"/>
       <c r="E30" s="6" t="n">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="F30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I30" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B31" s="7" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
@@ -12957,154 +12965,154 @@
       <c r="H32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I32" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B33" s="7" t="inlineStr">
         <is>
           <t>023</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
         </is>
       </c>
       <c r="D33" s="3"/>
       <c r="E33" s="6" t="n">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="F33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I33" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B34" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D34" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E34" s="6" t="n">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="F34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I34" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B35" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D35" s="3"/>
       <c r="E35" s="6" t="n">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="F35" s="6" t="n">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I35" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B36" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D36" s="3"/>
       <c r="E36" s="6" t="n">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="F36" s="6" t="n">
         <v>31</v>
       </c>
       <c r="G36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I36" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B37" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
@@ -13192,51 +13200,51 @@
       <c r="H39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I39" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B40" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D40" s="3"/>
       <c r="E40" s="6" t="n">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="F40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I40" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B41" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
@@ -13291,150 +13299,150 @@
       <c r="H42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I42" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B43" s="7" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D43" s="3"/>
       <c r="E43" s="6" t="n">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="F43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I43" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B44" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D44" s="3"/>
       <c r="E44" s="6" t="n">
         <v>73</v>
       </c>
       <c r="F44" s="6" t="n">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="G44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I44" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B45" s="7" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D45" s="3"/>
       <c r="E45" s="6" t="n">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I45" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B46" s="7" t="inlineStr">
         <is>
           <t>126</t>
         </is>
       </c>
       <c r="C46" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи та технології</t>
         </is>
       </c>
       <c r="D46" s="3"/>
       <c r="E46" s="6" t="n">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I46" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B47" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
@@ -13456,51 +13464,51 @@
       <c r="H47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I47" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B48" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D48" s="3"/>
       <c r="E48" s="6" t="n">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="F48" s="6" t="n">
         <v>5</v>
       </c>
       <c r="G48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I48" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B49" s="7" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
@@ -13687,117 +13695,117 @@
       <c r="H54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I54" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B55" s="7" t="inlineStr">
         <is>
           <t>191</t>
         </is>
       </c>
       <c r="C55" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D55" s="3"/>
       <c r="E55" s="6" t="n">
-        <v>259</v>
+        <v>253</v>
       </c>
       <c r="F55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I55" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B56" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C56" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D56" s="3"/>
       <c r="E56" s="6" t="n">
-        <v>425</v>
+        <v>417</v>
       </c>
       <c r="F56" s="6" t="n">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="G56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I56" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B57" s="7" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
       <c r="C57" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D57" s="3"/>
       <c r="E57" s="6" t="n">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="F57" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I57" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B58" s="7" t="inlineStr">
         <is>
           <t>194</t>
         </is>
       </c>
@@ -13819,87 +13827,87 @@
       <c r="H58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I58" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B59" s="7" t="inlineStr">
         <is>
           <t>206</t>
         </is>
       </c>
       <c r="C59" s="3" t="inlineStr">
         <is>
           <t>Садово-паркове господарство</t>
         </is>
       </c>
       <c r="D59" s="3"/>
       <c r="E59" s="6" t="n">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I59" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B60" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C60" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D60" s="3"/>
       <c r="E60" s="6" t="n">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="F60" s="6" t="n">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="G60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I60" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B61" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C61" s="3" t="inlineStr">
         <is>
           <t>Туризм</t>
@@ -13951,88 +13959,88 @@
       <c r="H62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I62" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B63" s="7" t="inlineStr">
         <is>
           <t>263</t>
         </is>
       </c>
       <c r="C63" s="3" t="inlineStr">
         <is>
           <t>Цивільна безпека</t>
         </is>
       </c>
       <c r="D63" s="3"/>
       <c r="E63" s="6" t="n">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="F63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I63" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B64" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C64" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D64" s="3" t="inlineStr">
         <is>
           <t>на автомобільному транспорті</t>
         </is>
       </c>
       <c r="E64" s="6" t="n">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="F64" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I64" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B65" s="7" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
@@ -14198,51 +14206,51 @@
       <c r="H69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I69" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B70" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D70" s="3"/>
       <c r="E70" s="6" t="n">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F70" s="6" t="n">
         <v>14</v>
       </c>
       <c r="G70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I70" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B71" s="7" t="inlineStr">
         <is>
           <t>D4</t>
         </is>
       </c>
@@ -14264,51 +14272,51 @@
       <c r="H71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I71" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B72" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C72" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
         </is>
       </c>
       <c r="D72" s="3"/>
       <c r="E72" s="6" t="n">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="F72" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I72" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B73" s="7" t="inlineStr">
         <is>
           <t>E2</t>
         </is>
       </c>
@@ -14400,51 +14408,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B76" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C76" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D76" s="3" t="inlineStr">
         <is>
           <t>Технологічні машини та обладнання</t>
         </is>
       </c>
       <c r="E76" s="6" t="n">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="F76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I76" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B77" s="7" t="inlineStr">
         <is>
           <t>G16</t>
         </is>
       </c>
@@ -14532,51 +14540,51 @@
       <c r="H79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I79" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B80" s="7" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C80" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D80" s="3"/>
       <c r="E80" s="6" t="n">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="F80" s="6" t="n">
         <v>16</v>
       </c>
       <c r="G80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I80" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B81" s="7" t="inlineStr">
         <is>
           <t>G2</t>
         </is>
       </c>
@@ -14700,51 +14708,51 @@
       <c r="I84" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B85" s="7" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
       <c r="C85" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа та кейтеринг</t>
         </is>
       </c>
       <c r="D85" s="3"/>
       <c r="E85" s="6" t="n">
         <v>11</v>
       </c>
       <c r="F85" s="6" t="n">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="G85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I85" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B86" s="7" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
       <c r="C86" s="3" t="inlineStr">
         <is>
           <t>Туризм та рекреація</t>
@@ -14796,51 +14804,51 @@
       <c r="H87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I87" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B88" s="7" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
       <c r="C88" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D88" s="3"/>
       <c r="E88" s="6" t="n">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="F88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I88" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B89" s="7" t="inlineStr">
         <is>
           <t>023</t>
         </is>
       </c>
@@ -14866,1754 +14874,1523 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B90" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C90" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D90" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E90" s="6" t="n">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="F90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I90" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B91" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C91" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D91" s="3"/>
       <c r="E91" s="6" t="n">
-        <v>47</v>
+        <v>12</v>
       </c>
       <c r="F91" s="6" t="n">
         <v>6</v>
       </c>
       <c r="G91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I91" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B92" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C92" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D92" s="3"/>
       <c r="E92" s="6" t="n">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="F92" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G92" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H92" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I92" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B93" s="7" t="inlineStr">
         <is>
-          <t>072</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C93" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D93" s="3"/>
       <c r="E93" s="6" t="n">
-        <v>2</v>
+        <v>15</v>
       </c>
       <c r="F93" s="6" t="n">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="G93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I93" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B94" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>076</t>
         </is>
       </c>
       <c r="C94" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D94" s="3"/>
       <c r="E94" s="6" t="n">
-        <v>82</v>
+        <v>1</v>
       </c>
       <c r="F94" s="6" t="n">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="G94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I94" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B95" s="7" t="inlineStr">
         <is>
-          <t>076</t>
+          <t>101</t>
         </is>
       </c>
       <c r="C95" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво та торгівля</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D95" s="3"/>
       <c r="E95" s="6" t="n">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="F95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I95" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B96" s="7" t="inlineStr">
         <is>
-          <t>101</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C96" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D96" s="3"/>
       <c r="E96" s="6" t="n">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="F96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I96" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B97" s="7" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>133</t>
         </is>
       </c>
       <c r="C97" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D97" s="3"/>
       <c r="E97" s="6" t="n">
-        <v>35</v>
+        <v>1</v>
       </c>
       <c r="F97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I97" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B98" s="7" t="inlineStr">
         <is>
-          <t>133</t>
+          <t>141</t>
         </is>
       </c>
       <c r="C98" s="3" t="inlineStr">
         <is>
-          <t>Галузеве машинобудування</t>
+          <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D98" s="3"/>
       <c r="E98" s="6" t="n">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="F98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I98" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B99" s="7" t="inlineStr">
         <is>
-          <t>141</t>
+          <t>174</t>
         </is>
       </c>
       <c r="C99" s="3" t="inlineStr">
         <is>
-          <t>Електроенергетика, електротехніка та електромеханіка</t>
+          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D99" s="3"/>
       <c r="E99" s="6" t="n">
-        <v>93</v>
+        <v>1</v>
       </c>
       <c r="F99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I99" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B100" s="7" t="inlineStr">
         <is>
-          <t>161</t>
+          <t>185</t>
         </is>
       </c>
       <c r="C100" s="3" t="inlineStr">
         <is>
-          <t>Хімічні технології та інженерія</t>
+          <t>Нафтогазова інженерія та технології</t>
         </is>
       </c>
       <c r="D100" s="3"/>
       <c r="E100" s="6" t="n">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I100" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B101" s="7" t="inlineStr">
         <is>
-          <t>174</t>
+          <t>191</t>
         </is>
       </c>
       <c r="C101" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
+          <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D101" s="3"/>
       <c r="E101" s="6" t="n">
-        <v>14</v>
+        <v>40</v>
       </c>
       <c r="F101" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G101" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H101" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I101" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B102" s="7" t="inlineStr">
         <is>
-          <t>183</t>
+          <t>192</t>
         </is>
       </c>
       <c r="C102" s="3" t="inlineStr">
         <is>
-          <t>Технології захисту навколишнього середовища</t>
+          <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D102" s="3"/>
       <c r="E102" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F102" s="6" t="n">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="G102" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H102" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I102" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B103" s="7" t="inlineStr">
         <is>
-          <t>185</t>
+          <t>241</t>
         </is>
       </c>
       <c r="C103" s="3" t="inlineStr">
         <is>
-          <t>Нафтогазова інженерія та технології</t>
+          <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D103" s="3"/>
       <c r="E103" s="6" t="n">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="F103" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G103" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H103" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I103" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B104" s="7" t="inlineStr">
         <is>
-          <t>191</t>
+          <t>263</t>
         </is>
       </c>
       <c r="C104" s="3" t="inlineStr">
         <is>
-          <t>Архітектура та містобудування</t>
+          <t>Цивільна безпека</t>
         </is>
       </c>
       <c r="D104" s="3"/>
       <c r="E104" s="6" t="n">
-        <v>94</v>
+        <v>0</v>
       </c>
       <c r="F104" s="6" t="n">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="G104" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H104" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I104" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B105" s="7" t="inlineStr">
         <is>
-          <t>192</t>
+          <t>275</t>
         </is>
       </c>
       <c r="C105" s="3" t="inlineStr">
         <is>
-          <t>Будівництво та цивільна інженерія</t>
-[...2 lines deleted...]
-      <c r="D105" s="3"/>
+          <t>Транспортні технології</t>
+        </is>
+      </c>
+      <c r="D105" s="3" t="inlineStr">
+        <is>
+          <t>на автомобільному транспорті</t>
+        </is>
+      </c>
       <c r="E105" s="6" t="n">
-        <v>120</v>
+        <v>23</v>
       </c>
       <c r="F105" s="6" t="n">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="G105" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H105" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I105" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B106" s="7" t="inlineStr">
         <is>
-          <t>193</t>
+          <t>281</t>
         </is>
       </c>
       <c r="C106" s="3" t="inlineStr">
         <is>
-          <t>Геодезія та землеустрій</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D106" s="3"/>
       <c r="E106" s="6" t="n">
-        <v>37</v>
+        <v>1</v>
       </c>
       <c r="F106" s="6" t="n">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G106" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H106" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I106" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B107" s="7" t="inlineStr">
         <is>
-          <t>194</t>
+          <t>C1</t>
         </is>
       </c>
       <c r="C107" s="3" t="inlineStr">
         <is>
-          <t>Гідротехнічне будівництво, водна інженерія та водні технології</t>
+          <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D107" s="3"/>
       <c r="E107" s="6" t="n">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="F107" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G107" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H107" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I107" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B108" s="7" t="inlineStr">
         <is>
-          <t>206</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C108" s="3" t="inlineStr">
         <is>
-          <t>Садово-паркове господарство</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D108" s="3"/>
       <c r="E108" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F108" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G108" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H108" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I108" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B109" s="7" t="inlineStr">
         <is>
-          <t>241</t>
+          <t>D7</t>
         </is>
       </c>
       <c r="C109" s="3" t="inlineStr">
         <is>
-          <t>Готельно-ресторанна справа</t>
+          <t>Торгівля</t>
         </is>
       </c>
       <c r="D109" s="3"/>
       <c r="E109" s="6" t="n">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="F109" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G109" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H109" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I109" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B110" s="7" t="inlineStr">
         <is>
-          <t>242</t>
+          <t>F3</t>
         </is>
       </c>
       <c r="C110" s="3" t="inlineStr">
         <is>
-          <t>Туризм і рекреація</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D110" s="3"/>
       <c r="E110" s="6" t="n">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="F110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I110" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B111" s="7" t="inlineStr">
         <is>
-          <t>263</t>
+          <t>G1</t>
         </is>
       </c>
       <c r="C111" s="3" t="inlineStr">
         <is>
-          <t>Цивільна безпека</t>
+          <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D111" s="3"/>
       <c r="E111" s="6" t="n">
-        <v>24</v>
+        <v>1</v>
       </c>
       <c r="F111" s="6" t="n">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="G111" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H111" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I111" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B112" s="7" t="inlineStr">
         <is>
-          <t>275</t>
+          <t>G11</t>
         </is>
       </c>
       <c r="C112" s="3" t="inlineStr">
         <is>
-          <t>Транспортні технології</t>
-[...6 lines deleted...]
-      </c>
+          <t>Машинобудування</t>
+        </is>
+      </c>
+      <c r="D112" s="3"/>
       <c r="E112" s="6" t="n">
-        <v>34</v>
+        <v>3</v>
       </c>
       <c r="F112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I112" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B113" s="7" t="inlineStr">
         <is>
-          <t>281</t>
+          <t>G17</t>
         </is>
       </c>
       <c r="C113" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D113" s="3"/>
       <c r="E113" s="6" t="n">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="F113" s="6" t="n">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G113" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H113" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I113" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B114" s="7" t="inlineStr">
         <is>
-          <t>C1</t>
+          <t>G18</t>
         </is>
       </c>
       <c r="C114" s="3" t="inlineStr">
         <is>
-          <t>Економіка та міжнародні економічні відносини</t>
+          <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D114" s="3"/>
       <c r="E114" s="6" t="n">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="F114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I114" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B115" s="7" t="inlineStr">
         <is>
-          <t>D3</t>
+          <t>G19</t>
         </is>
       </c>
       <c r="C115" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D115" s="3"/>
       <c r="E115" s="6" t="n">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="F115" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G115" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H115" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I115" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B116" s="7" t="inlineStr">
         <is>
-          <t>D7</t>
+          <t>G2</t>
         </is>
       </c>
       <c r="C116" s="3" t="inlineStr">
         <is>
-          <t>Торгівля</t>
+          <t>Технології захисту навколишнього середовища</t>
         </is>
       </c>
       <c r="D116" s="3"/>
       <c r="E116" s="6" t="n">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F116" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G116" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H116" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I116" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B117" s="7" t="inlineStr">
         <is>
-          <t>F3</t>
+          <t>G3</t>
         </is>
       </c>
       <c r="C117" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D117" s="3"/>
       <c r="E117" s="6" t="n">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F117" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G117" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H117" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I117" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B118" s="7" t="inlineStr">
         <is>
-          <t>G1</t>
+          <t>J8</t>
         </is>
       </c>
       <c r="C118" s="3" t="inlineStr">
         <is>
-          <t>Хімічні технології та інженерія</t>
+          <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D118" s="3"/>
       <c r="E118" s="6" t="n">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F118" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G118" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H118" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I118" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B119" s="7" t="inlineStr">
         <is>
-          <t>G11</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C119" s="3" t="inlineStr">
         <is>
-          <t>Машинобудування</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D119" s="3"/>
       <c r="E119" s="6" t="n">
-        <v>3</v>
+        <v>18</v>
       </c>
       <c r="F119" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G119" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H119" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I119" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B120" s="7" t="inlineStr">
         <is>
-          <t>G17</t>
+          <t>071</t>
         </is>
       </c>
       <c r="C120" s="3" t="inlineStr">
         <is>
-          <t>Архітектура та містобудування</t>
+          <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D120" s="3"/>
       <c r="E120" s="6" t="n">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F120" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G120" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H120" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I120" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B121" s="7" t="inlineStr">
         <is>
-          <t>G18</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C121" s="3" t="inlineStr">
         <is>
-          <t>Геодезія та землеустрій</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D121" s="3"/>
       <c r="E121" s="6" t="n">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="F121" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G121" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H121" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I121" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B122" s="7" t="inlineStr">
         <is>
-          <t>G19</t>
+          <t>076</t>
         </is>
       </c>
       <c r="C122" s="3" t="inlineStr">
         <is>
-          <t>Будівництво та цивільна інженерія</t>
+          <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D122" s="3"/>
       <c r="E122" s="6" t="n">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="F122" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G122" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H122" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I122" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B123" s="7" t="inlineStr">
         <is>
-          <t>G2</t>
+          <t>076</t>
         </is>
       </c>
       <c r="C123" s="3" t="inlineStr">
         <is>
-          <t>Технології захисту навколишнього середовища</t>
+          <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="D123" s="3"/>
       <c r="E123" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F123" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G123" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H123" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I123" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B124" s="7" t="inlineStr">
         <is>
-          <t>G3</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C124" s="3" t="inlineStr">
         <is>
-          <t>Електрична інженерія</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D124" s="3"/>
       <c r="E124" s="6" t="n">
-        <v>2</v>
+        <v>13</v>
       </c>
       <c r="F124" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G124" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H124" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I124" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B125" s="7" t="inlineStr">
         <is>
-          <t>J8</t>
+          <t>133</t>
         </is>
       </c>
       <c r="C125" s="3" t="inlineStr">
         <is>
-          <t>Автомобільний транспорт</t>
+          <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D125" s="3"/>
       <c r="E125" s="6" t="n">
-        <v>3</v>
+        <v>14</v>
       </c>
       <c r="F125" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G125" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H125" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I125" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B126" s="7" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>141</t>
         </is>
       </c>
       <c r="C126" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D126" s="3"/>
       <c r="E126" s="6" t="n">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F126" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G126" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H126" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I126" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B127" s="7" t="inlineStr">
         <is>
-          <t>071</t>
+          <t>161</t>
         </is>
       </c>
       <c r="C127" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D127" s="3"/>
       <c r="E127" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F127" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G127" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H127" s="6" t="n">
         <v>1</v>
       </c>
       <c r="I127" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B128" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>161</t>
         </is>
       </c>
       <c r="C128" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D128" s="3"/>
       <c r="E128" s="6" t="n">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="F128" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G128" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H128" s="6" t="n">
         <v>1</v>
       </c>
       <c r="I128" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B129" s="7" t="inlineStr">
         <is>
-          <t>076</t>
+          <t>183</t>
         </is>
       </c>
       <c r="C129" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво та торгівля</t>
+          <t>Технології захисту навколишнього середовища</t>
         </is>
       </c>
       <c r="D129" s="3"/>
       <c r="E129" s="6" t="n">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="F129" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G129" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H129" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I129" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B130" s="7" t="inlineStr">
         <is>
-          <t>076</t>
+          <t>191</t>
         </is>
       </c>
       <c r="C130" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво, торгівля та біржова діяльність</t>
+          <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D130" s="3"/>
       <c r="E130" s="6" t="n">
-        <v>2</v>
+        <v>27</v>
       </c>
       <c r="F130" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G130" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H130" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I130" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B131" s="7" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>192</t>
         </is>
       </c>
       <c r="C131" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D131" s="3"/>
       <c r="E131" s="6" t="n">
-        <v>13</v>
+        <v>46</v>
       </c>
       <c r="F131" s="6" t="n">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G131" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H131" s="6" t="n">
         <v>1</v>
       </c>
       <c r="I131" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B132" s="7" t="inlineStr">
         <is>
-          <t>133</t>
+          <t>193</t>
         </is>
       </c>
       <c r="C132" s="3" t="inlineStr">
         <is>
-          <t>Галузеве машинобудування</t>
+          <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D132" s="3"/>
       <c r="E132" s="6" t="n">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="F132" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G132" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H132" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I132" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B133" s="7" t="inlineStr">
         <is>
-          <t>141</t>
+          <t>275</t>
         </is>
       </c>
       <c r="C133" s="3" t="inlineStr">
         <is>
-          <t>Електроенергетика, електротехніка та електромеханіка</t>
+          <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D133" s="3"/>
       <c r="E133" s="6" t="n">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="F133" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G133" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H133" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="I133" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B134" s="7" t="inlineStr">
         <is>
-          <t>161</t>
+          <t>281</t>
         </is>
       </c>
       <c r="C134" s="3" t="inlineStr">
         <is>
-          <t>Хімічні технології та інженерія</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D134" s="3"/>
       <c r="E134" s="6" t="n">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="F134" s="6" t="n">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="G134" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H134" s="6" t="n">
         <v>1</v>
       </c>
       <c r="I134" s="6" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="135">
-[...229 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I141"/>
+  <autoFilter ref="A1:I134"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>