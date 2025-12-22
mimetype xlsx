--- v0 (2025-11-04)
+++ v1 (2025-12-22)
@@ -1541,54 +1541,56 @@
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="6" t="n">
         <v>21710</v>
       </c>
       <c r="F4" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="G4" s="3"/>
       <c r="H4" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I4" s="9"/>
       <c r="J4" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K4" s="9"/>
+          <t>НД 0683012</t>
+        </is>
+      </c>
+      <c r="K4" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
         <v>21709</v>
       </c>
       <c r="F5" s="3" t="inlineStr">
         <is>
           <t>Автоматизація та компютерно-інтегровані технології</t>
         </is>