--- v1 (2025-12-22)
+++ v2 (2026-03-08)
@@ -718,90 +718,90 @@
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>255</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Озброєння та військова техніка</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="3" t="inlineStr">
         <is>
           <t>Системи радіоелектронної розвідки</t>
         </is>
       </c>
       <c r="F2" s="6" t="n">
         <v>100</v>
       </c>
       <c r="G2" s="8" t="inlineStr">
         <is>
           <t> 209</t>
         </is>
       </c>
       <c r="H2" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="I2" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 27.05.2021 № 62-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>254</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Забезпечення військ (сил)</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="3" t="inlineStr">
         <is>
           <t>Організація захисту інформації з обмеженим доступом та автоматизація ії обробки</t>
         </is>
       </c>
       <c r="F3" s="6" t="n">
         <v>75</v>
       </c>
       <c r="G3" s="8" t="inlineStr">
         <is>
           <t> 206</t>
         </is>
       </c>
       <c r="H3" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="I3" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 12.04.2021 № 42-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>254</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Забезпечення військ (сил)</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="3" t="inlineStr">
@@ -868,95 +868,91 @@
         <is>
           <t>Молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>254</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Забезпечення військ (сил)</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="3" t="inlineStr">
         <is>
           <t>Захист інформації з обмеженим доступом у військах (силах)</t>
         </is>
       </c>
       <c r="F6" s="6" t="n">
         <v>25</v>
       </c>
       <c r="G6" s="8" t="inlineStr">
         <is>
-          <t> 10416</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="H6" s="9"/>
       <c r="I6" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 04.07.2022 № 124-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>255</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Озброєння та військова техніка</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="3" t="inlineStr">
         <is>
           <t>Експлуатація засобів радіоелектронної розвідки</t>
         </is>
       </c>
       <c r="F7" s="6" t="n">
         <v>15</v>
       </c>
       <c r="G7" s="8" t="inlineStr">
         <is>
-          <t> 10402</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="H7" s="9"/>
       <c r="I7" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 04.07.2022 № 124-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>255</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Озброєння та військова техніка</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="3" t="inlineStr">
         <is>
@@ -1457,92 +1453,92 @@
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
         <v>21540</v>
       </c>
       <c r="F2" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека</t>
         </is>
       </c>
       <c r="G2" s="3"/>
       <c r="H2" s="8" t="inlineStr">
         <is>
           <t>- 1925</t>
         </is>
       </c>
       <c r="I2" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J2" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K2" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
         <v>63313</v>
       </c>
       <c r="F3" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека</t>
         </is>
       </c>
       <c r="G3" s="3"/>
       <c r="H3" s="8" t="inlineStr">
         <is>
           <t>- 7414</t>
         </is>
       </c>
       <c r="I3" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J3" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K3" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D4" s="3"/>
@@ -1744,379 +1740,379 @@
         <is>
           <t>254</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Забезпечення військ (сил)</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="6" t="n">
         <v>37544</v>
       </c>
       <c r="F9" s="3" t="inlineStr">
         <is>
           <t>Організація захисту інформації з обмеженим доступом та автоматизація ії обробки</t>
         </is>
       </c>
       <c r="G9" s="3"/>
       <c r="H9" s="8" t="inlineStr">
         <is>
           <t>- 206</t>
         </is>
       </c>
       <c r="I9" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J9" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K9" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>254</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Забезпечення військ (сил)</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
         <v>37545</v>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Комп'ютеризовані засоби інформаційного впливу</t>
         </is>
       </c>
       <c r="G10" s="3"/>
       <c r="H10" s="8" t="inlineStr">
         <is>
           <t>- 207</t>
         </is>
       </c>
       <c r="I10" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J10" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K10" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>255</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Озброєння та військова техніка</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
         <v>37546</v>
       </c>
       <c r="F11" s="3" t="inlineStr">
         <is>
           <t>Системи радіоелектронної розвідки</t>
         </is>
       </c>
       <c r="G11" s="3"/>
       <c r="H11" s="8" t="inlineStr">
         <is>
           <t>- 209</t>
         </is>
       </c>
       <c r="I11" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J11" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K11" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="8" t="inlineStr">
         <is>
           <t>255</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Озброєння та військова техніка</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
         <v>37547</v>
       </c>
       <c r="F12" s="3" t="inlineStr">
         <is>
           <t>Автоматизована обробка розвідувальної інформації</t>
         </is>
       </c>
       <c r="G12" s="3"/>
       <c r="H12" s="8" t="inlineStr">
         <is>
           <t>- 208</t>
         </is>
       </c>
       <c r="I12" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J12" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K12" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="8" t="inlineStr">
         <is>
           <t>255</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Озброєння та військова техніка</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
         <v>37548</v>
       </c>
       <c r="F13" s="3" t="inlineStr">
         <is>
           <t>Системи та комплекси радіозв'язку спеціальної розвідки</t>
         </is>
       </c>
       <c r="G13" s="3"/>
       <c r="H13" s="8" t="inlineStr">
         <is>
           <t>- 210</t>
         </is>
       </c>
       <c r="I13" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J13" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K13" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="8" t="inlineStr">
         <is>
           <t>255</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Озброєння та військова техніка</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
         <v>37549</v>
       </c>
       <c r="F14" s="3" t="inlineStr">
         <is>
           <t>Обробка даних космічної розвідки</t>
         </is>
       </c>
       <c r="G14" s="3"/>
       <c r="H14" s="8" t="inlineStr">
         <is>
           <t>- 211</t>
         </is>
       </c>
       <c r="I14" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J14" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K14" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="8" t="inlineStr">
         <is>
           <t>255</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Озброєння та військова техніка</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="6" t="n">
         <v>37550</v>
       </c>
       <c r="F15" s="3" t="inlineStr">
         <is>
           <t>Радіоелектронні системи бортових та наземних засобів космічних комплексів</t>
         </is>
       </c>
       <c r="G15" s="3"/>
       <c r="H15" s="8" t="inlineStr">
         <is>
           <t>- 212</t>
         </is>
       </c>
       <c r="I15" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J15" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K15" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="8" t="inlineStr">
         <is>
           <t>255</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Озброєння та військова техніка</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
         <v>37552</v>
       </c>
       <c r="F16" s="3" t="inlineStr">
         <is>
           <t>Засоби спеціального контролю</t>
         </is>
       </c>
       <c r="G16" s="3"/>
       <c r="H16" s="8" t="inlineStr">
         <is>
           <t>- 213</t>
         </is>
       </c>
       <c r="I16" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J16" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K16" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="8" t="inlineStr">
         <is>
           <t>255</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Озброєння та військова техніка</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
         <v>37553</v>
       </c>
       <c r="F17" s="3" t="inlineStr">
         <is>
           <t>Безпілотні авіаційні комплекси тактичного класу</t>
         </is>
       </c>
       <c r="G17" s="3"/>
       <c r="H17" s="8" t="inlineStr">
         <is>
           <t>- 214</t>
         </is>
       </c>
       <c r="I17" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J17" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K17" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="8" t="inlineStr">
         <is>
           <t>255</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Озброєння та військова техніка</t>
         </is>
       </c>
       <c r="D18" s="3"/>
@@ -2488,96 +2484,96 @@
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Озброєння та військова техніка</t>
         </is>
       </c>
       <c r="D27" s="3"/>
       <c r="E27" s="6" t="n">
         <v>37574</v>
       </c>
       <c r="F27" s="3" t="inlineStr">
         <is>
           <t>Радіоелектронні системи бортових та наземних засобів космічних комплексів</t>
         </is>
       </c>
       <c r="G27" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H27" s="8" t="inlineStr">
         <is>
           <t>- 734</t>
         </is>
       </c>
       <c r="I27" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J27" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K27" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B28" s="8" t="inlineStr">
         <is>
           <t>255</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Озброєння та військова техніка</t>
         </is>
       </c>
       <c r="D28" s="3"/>
       <c r="E28" s="6" t="n">
         <v>37576</v>
       </c>
       <c r="F28" s="3" t="inlineStr">
         <is>
           <t>Безпілотні авіаційні комплекси тактичного класу</t>
         </is>
       </c>
       <c r="G28" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H28" s="8" t="inlineStr">
         <is>
           <t>- 733</t>
         </is>
       </c>
       <c r="I28" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J28" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K28" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B29" s="8" t="inlineStr">
         <is>
           <t>255</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Озброєння та військова техніка</t>
         </is>
       </c>
       <c r="D29" s="3"/>
@@ -3094,138 +3090,132 @@
           <t>Молодший бакалавр</t>
         </is>
       </c>
       <c r="B41" s="8" t="inlineStr">
         <is>
           <t>254</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
           <t>Забезпечення військ (сил)</t>
         </is>
       </c>
       <c r="D41" s="3"/>
       <c r="E41" s="6" t="n">
         <v>55674</v>
       </c>
       <c r="F41" s="3" t="inlineStr">
         <is>
           <t>Захист інформації з обмеженим доступом у військах (силах)</t>
         </is>
       </c>
       <c r="G41" s="3"/>
       <c r="H41" s="8" t="inlineStr">
         <is>
-          <t>- 10416</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I41" s="9"/>
       <c r="J41" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K41" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Молодший бакалавр</t>
         </is>
       </c>
       <c r="B42" s="8" t="inlineStr">
         <is>
           <t>255</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
           <t>Озброєння та військова техніка</t>
         </is>
       </c>
       <c r="D42" s="3"/>
       <c r="E42" s="6" t="n">
         <v>55675</v>
       </c>
       <c r="F42" s="3" t="inlineStr">
         <is>
           <t>Експлуатація засобів радіоелектронної розвідки</t>
         </is>
       </c>
       <c r="G42" s="3"/>
       <c r="H42" s="8" t="inlineStr">
         <is>
-          <t>- 10402</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I42" s="9"/>
       <c r="J42" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K42" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Молодший бакалавр</t>
         </is>
       </c>
       <c r="B43" s="8" t="inlineStr">
         <is>
           <t>255</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>Озброєння та військова техніка</t>
         </is>
       </c>
       <c r="D43" s="3"/>
       <c r="E43" s="6" t="n">
         <v>55718</v>
       </c>
       <c r="F43" s="3" t="inlineStr">
         <is>
           <t>Експлуатація засобів радіозв’язку спеціальної розвідки</t>
         </is>
       </c>
       <c r="G43" s="3"/>
       <c r="H43" s="8" t="inlineStr">
         <is>
-          <t>- 10401</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I43" s="9"/>
       <c r="J43" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K43" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B44" s="8" t="inlineStr">
         <is>
           <t>255</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Озброєння та військова техніка</t>
         </is>
       </c>
       <c r="D44" s="3"/>
       <c r="E44" s="6" t="n">