--- v0 (2025-10-17)
+++ v1 (2026-02-22)
@@ -1,77 +1,80 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/_rels/workbook.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Факультети" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="5" state="visible" r:id="rId6"/>
-    <sheet name="Ліцензії ПТО" sheetId="6" state="visible" r:id="rId7"/>
-[...1 lines deleted...]
-    <sheet name="Здобувачі ВО" sheetId="8" state="visible" r:id="rId9"/>
+    <sheet name="Ліцензії ПДО" sheetId="6" state="visible" r:id="rId7"/>
+    <sheet name="Ліцензії ПТО" sheetId="7" state="visible" r:id="rId8"/>
+    <sheet name="Освітні програми" sheetId="8" state="visible" r:id="rId9"/>
+    <sheet name="Здобувачі ВО" sheetId="9" state="visible" r:id="rId10"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$9</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$4</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$19</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$20</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$17</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПДО'!$A$1:$K$2</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПТО'!$A$1:$D$3</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$71</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$4</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$72</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$7</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -174,51 +177,51 @@
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="167" xfId="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf applyAlignment="true" applyBorder="true" applyFont="true" applyProtection="false" borderId="1" fillId="0" fontId="0" numFmtId="165" xfId="0">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf applyAlignment="true" applyBorder="true" applyFont="true" applyProtection="false" borderId="1" fillId="0" fontId="0" numFmtId="167" xfId="0">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B21"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="100"/>
     <col collapsed="false" hidden="false" max="1024" min="3" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="2" t="inlineStr">
         <is>
           <t>Назва закладу освіти</t>
@@ -412,63 +415,63 @@
         <is>
           <t>mail@nangu.edu.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>nangu.edu.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
-          <t>Т.в.о. начальника Національної академії Національної гвардії України</t>
+          <t>Начальник Національної академії Національної гвардії України</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
-          <t>Єманов Владислав Вікторович</t>
+          <t>Манько Андрій Васильович</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="B21" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:B21"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
@@ -573,51 +576,51 @@
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="45"/>
     <col collapsed="false" hidden="false" max="1024" min="4" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Рівень освіти/ Освітній ступінь</t>
         </is>
       </c>
       <c r="B1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="C1" s="4" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>перший (бакалаврський) рівень</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
         <v>490</v>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 01.07.2021 № 81-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>другий (магістерський) рівень</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
@@ -639,51 +642,51 @@
         <v>5</v>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 24.04.2023 № 134-л</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:C4"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I19"/>
+  <dimension ref="A1:I20"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Рівень освіти/ Освітній ступінь</t>
         </is>
       </c>
@@ -703,746 +706,785 @@
         </is>
       </c>
       <c r="E1" s="4" t="inlineStr">
         <is>
           <t>Освітня програма</t>
         </is>
       </c>
       <c r="F1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="G1" s="4" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="H1" s="4" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>K1</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Державна безпека</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="3" t="inlineStr">
         <is>
           <t>Службово-бойова діяльність підрозділів Національної гвардії України із забезпечення державної безпеки</t>
         </is>
       </c>
       <c r="F2" s="6" t="n">
         <v>300</v>
       </c>
       <c r="G2" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="H2" s="9"/>
       <c r="I2" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 11.04.2025 № 33-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
-          <t>K7</t>
+          <t>K6</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
-          <t>Озброєння та військова техніка</t>
+          <t>Забезпечення військ (сил)</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="3" t="inlineStr">
         <is>
-          <t>Експлуатація та ремонт озброєння, військової та спеціальної техніки підрозділів Національної гвардії України</t>
+          <t>Тилове забезпечення підрозділів Національної гвардії України</t>
         </is>
       </c>
       <c r="F3" s="6" t="n">
-        <v>120</v>
+        <v>65</v>
       </c>
       <c r="G3" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="H3" s="9"/>
       <c r="I3" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 11.04.2025 № 33-л</t>
+          <t>Наказ МОН від 20.11.2025 № 202-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
-          <t>251</t>
+          <t>K7</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
-          <t>Державна безпека</t>
+          <t>Озброєння та військова техніка</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="3" t="inlineStr">
         <is>
-          <t>Службово-бойове застосування підрозділів спеціального призначення Національної гвардії України</t>
+          <t>Експлуатація та ремонт озброєння, військової та спеціальної техніки підрозділів Національної гвардії України</t>
         </is>
       </c>
       <c r="F4" s="6" t="n">
-        <v>140</v>
+        <v>120</v>
       </c>
       <c r="G4" s="8" t="inlineStr">
         <is>
-          <t>НД 2182298</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="H4" s="9"/>
       <c r="I4" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 04.03.2021 № 26-л</t>
+          <t>Наказ МОН від 11.04.2025 № 33-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
-          <t>253</t>
+          <t>251</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
-          <t>Військове управління</t>
+          <t>Державна безпека</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="3" t="inlineStr">
         <is>
-          <t>Службово-бойове застосування підрозділів НГУ</t>
+          <t>Службово-бойове застосування підрозділів спеціального призначення Національної гвардії України</t>
         </is>
       </c>
       <c r="F5" s="6" t="n">
-        <v>190</v>
+        <v>140</v>
       </c>
       <c r="G5" s="8" t="inlineStr">
         <is>
-          <t>НД 2182297</t>
+          <t>НД 2182298</t>
         </is>
       </c>
       <c r="H5" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="I5" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 04.03.2021 № 26-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
-          <t>254</t>
+          <t>253</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
-          <t>Забезпечення військ (сил)</t>
+          <t>Військове управління</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="3" t="inlineStr">
         <is>
-          <t>Тилове забезпечення підрозділів Національної гвардії України</t>
+          <t>Службово-бойове застосування підрозділів НГУ</t>
         </is>
       </c>
       <c r="F6" s="6" t="n">
-        <v>65</v>
+        <v>190</v>
       </c>
       <c r="G6" s="8" t="inlineStr">
         <is>
-          <t> 10310</t>
+          <t>НД 2182297</t>
         </is>
       </c>
       <c r="H6" s="9" t="n">
-        <v>46059</v>
+        <v>46204</v>
       </c>
       <c r="I6" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 04.03.2021 № 26-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
-          <t>255</t>
+          <t>254</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
-          <t>Озброєння та військова техніка</t>
+          <t>Забезпечення військ (сил)</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="3" t="inlineStr">
         <is>
-          <t>Експлуатація та відновлення автомобілів та бойових машин підрозділів Національної гвардії України</t>
+          <t>Тилове забезпечення підрозділів Національної гвардії України</t>
         </is>
       </c>
       <c r="F7" s="6" t="n">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="G7" s="8" t="inlineStr">
         <is>
-          <t> 91</t>
+          <t> 20014</t>
         </is>
       </c>
       <c r="H7" s="9" t="n">
-        <v>46204</v>
+        <v>46435</v>
       </c>
       <c r="I7" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 04.03.2021 № 26-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
-          <t>K1</t>
+          <t>255</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
-          <t>Державна безпека</t>
+          <t>Озброєння та військова техніка</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="3" t="inlineStr">
         <is>
-          <t>Службово-бойова діяльність військових частин і з’єднань Національної гвардії України із забезпечення державної безпеки</t>
+          <t>Експлуатація та відновлення автомобілів та бойових машин підрозділів Національної гвардії України</t>
         </is>
       </c>
       <c r="F8" s="6" t="n">
-        <v>270</v>
+        <v>50</v>
       </c>
       <c r="G8" s="8" t="inlineStr">
         <is>
-          <t> 17019</t>
+          <t> 91</t>
         </is>
       </c>
       <c r="H8" s="9" t="n">
-        <v>47665</v>
+        <v>46387</v>
       </c>
       <c r="I8" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 11.04.2025 № 33-л</t>
+          <t>Наказ МОН від 04.03.2021 № 26-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
-          <t>K7</t>
+          <t>K1</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
-          <t>Озброєння та військова техніка</t>
+          <t>Державна безпека</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="3" t="inlineStr">
         <is>
-          <t>Експлуатація та відновлення озброєння, військової та спеціальної техніки Національної гвардії України</t>
+          <t>Службово-бойова діяльність військових частин і з’єднань Національної гвардії України із забезпечення державної безпеки</t>
         </is>
       </c>
       <c r="F9" s="6" t="n">
-        <v>40</v>
+        <v>270</v>
       </c>
       <c r="G9" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="H9" s="9"/>
+          <t> 17019</t>
+        </is>
+      </c>
+      <c r="H9" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="I9" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 11.04.2025 № 33-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
-          <t>253</t>
+          <t>K7</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
-          <t>Військове управління</t>
+          <t>Озброєння та військова техніка</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="3" t="inlineStr">
         <is>
-          <t>Службово-бойове застосування та управління діями військових частин і з’єднань Національної гвардії України</t>
+          <t>Експлуатація та відновлення озброєння, військової та спеціальної техніки Національної гвардії України</t>
         </is>
       </c>
       <c r="F10" s="6" t="n">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="G10" s="8" t="inlineStr">
         <is>
-          <t>НД 2182304</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="H10" s="9"/>
       <c r="I10" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 04.03.2021 № 26-л</t>
+          <t>Наказ МОН від 11.04.2025 № 33-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
-          <t>255</t>
+          <t>253</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
-          <t>Озброєння та військова техніка</t>
+          <t>Військове управління</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="3" t="inlineStr">
         <is>
-          <t>Експлуатація та відновлення озброєння, військової та спеціальної техніки Національної гвардії України</t>
+          <t>Службово-бойове застосування та управління діями військових частин і з’єднань Національної гвардії України</t>
         </is>
       </c>
       <c r="F11" s="6" t="n">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="G11" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="H11" s="9"/>
+          <t>НД 2182304</t>
+        </is>
+      </c>
+      <c r="H11" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="I11" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 10.05.2024 № 304-л</t>
+          <t>Наказ МОН від 04.03.2021 № 26-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B12" s="8" t="inlineStr">
         <is>
-          <t>251</t>
+          <t>255</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
-          <t>Державна безпека</t>
+          <t>Озброєння та військова техніка</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="3" t="inlineStr">
         <is>
-          <t>Морально-психологічне забезпечення дій військових частин і з’єднань Національної гвардії України</t>
+          <t>Експлуатація та відновлення озброєння, військової та спеціальної техніки Національної гвардії України</t>
         </is>
       </c>
       <c r="F12" s="6" t="n">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="G12" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
-      <c r="H12" s="9" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="H12" s="9"/>
       <c r="I12" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 12.04.2021 № 42-л</t>
+          <t>Наказ МОН від 10.05.2024 № 304-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B13" s="8" t="inlineStr">
         <is>
-          <t>254</t>
+          <t>251</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
-          <t>Забезпечення військ (сил)</t>
+          <t>Державна безпека</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="3" t="inlineStr">
         <is>
-          <t>Морально-психологічне забезпечення службово-бойової діяльності військових частин Національної гвардії України</t>
+          <t>Морально-психологічне забезпечення дій військових частин і з’єднань Національної гвардії України</t>
         </is>
       </c>
       <c r="F13" s="6" t="n">
         <v>60</v>
       </c>
       <c r="G13" s="8" t="inlineStr">
         <is>
-          <t> 10311</t>
+          <t> </t>
         </is>
       </c>
       <c r="H13" s="9" t="n">
-        <v>46204</v>
+        <v>47665</v>
       </c>
       <c r="I13" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 12.04.2021 № 42-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B14" s="8" t="inlineStr">
         <is>
-          <t>255</t>
+          <t>254</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
-          <t>Озброєння та військова техніка</t>
+          <t>Забезпечення військ (сил)</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="3" t="inlineStr">
         <is>
-          <t>Експлуатація та відновлення автомобілів та бойових машин військових частин Національної гвардії України</t>
+          <t>Морально-психологічне забезпечення службово-бойової діяльності військових частин Національної гвардії України</t>
         </is>
       </c>
       <c r="F14" s="6" t="n">
-        <v>30</v>
+        <v>60</v>
       </c>
       <c r="G14" s="8" t="inlineStr">
         <is>
-          <t> 92</t>
+          <t> </t>
         </is>
       </c>
       <c r="H14" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="I14" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 04.03.2021 № 26-л</t>
+          <t>Наказ МОН від 12.04.2021 № 42-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
-          <t>Доктор філософії</t>
+          <t>Магістр</t>
         </is>
       </c>
       <c r="B15" s="8" t="inlineStr">
         <is>
-          <t>K1</t>
+          <t>255</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
-          <t>Державна безпека</t>
+          <t>Озброєння та військова техніка</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="3" t="inlineStr">
         <is>
-          <t>Державна безпека</t>
+          <t>Експлуатація та відновлення автомобілів та бойових машин військових частин Національної гвардії України</t>
         </is>
       </c>
       <c r="F15" s="6" t="n">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="G15" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="H15" s="9"/>
+          <t> 92</t>
+        </is>
+      </c>
+      <c r="H15" s="9" t="n">
+        <v>46387</v>
+      </c>
       <c r="I15" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 11.04.2025 № 33-л</t>
+          <t>Наказ МОН від 04.03.2021 № 26-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B16" s="8" t="inlineStr">
         <is>
-          <t>K7</t>
+          <t>K1</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
-          <t>Озброєння та військова техніка</t>
+          <t>Державна безпека</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="3" t="inlineStr">
         <is>
-          <t>Озброєння, військова та спеціальна техніка Національної гвардії України</t>
+          <t>Державна безпека</t>
         </is>
       </c>
       <c r="F16" s="6" t="n">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="G16" s="8" t="inlineStr">
         <is>
-          <t> 17020</t>
+          <t> 19906</t>
         </is>
       </c>
       <c r="H16" s="9" t="n">
-        <v>47300</v>
+        <v>48030</v>
       </c>
       <c r="I16" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 11.04.2025 № 33-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B17" s="8" t="inlineStr">
         <is>
-          <t>251</t>
+          <t>K7</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
-          <t>Державна безпека</t>
+          <t>Озброєння та військова техніка</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="3" t="inlineStr">
         <is>
-          <t>Службово-бойова діяльність Національної гвардії України</t>
+          <t>Озброєння, військова та спеціальна техніка Національної гвардії України</t>
         </is>
       </c>
       <c r="F17" s="6" t="n">
         <v>5</v>
       </c>
       <c r="G17" s="8" t="inlineStr">
         <is>
-          <t> 649</t>
+          <t> 17020</t>
         </is>
       </c>
       <c r="H17" s="9" t="n">
-        <v>46204</v>
+        <v>47300</v>
       </c>
       <c r="I17" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 13.10.2021 № 202-л</t>
+          <t>Наказ МОН від 11.04.2025 № 33-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B18" s="8" t="inlineStr">
         <is>
-          <t>254</t>
+          <t>251</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
-          <t>Забезпечення військ (сил)</t>
+          <t>Державна безпека</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="3" t="inlineStr">
         <is>
-          <t>Забезпечення службово-бойової діяльності Національної гвардії України</t>
+          <t>Службово-бойова діяльність Національної гвардії України</t>
         </is>
       </c>
       <c r="F18" s="6" t="n">
-        <v>25</v>
+        <v>5</v>
       </c>
       <c r="G18" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="H18" s="9"/>
+          <t> 649</t>
+        </is>
+      </c>
+      <c r="H18" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="I18" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 13.10.2021 № 202-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B19" s="8" t="inlineStr">
         <is>
-          <t>255</t>
+          <t>254</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
-          <t>Озброєння та військова техніка</t>
+          <t>Забезпечення військ (сил)</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="3" t="inlineStr">
         <is>
+          <t>Забезпечення службово-бойової діяльності Національної гвардії України</t>
+        </is>
+      </c>
+      <c r="F19" s="6" t="n">
+        <v>25</v>
+      </c>
+      <c r="G19" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="H19" s="9"/>
+      <c r="I19" s="3" t="inlineStr">
+        <is>
+          <t>Наказ МОН від 13.10.2021 № 202-л</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="3" t="inlineStr">
+        <is>
+          <t>Доктор філософії</t>
+        </is>
+      </c>
+      <c r="B20" s="8" t="inlineStr">
+        <is>
+          <t>255</t>
+        </is>
+      </c>
+      <c r="C20" s="3" t="inlineStr">
+        <is>
+          <t>Озброєння та військова техніка</t>
+        </is>
+      </c>
+      <c r="D20" s="3"/>
+      <c r="E20" s="3" t="inlineStr">
+        <is>
           <t>Озброєння, військова та спеціальна техніка Національної гвардії України</t>
         </is>
       </c>
-      <c r="F19" s="6" t="n">
+      <c r="F20" s="6" t="n">
         <v>5</v>
       </c>
-      <c r="G19" s="8" t="inlineStr">
+      <c r="G20" s="8" t="inlineStr">
         <is>
           <t> 8261</t>
         </is>
       </c>
-      <c r="H19" s="9" t="n">
+      <c r="H20" s="9" t="n">
         <v>47300</v>
       </c>
-      <c r="I19" s="3" t="inlineStr">
+      <c r="I20" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 12.04.2021 № 42-л</t>
         </is>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:I19"/>
+  <autoFilter ref="A1:I20"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:L17"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
@@ -1500,51 +1542,51 @@
       </c>
       <c r="H1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (заочна)</t>
         </is>
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (вечірня)</t>
         </is>
       </c>
       <c r="J1" s="4" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="K1" s="4" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="L1" s="4" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>6.020303</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>філологія</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="6" t="n">
         <v>0</v>
@@ -2241,50 +2283,189 @@
       <c r="J17" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K17" s="9"/>
       <c r="L17" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 18.05.2016 № 523</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:L17"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <sheetPr filterMode="false">
+    <pageSetUpPr fitToPage="false"/>
+  </sheetPr>
+  <dimension ref="A1:K2"/>
+  <sheetViews>
+    <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
+      <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
+      <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
+    </sheetView>
+  </sheetViews>
+  <cols>
+    <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="25"/>
+    <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="25"/>
+    <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="15"/>
+    <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
+    <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="25"/>
+    <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="25"/>
+    <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
+    <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="11"/>
+    <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="15"/>
+    <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="12"/>
+    <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="30"/>
+    <col collapsed="false" hidden="false" max="1024" min="12" style="0" customWidth="false" width="11.5"/>
+  </cols>
+  <sheetData>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
+      <c r="A1" s="4" t="inlineStr">
+        <is>
+          <t>Рівень освіти</t>
+        </is>
+      </c>
+      <c r="B1" s="4" t="inlineStr">
+        <is>
+          <t>Вид освітньої діяльності</t>
+        </is>
+      </c>
+      <c r="C1" s="4" t="inlineStr">
+        <is>
+          <t>Код спеціальності</t>
+        </is>
+      </c>
+      <c r="D1" s="4" t="inlineStr">
+        <is>
+          <t>Назва спеціальності</t>
+        </is>
+      </c>
+      <c r="E1" s="4" t="inlineStr">
+        <is>
+          <t>Спеціалізація</t>
+        </is>
+      </c>
+      <c r="F1" s="4" t="inlineStr">
+        <is>
+          <t>Освітня програма</t>
+        </is>
+      </c>
+      <c r="G1" s="4" t="inlineStr">
+        <is>
+          <t>Обсяг
+(на рік)</t>
+        </is>
+      </c>
+      <c r="H1" s="4" t="inlineStr">
+        <is>
+          <t>Обсяг
+(на строк навчання)</t>
+        </is>
+      </c>
+      <c r="I1" s="4" t="inlineStr">
+        <is>
+          <t>Сертифікат про акредитацію</t>
+        </is>
+      </c>
+      <c r="J1" s="4" t="inlineStr">
+        <is>
+          <t>Дата закінчення дії</t>
+        </is>
+      </c>
+      <c r="K1" s="4" t="inlineStr">
+        <is>
+          <t>Рішення про видачу ліцензії</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
+      <c r="A2" s="3" t="inlineStr">
+        <is>
+          <t>вища освіта</t>
+        </is>
+      </c>
+      <c r="B2" s="3" t="inlineStr">
+        <is>
+          <t>підвищення кваліфікації</t>
+        </is>
+      </c>
+      <c r="C2" s="8" t="inlineStr">
+        <is>
+          <t>K1</t>
+        </is>
+      </c>
+      <c r="D2" s="3" t="inlineStr">
+        <is>
+          <t>Державна безпека</t>
+        </is>
+      </c>
+      <c r="E2" s="3"/>
+      <c r="F2" s="3"/>
+      <c r="G2" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="H2" s="6" t="n">
+        <v>300</v>
+      </c>
+      <c r="I2" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="J2" s="9"/>
+      <c r="K2" s="3" t="inlineStr">
+        <is>
+          <t>Наказ МОН від 01.12.2025 № 207-л</t>
+        </is>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="A1:K2"/>
+  <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
+  <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
+  <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
+  <headerFooter differentFirst="false" differentOddEven="false">
+    <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
+    <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
+  </headerFooter>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:D3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="100"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="1024" min="5" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Професії</t>
         </is>
       </c>
@@ -2328,56 +2509,56 @@
 </t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
         <v>270</v>
       </c>
       <c r="C3" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D3" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:D3"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:K71"/>
+  <dimension ref="A1:K72"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="1024" min="12" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
@@ -3379,178 +3560,176 @@
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B25" s="8" t="inlineStr">
         <is>
           <t>254</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Забезпечення військ (сил)</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="6" t="n">
         <v>48415</v>
       </c>
       <c r="F25" s="3" t="inlineStr">
         <is>
           <t>Тилове забезпечення підрозділів Національної гвардії України</t>
         </is>
       </c>
       <c r="G25" s="3"/>
       <c r="H25" s="8" t="inlineStr">
         <is>
-          <t>- 10310</t>
+          <t>- 20014</t>
         </is>
       </c>
       <c r="I25" s="9" t="n">
-        <v>46059</v>
+        <v>46435</v>
       </c>
       <c r="J25" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K25" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="8" t="inlineStr">
         <is>
           <t>254</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Забезпечення військ (сил)</t>
         </is>
       </c>
       <c r="D26" s="3"/>
       <c r="E26" s="6" t="n">
         <v>48416</v>
       </c>
       <c r="F26" s="3" t="inlineStr">
         <is>
           <t>Лінгвістичне забезпечення та комунікація</t>
         </is>
       </c>
       <c r="G26" s="3"/>
       <c r="H26" s="8" t="inlineStr">
         <is>
-          <t>- 10309</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I26" s="9"/>
       <c r="J26" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K26" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B27" s="8" t="inlineStr">
         <is>
           <t>255</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Озброєння та військова техніка</t>
         </is>
       </c>
       <c r="D27" s="3"/>
       <c r="E27" s="6" t="n">
         <v>36817</v>
       </c>
       <c r="F27" s="3" t="inlineStr">
         <is>
           <t>Експлуатація та відновлення автомобілів та бойових машин підрозділів Національної гвардії України</t>
         </is>
       </c>
       <c r="G27" s="3"/>
       <c r="H27" s="8" t="inlineStr">
         <is>
           <t>- 91</t>
         </is>
       </c>
       <c r="I27" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J27" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K27" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B28" s="8" t="inlineStr">
         <is>
           <t>255</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Озброєння та військова техніка</t>
         </is>
       </c>
       <c r="D28" s="3"/>
       <c r="E28" s="6" t="n">
         <v>36818</v>
       </c>
       <c r="F28" s="3" t="inlineStr">
         <is>
           <t>Експлуатація та відновлення ракетного, артилерійського та стрілецького озброєння підрозділів Національної гвардії України</t>
         </is>
       </c>
       <c r="G28" s="3"/>
       <c r="H28" s="8" t="inlineStr">
         <is>
           <t>- 93</t>
         </is>
       </c>
       <c r="I28" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J28" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K28" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="8" t="inlineStr">
         <is>
           <t>255</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Озброєння та військова техніка</t>
         </is>
       </c>
       <c r="D29" s="3"/>
@@ -3882,1546 +4061,1591 @@
           <t>Робота з персоналом у підрозділах Національної гвардії України</t>
         </is>
       </c>
       <c r="G37" s="3"/>
       <c r="H37" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I37" s="9"/>
       <c r="J37" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K37" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B38" s="8" t="inlineStr">
         <is>
-          <t>K7</t>
+          <t>K6</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
-          <t>Озброєння та військова техніка</t>
+          <t>Забезпечення військ (сил)</t>
         </is>
       </c>
       <c r="D38" s="3"/>
       <c r="E38" s="6" t="n">
-        <v>73815</v>
+        <v>88177</v>
       </c>
       <c r="F38" s="3" t="inlineStr">
         <is>
-          <t>Експлуатація та ремонт озброєння, військової та спеціальної техніки підрозділів Національної гвардії України</t>
+          <t>Тилове забезпечення підрозділів Національної гвардії України</t>
         </is>
       </c>
       <c r="G38" s="3"/>
       <c r="H38" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I38" s="9"/>
       <c r="J38" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K38" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Бакалавр</t>
         </is>
       </c>
       <c r="B39" s="8" t="inlineStr">
         <is>
-          <t>011</t>
+          <t>K7</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
-          <t>Освітні, педагогічні науки</t>
+          <t>Озброєння та військова техніка</t>
         </is>
       </c>
       <c r="D39" s="3"/>
       <c r="E39" s="6" t="n">
-        <v>63419</v>
+        <v>73815</v>
       </c>
       <c r="F39" s="3" t="inlineStr">
         <is>
-          <t>Педагогіка вищої школи</t>
-[...6 lines deleted...]
-      </c>
+          <t>Експлуатація та ремонт озброєння, військової та спеціальної техніки підрозділів Національної гвардії України</t>
+        </is>
+      </c>
+      <c r="G39" s="3"/>
       <c r="H39" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I39" s="9"/>
       <c r="J39" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K39" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B40" s="8" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>011</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
+          <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D40" s="3"/>
       <c r="E40" s="6" t="n">
-        <v>34739</v>
+        <v>63419</v>
       </c>
       <c r="F40" s="3" t="inlineStr">
         <is>
-          <t>Загальний переклад</t>
+          <t>Педагогіка вищої школи</t>
         </is>
       </c>
       <c r="G40" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H40" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I40" s="9"/>
       <c r="J40" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K40" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B41" s="8" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D41" s="3"/>
       <c r="E41" s="6" t="n">
-        <v>53476</v>
+        <v>34739</v>
       </c>
       <c r="F41" s="3" t="inlineStr">
         <is>
-          <t>Організація психологічного забезпечення у підрозділах Національної гвардії України</t>
+          <t>Загальний переклад</t>
         </is>
       </c>
       <c r="G41" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H41" s="8" t="inlineStr">
         <is>
-          <t>- 11319</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I41" s="9"/>
       <c r="J41" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K41" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B42" s="8" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D42" s="3"/>
       <c r="E42" s="6" t="n">
-        <v>34742</v>
+        <v>53476</v>
       </c>
       <c r="F42" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент організацій та адміністрування</t>
+          <t>Організація психологічного забезпечення у підрозділах Національної гвардії України</t>
         </is>
       </c>
       <c r="G42" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H42" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I42" s="9"/>
+          <t>- 11319</t>
+        </is>
+      </c>
+      <c r="I42" s="9" t="n">
+        <v>46134</v>
+      </c>
       <c r="J42" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K42" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B43" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D43" s="3"/>
       <c r="E43" s="6" t="n">
-        <v>36820</v>
+        <v>34742</v>
       </c>
       <c r="F43" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент підприємств і організацій харчування</t>
+          <t>Менеджмент організацій та адміністрування</t>
         </is>
       </c>
       <c r="G43" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H43" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I43" s="9"/>
       <c r="J43" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K43" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B44" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D44" s="3"/>
       <c r="E44" s="6" t="n">
-        <v>46547</v>
+        <v>36820</v>
       </c>
       <c r="F44" s="3" t="inlineStr">
         <is>
-          <t>Тилове забезпечення Національної гвардії України</t>
+          <t>Менеджмент підприємств і організацій харчування</t>
         </is>
       </c>
       <c r="G44" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H44" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I44" s="9"/>
       <c r="J44" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K44" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B45" s="8" t="inlineStr">
         <is>
-          <t>251</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
-          <t>Державна безпека</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D45" s="3"/>
       <c r="E45" s="6" t="n">
-        <v>46049</v>
+        <v>46547</v>
       </c>
       <c r="F45" s="3" t="inlineStr">
         <is>
-          <t>Морально-психологічне забезпечення дій військових частин і з’єднань Національної гвардії України</t>
+          <t>Тилове забезпечення Національної гвардії України</t>
         </is>
       </c>
       <c r="G45" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H45" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I45" s="9"/>
       <c r="J45" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K45" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B46" s="8" t="inlineStr">
         <is>
           <t>251</t>
         </is>
       </c>
       <c r="C46" s="3" t="inlineStr">
         <is>
           <t>Державна безпека</t>
         </is>
       </c>
       <c r="D46" s="3"/>
       <c r="E46" s="6" t="n">
-        <v>50409</v>
+        <v>46049</v>
       </c>
       <c r="F46" s="3" t="inlineStr">
         <is>
-          <t>Службово-бойова діяльність військових частин і з’єднань Національної гвардії України із забезпечення державної безпеки</t>
+          <t>Морально-психологічне забезпечення дій військових частин і з’єднань Національної гвардії України</t>
         </is>
       </c>
       <c r="G46" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H46" s="8" t="inlineStr">
         <is>
-          <t>- 10587</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I46" s="9"/>
       <c r="J46" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K46" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B47" s="8" t="inlineStr">
         <is>
-          <t>253</t>
+          <t>251</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
-          <t>Військове управління</t>
+          <t>Державна безпека</t>
         </is>
       </c>
       <c r="D47" s="3"/>
       <c r="E47" s="6" t="n">
-        <v>46545</v>
+        <v>50409</v>
       </c>
       <c r="F47" s="3" t="inlineStr">
         <is>
-          <t>Службово-бойове застосування та управління діями військових частин і з’єднань Національної гвардії України</t>
+          <t>Службово-бойова діяльність військових частин і з’єднань Національної гвардії України із забезпечення державної безпеки</t>
         </is>
       </c>
       <c r="G47" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H47" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I47" s="9"/>
+          <t>- 10587</t>
+        </is>
+      </c>
+      <c r="I47" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J47" s="8" t="inlineStr">
         <is>
-          <t>НД 2182304</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K47" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B48" s="8" t="inlineStr">
         <is>
-          <t>254</t>
+          <t>253</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
-          <t>Забезпечення військ (сил)</t>
+          <t>Військове управління</t>
         </is>
       </c>
       <c r="D48" s="3"/>
       <c r="E48" s="6" t="n">
-        <v>36812</v>
+        <v>46545</v>
       </c>
       <c r="F48" s="3" t="inlineStr">
         <is>
-          <t>Організація технічного забезпечення військових частин і з’єднань Національної гвардії України</t>
+          <t>Службово-бойове застосування та управління діями військових частин і з’єднань Національної гвардії України</t>
         </is>
       </c>
       <c r="G48" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H48" s="8" t="inlineStr">
         <is>
-          <t>- 13883</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I48" s="9"/>
       <c r="J48" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K48" s="9"/>
+          <t>НД 2182304</t>
+        </is>
+      </c>
+      <c r="K48" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B49" s="8" t="inlineStr">
         <is>
           <t>254</t>
         </is>
       </c>
       <c r="C49" s="3" t="inlineStr">
         <is>
           <t>Забезпечення військ (сил)</t>
         </is>
       </c>
       <c r="D49" s="3"/>
       <c r="E49" s="6" t="n">
-        <v>36813</v>
+        <v>36812</v>
       </c>
       <c r="F49" s="3" t="inlineStr">
         <is>
-          <t>Організація тилового забезпечення військових частин і з’єднань Національної гвардії України</t>
+          <t>Організація технічного забезпечення військових частин і з’єднань Національної гвардії України</t>
         </is>
       </c>
       <c r="G49" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H49" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I49" s="9"/>
+          <t>- 13883</t>
+        </is>
+      </c>
+      <c r="I49" s="9" t="n">
+        <v>46183</v>
+      </c>
       <c r="J49" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K49" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B50" s="8" t="inlineStr">
         <is>
           <t>254</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
           <t>Забезпечення військ (сил)</t>
         </is>
       </c>
       <c r="D50" s="3"/>
       <c r="E50" s="6" t="n">
-        <v>36814</v>
+        <v>36813</v>
       </c>
       <c r="F50" s="3" t="inlineStr">
         <is>
-          <t>Тилове забезпечення військових частин Національної гвардії України</t>
+          <t>Організація тилового забезпечення військових частин і з’єднань Національної гвардії України</t>
         </is>
       </c>
       <c r="G50" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H50" s="8" t="inlineStr">
         <is>
-          <t>- 88</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I50" s="9"/>
       <c r="J50" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K50" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B51" s="8" t="inlineStr">
         <is>
           <t>254</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
           <t>Забезпечення військ (сил)</t>
         </is>
       </c>
       <c r="D51" s="3"/>
       <c r="E51" s="6" t="n">
-        <v>36815</v>
+        <v>36814</v>
       </c>
       <c r="F51" s="3" t="inlineStr">
         <is>
-          <t>Лінгвістичне забезпечення та стратегічні комунікації</t>
+          <t>Тилове забезпечення військових частин Національної гвардії України</t>
         </is>
       </c>
       <c r="G51" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H51" s="8" t="inlineStr">
         <is>
-          <t>- 87</t>
+          <t>- 88</t>
         </is>
       </c>
       <c r="I51" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J51" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K51" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B52" s="8" t="inlineStr">
         <is>
           <t>254</t>
         </is>
       </c>
       <c r="C52" s="3" t="inlineStr">
         <is>
           <t>Забезпечення військ (сил)</t>
         </is>
       </c>
       <c r="D52" s="3"/>
       <c r="E52" s="6" t="n">
-        <v>50410</v>
+        <v>36815</v>
       </c>
       <c r="F52" s="3" t="inlineStr">
         <is>
-          <t>Морально-психологічне забезпечення службово-бойової діяльності військових частин Національної гвардії України</t>
+          <t>Лінгвістичне забезпечення та стратегічні комунікації</t>
         </is>
       </c>
       <c r="G52" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H52" s="8" t="inlineStr">
         <is>
-          <t>- 10311</t>
+          <t>- 87</t>
         </is>
       </c>
       <c r="I52" s="9" t="n">
-        <v>46059</v>
+        <v>46387</v>
       </c>
       <c r="J52" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K52" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B53" s="8" t="inlineStr">
         <is>
-          <t>255</t>
+          <t>254</t>
         </is>
       </c>
       <c r="C53" s="3" t="inlineStr">
         <is>
-          <t>Озброєння та військова техніка</t>
+          <t>Забезпечення військ (сил)</t>
         </is>
       </c>
       <c r="D53" s="3"/>
       <c r="E53" s="6" t="n">
-        <v>36816</v>
+        <v>50410</v>
       </c>
       <c r="F53" s="3" t="inlineStr">
         <is>
-          <t>Експлуатація та відновлення автомобілів та бойових машин військових частин Національної гвардії України</t>
+          <t>Морально-психологічне забезпечення службово-бойової діяльності військових частин Національної гвардії України</t>
         </is>
       </c>
       <c r="G53" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H53" s="8" t="inlineStr">
         <is>
-          <t>- 92</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I53" s="9"/>
       <c r="J53" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K53" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B54" s="8" t="inlineStr">
         <is>
           <t>255</t>
         </is>
       </c>
       <c r="C54" s="3" t="inlineStr">
         <is>
           <t>Озброєння та військова техніка</t>
         </is>
       </c>
       <c r="D54" s="3"/>
       <c r="E54" s="6" t="n">
-        <v>48380</v>
+        <v>36816</v>
       </c>
       <c r="F54" s="3" t="inlineStr">
         <is>
-          <t>Експлуатація та відновлення ракетного, артилерійського та стрілецького озброєння НГУ</t>
+          <t>Експлуатація та відновлення автомобілів та бойових машин військових частин Національної гвардії України</t>
         </is>
       </c>
       <c r="G54" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H54" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I54" s="9"/>
+          <t>- 92</t>
+        </is>
+      </c>
+      <c r="I54" s="9" t="n">
+        <v>46387</v>
+      </c>
       <c r="J54" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K54" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B55" s="8" t="inlineStr">
         <is>
           <t>255</t>
         </is>
       </c>
       <c r="C55" s="3" t="inlineStr">
         <is>
           <t>Озброєння та військова техніка</t>
         </is>
       </c>
       <c r="D55" s="3"/>
       <c r="E55" s="6" t="n">
-        <v>63498</v>
+        <v>48380</v>
       </c>
       <c r="F55" s="3" t="inlineStr">
         <is>
-          <t>Експлуатація та відновлення озброєння, військової та спеціальної техніки Національної гвардії України</t>
+          <t>Експлуатація та відновлення ракетного, артилерійського та стрілецького озброєння НГУ</t>
         </is>
       </c>
       <c r="G55" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H55" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I55" s="9"/>
       <c r="J55" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K55" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B56" s="8" t="inlineStr">
         <is>
-          <t>274</t>
+          <t>255</t>
         </is>
       </c>
       <c r="C56" s="3" t="inlineStr">
         <is>
-          <t>Автомобільний транспорт</t>
+          <t>Озброєння та військова техніка</t>
         </is>
       </c>
       <c r="D56" s="3"/>
       <c r="E56" s="6" t="n">
-        <v>34741</v>
+        <v>63498</v>
       </c>
       <c r="F56" s="3" t="inlineStr">
         <is>
-          <t>Автомобільне господарство</t>
+          <t>Експлуатація та відновлення озброєння, військової та спеціальної техніки Національної гвардії України</t>
         </is>
       </c>
       <c r="G56" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H56" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I56" s="9"/>
       <c r="J56" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K56" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B57" s="8" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C57" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D57" s="3"/>
       <c r="E57" s="6" t="n">
-        <v>36819</v>
+        <v>34741</v>
       </c>
       <c r="F57" s="3" t="inlineStr">
         <is>
-          <t>Автомобілі та автомобільне господарство</t>
+          <t>Автомобільне господарство</t>
         </is>
       </c>
       <c r="G57" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H57" s="8" t="inlineStr">
         <is>
-          <t>- 220</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I57" s="9"/>
       <c r="J57" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K57" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B58" s="8" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C58" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D58" s="3"/>
       <c r="E58" s="6" t="n">
-        <v>46546</v>
+        <v>36819</v>
       </c>
       <c r="F58" s="3" t="inlineStr">
         <is>
-          <t>Технічне забезпечення військових частин Національної гвардії України</t>
+          <t>Автомобілі та автомобільне господарство</t>
         </is>
       </c>
       <c r="G58" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H58" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I58" s="9"/>
+          <t>- 220</t>
+        </is>
+      </c>
+      <c r="I58" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J58" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K58" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B59" s="8" t="inlineStr">
         <is>
-          <t>A1</t>
+          <t>274</t>
         </is>
       </c>
       <c r="C59" s="3" t="inlineStr">
         <is>
-          <t>Освітні науки</t>
+          <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D59" s="3"/>
       <c r="E59" s="6" t="n">
-        <v>74666</v>
+        <v>46546</v>
       </c>
       <c r="F59" s="3" t="inlineStr">
         <is>
-          <t>Педагогіка вищої школи</t>
+          <t>Технічне забезпечення військових частин Національної гвардії України</t>
         </is>
       </c>
       <c r="G59" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H59" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I59" s="9"/>
       <c r="J59" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K59" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B60" s="8" t="inlineStr">
         <is>
-          <t>C4</t>
+          <t>A1</t>
         </is>
       </c>
       <c r="C60" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Освітні науки</t>
         </is>
       </c>
       <c r="D60" s="3"/>
       <c r="E60" s="6" t="n">
-        <v>74665</v>
+        <v>74666</v>
       </c>
       <c r="F60" s="3" t="inlineStr">
         <is>
-          <t>Організація психологічного забезпечення у підрозділах Національної гвардії України</t>
+          <t>Педагогіка вищої школи</t>
         </is>
       </c>
       <c r="G60" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H60" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I60" s="9"/>
       <c r="J60" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K60" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B61" s="8" t="inlineStr">
         <is>
-          <t>J8</t>
+          <t>C4</t>
         </is>
       </c>
       <c r="C61" s="3" t="inlineStr">
         <is>
-          <t>Автомобільний транспорт</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D61" s="3"/>
       <c r="E61" s="6" t="n">
-        <v>74664</v>
+        <v>74665</v>
       </c>
       <c r="F61" s="3" t="inlineStr">
         <is>
-          <t>Автомобілі та автомобільне господарство</t>
+          <t>Організація психологічного забезпечення у підрозділах Національної гвардії України</t>
         </is>
       </c>
       <c r="G61" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H61" s="8" t="inlineStr">
         <is>
-          <t>- 17021</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I61" s="9"/>
       <c r="J61" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K61" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B62" s="8" t="inlineStr">
         <is>
-          <t>K1</t>
+          <t>J8</t>
         </is>
       </c>
       <c r="C62" s="3" t="inlineStr">
         <is>
-          <t>Державна безпека</t>
+          <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D62" s="3"/>
       <c r="E62" s="6" t="n">
-        <v>73825</v>
+        <v>74664</v>
       </c>
       <c r="F62" s="3" t="inlineStr">
         <is>
-          <t>Службово-бойова діяльність військових частин і з’єднань Національної гвардії України із забезпечення державної безпеки</t>
+          <t>Автомобілі та автомобільне господарство</t>
         </is>
       </c>
       <c r="G62" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H62" s="8" t="inlineStr">
         <is>
-          <t>- 17019</t>
+          <t>- 17021</t>
         </is>
       </c>
       <c r="I62" s="9" t="n">
-        <v>47665</v>
+        <v>46204</v>
       </c>
       <c r="J62" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K62" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B63" s="8" t="inlineStr">
         <is>
-          <t>K7</t>
+          <t>K1</t>
         </is>
       </c>
       <c r="C63" s="3" t="inlineStr">
         <is>
-          <t>Озброєння та військова техніка</t>
+          <t>Державна безпека</t>
         </is>
       </c>
       <c r="D63" s="3"/>
       <c r="E63" s="6" t="n">
-        <v>73829</v>
+        <v>73825</v>
       </c>
       <c r="F63" s="3" t="inlineStr">
         <is>
-          <t>Експлуатація та відновлення озброєння, військової та спеціальної техніки Національної гвардії України</t>
+          <t>Службово-бойова діяльність військових частин і з’єднань Національної гвардії України із забезпечення державної безпеки</t>
         </is>
       </c>
       <c r="G63" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H63" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I63" s="9"/>
+          <t>- 17019</t>
+        </is>
+      </c>
+      <c r="I63" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J63" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K63" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3" t="inlineStr">
         <is>
-          <t>Доктор філософії</t>
+          <t>Магістр</t>
         </is>
       </c>
       <c r="B64" s="8" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>K7</t>
         </is>
       </c>
       <c r="C64" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Озброєння та військова техніка</t>
         </is>
       </c>
       <c r="D64" s="3"/>
       <c r="E64" s="6" t="n">
-        <v>57498</v>
+        <v>73829</v>
       </c>
       <c r="F64" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Експлуатація та відновлення озброєння, військової та спеціальної техніки Національної гвардії України</t>
         </is>
       </c>
       <c r="G64" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H64" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I64" s="9"/>
       <c r="J64" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K64" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B65" s="8" t="inlineStr">
         <is>
-          <t>251</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C65" s="3" t="inlineStr">
         <is>
-          <t>Державна безпека</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D65" s="3"/>
       <c r="E65" s="6" t="n">
-        <v>36811</v>
+        <v>57498</v>
       </c>
       <c r="F65" s="3" t="inlineStr">
         <is>
-          <t>Службово-бойова діяльність Національної гвардії України</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="G65" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H65" s="8" t="inlineStr">
         <is>
-          <t>- 649</t>
+          <t>- 19488</t>
         </is>
       </c>
       <c r="I65" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J65" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K65" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B66" s="8" t="inlineStr">
         <is>
           <t>251</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
           <t>Державна безпека</t>
         </is>
       </c>
       <c r="D66" s="3"/>
       <c r="E66" s="6" t="n">
-        <v>57499</v>
+        <v>36811</v>
       </c>
       <c r="F66" s="3" t="inlineStr">
         <is>
-          <t>Державна безпека</t>
+          <t>Службово-бойова діяльність Національної гвардії України</t>
         </is>
       </c>
       <c r="G66" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H66" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I66" s="9"/>
+          <t>- 649</t>
+        </is>
+      </c>
+      <c r="I66" s="9" t="n">
+        <v>46387</v>
+      </c>
       <c r="J66" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K66" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B67" s="8" t="inlineStr">
         <is>
-          <t>254</t>
+          <t>251</t>
         </is>
       </c>
       <c r="C67" s="3" t="inlineStr">
         <is>
-          <t>Забезпечення військ (сил)</t>
+          <t>Державна безпека</t>
         </is>
       </c>
       <c r="D67" s="3"/>
       <c r="E67" s="6" t="n">
-        <v>52444</v>
+        <v>57499</v>
       </c>
       <c r="F67" s="3" t="inlineStr">
         <is>
-          <t>Забезпечення службово-бойової діяльності Національної гвардії України</t>
+          <t>Державна безпека</t>
         </is>
       </c>
       <c r="G67" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H67" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I67" s="9"/>
+          <t>- 19550</t>
+        </is>
+      </c>
+      <c r="I67" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J67" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K67" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B68" s="8" t="inlineStr">
         <is>
-          <t>255</t>
+          <t>254</t>
         </is>
       </c>
       <c r="C68" s="3" t="inlineStr">
         <is>
-          <t>Озброєння та військова техніка</t>
+          <t>Забезпечення військ (сил)</t>
         </is>
       </c>
       <c r="D68" s="3"/>
       <c r="E68" s="6" t="n">
-        <v>50411</v>
+        <v>52444</v>
       </c>
       <c r="F68" s="3" t="inlineStr">
         <is>
-          <t>Озброєння, військова та спеціальна техніка Національної гвардії України</t>
+          <t>Забезпечення службово-бойової діяльності Національної гвардії України</t>
         </is>
       </c>
       <c r="G68" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H68" s="8" t="inlineStr">
         <is>
-          <t>- 8261</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I68" s="9"/>
       <c r="J68" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K68" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B69" s="8" t="inlineStr">
         <is>
-          <t>C4</t>
+          <t>255</t>
         </is>
       </c>
       <c r="C69" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Озброєння та військова техніка</t>
         </is>
       </c>
       <c r="D69" s="3"/>
       <c r="E69" s="6" t="n">
-        <v>74663</v>
+        <v>50411</v>
       </c>
       <c r="F69" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Озброєння, військова та спеціальна техніка Національної гвардії України</t>
         </is>
       </c>
       <c r="G69" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H69" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I69" s="9"/>
+          <t>- 8261</t>
+        </is>
+      </c>
+      <c r="I69" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J69" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K69" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B70" s="8" t="inlineStr">
         <is>
-          <t>K1</t>
+          <t>C4</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
-          <t>Державна безпека</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D70" s="3"/>
       <c r="E70" s="6" t="n">
-        <v>73831</v>
+        <v>74663</v>
       </c>
       <c r="F70" s="3" t="inlineStr">
         <is>
-          <t>Державна безпека</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="G70" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H70" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I70" s="9"/>
+          <t>- 19907</t>
+        </is>
+      </c>
+      <c r="I70" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J70" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K70" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B71" s="8" t="inlineStr">
         <is>
-          <t>K7</t>
+          <t>K1</t>
         </is>
       </c>
       <c r="C71" s="3" t="inlineStr">
         <is>
-          <t>Озброєння та військова техніка</t>
+          <t>Державна безпека</t>
         </is>
       </c>
       <c r="D71" s="3"/>
       <c r="E71" s="6" t="n">
+        <v>73831</v>
+      </c>
+      <c r="F71" s="3" t="inlineStr">
+        <is>
+          <t>Державна безпека</t>
+        </is>
+      </c>
+      <c r="G71" s="3" t="inlineStr">
+        <is>
+          <t>Освітньо-наукова</t>
+        </is>
+      </c>
+      <c r="H71" s="8" t="inlineStr">
+        <is>
+          <t>- 19906</t>
+        </is>
+      </c>
+      <c r="I71" s="9" t="n">
+        <v>48030</v>
+      </c>
+      <c r="J71" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K71" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="3" t="inlineStr">
+        <is>
+          <t>Доктор філософії</t>
+        </is>
+      </c>
+      <c r="B72" s="8" t="inlineStr">
+        <is>
+          <t>K7</t>
+        </is>
+      </c>
+      <c r="C72" s="3" t="inlineStr">
+        <is>
+          <t>Озброєння та військова техніка</t>
+        </is>
+      </c>
+      <c r="D72" s="3"/>
+      <c r="E72" s="6" t="n">
         <v>73833</v>
       </c>
-      <c r="F71" s="3" t="inlineStr">
+      <c r="F72" s="3" t="inlineStr">
         <is>
           <t>Озброєння, військова та спеціальна техніка Національної гвардії України</t>
         </is>
       </c>
-      <c r="G71" s="3" t="inlineStr">
+      <c r="G72" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
-      <c r="H71" s="8" t="inlineStr">
+      <c r="H72" s="8" t="inlineStr">
         <is>
           <t>- 17020</t>
         </is>
       </c>
-      <c r="I71" s="9" t="n">
+      <c r="I72" s="9" t="n">
         <v>47300</v>
       </c>
-      <c r="J71" s="8" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K71" s="9"/>
+      <c r="J72" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K72" s="9"/>
     </row>
   </sheetData>
-  <autoFilter ref="A1:K71"/>
+  <autoFilter ref="A1:K72"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I4"/>
+  <dimension ref="A1:I7"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -5452,143 +5676,242 @@
       </c>
       <c r="G1" s="4" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="H1" s="4" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>C4</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="6" t="n">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
-          <t>251</t>
+          <t>K1</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Державна безпека</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="6" t="n">
-        <v>11</v>
+        <v>4</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
-          <t>255</t>
+          <t>K7</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Озброєння та військова техніка</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="6" t="n">
+        <v>3</v>
+      </c>
+      <c r="G4" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="H4" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="I4" s="6" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
+      <c r="A5" s="3" t="inlineStr">
+        <is>
+          <t>Доктор філософії</t>
+        </is>
+      </c>
+      <c r="B5" s="8" t="inlineStr">
+        <is>
+          <t>053</t>
+        </is>
+      </c>
+      <c r="C5" s="3" t="inlineStr">
+        <is>
+          <t>Психологія</t>
+        </is>
+      </c>
+      <c r="D5" s="3"/>
+      <c r="E5" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="F5" s="6" t="n">
+        <v>7</v>
+      </c>
+      <c r="G5" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="H5" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="I5" s="6" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
+      <c r="A6" s="3" t="inlineStr">
+        <is>
+          <t>Доктор філософії</t>
+        </is>
+      </c>
+      <c r="B6" s="8" t="inlineStr">
+        <is>
+          <t>251</t>
+        </is>
+      </c>
+      <c r="C6" s="3" t="inlineStr">
+        <is>
+          <t>Державна безпека</t>
+        </is>
+      </c>
+      <c r="D6" s="3"/>
+      <c r="E6" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="F6" s="6" t="n">
+        <v>11</v>
+      </c>
+      <c r="G6" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="H6" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="I6" s="6" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
+      <c r="A7" s="3" t="inlineStr">
+        <is>
+          <t>Доктор філософії</t>
+        </is>
+      </c>
+      <c r="B7" s="8" t="inlineStr">
+        <is>
+          <t>255</t>
+        </is>
+      </c>
+      <c r="C7" s="3" t="inlineStr">
+        <is>
+          <t>Озброєння та військова техніка</t>
+        </is>
+      </c>
+      <c r="D7" s="3"/>
+      <c r="E7" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="F7" s="6" t="n">
         <v>2</v>
       </c>
-      <c r="G4" s="6" t="n">
-[...5 lines deleted...]
-      <c r="I4" s="6" t="n">
+      <c r="G7" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="H7" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:I4"/>
+  <autoFilter ref="A1:I7"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>