--- v0 (2025-11-06)
+++ v1 (2026-02-22)
@@ -21,57 +21,57 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="ВСП" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Факультети" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Ліцензії ПТО" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Освітні програми" sheetId="7" state="visible" r:id="rId8"/>
     <sheet name="Здобувачі ВО" sheetId="8" state="visible" r:id="rId9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'ВСП'!$A$1:$E$27</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'ВСП'!$A$1:$E$26</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$13</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$102</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПТО'!$A$1:$D$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$120</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$50</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$49</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -360,63 +360,63 @@
         <is>
           <t>м. Київ</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="2" t="inlineStr">
         <is>
           <t>Населений пункт (місцезнаходження)</t>
         </is>
       </c>
       <c r="B14" s="3" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Адреса (місцезнаходження)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
-          <t>вул. Чигоріна, 20</t>
+          <t>вул. Дорошенка Дмитра, 20</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон / факс</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>(044)285-00-36</t>
+          <t>+38(044)-285-00-36</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B17" s="3" t="inlineStr">
         <is>
           <t>kuk_kiev@ukr.net</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>https://kuk.edu.ua/</t>
         </is>
@@ -449,51 +449,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="B21" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:B21"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:E27"/>
+  <dimension ref="A1:E26"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="7"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="22"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="1024" min="6" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Назва закладу освіти</t>
         </is>
       </c>
       <c r="B1" s="5" t="inlineStr">
         <is>
           <t>Код</t>
         </is>
@@ -545,649 +545,624 @@
           <t>"Дніпровський фаховий коледж Київського університету культури"</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
         <v>1552</v>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="D3" s="7" t="inlineStr">
         <is>
           <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="E3" s="3" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
-          <t>"Коледж Миколаївської академії перукарського мистецтва Київського університету культури"</t>
+          <t>"Коледж Української академії перукарської майстерності та декоративної косметики Київського університету культури"</t>
         </is>
       </c>
       <c r="B4" s="6" t="n">
-        <v>1533</v>
+        <v>1522</v>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
-          <t>Миколаївська обл.</t>
+          <t>м. Київ</t>
         </is>
       </c>
       <c r="D4" s="7" t="inlineStr">
         <is>
-          <t>UA48060150010035747</t>
+          <t>UA80000000000624772</t>
         </is>
       </c>
       <c r="E4" s="3" t="inlineStr">
         <is>
-          <t>м. Миколаїв</t>
+          <t>м. Київ</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
-          <t>"Коледж Української академії перукарської майстерності та декоративної косметики Київського університету культури"</t>
+          <t>"Львівський фаховий коледж Київського університету культури"</t>
         </is>
       </c>
       <c r="B5" s="6" t="n">
-        <v>1522</v>
+        <v>1537</v>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
-          <t>м. Київ</t>
+          <t>Львівська обл.</t>
         </is>
       </c>
       <c r="D5" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000624772</t>
+          <t>UA46060250010615203</t>
         </is>
       </c>
       <c r="E5" s="3" t="inlineStr">
         <is>
-          <t>м. Київ</t>
+          <t>м. Львів</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
-          <t>"Львівський фаховий коледж Київського університету культури"</t>
+          <t>"Миколаївський фаховий коледж Київського університету культури"</t>
         </is>
       </c>
       <c r="B6" s="6" t="n">
-        <v>1537</v>
+        <v>1534</v>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
-          <t>Львівська обл.</t>
+          <t>Миколаївська обл.</t>
         </is>
       </c>
       <c r="D6" s="7" t="inlineStr">
         <is>
-          <t>UA46060250010615203</t>
+          <t>UA48060150010035747</t>
         </is>
       </c>
       <c r="E6" s="3" t="inlineStr">
         <is>
-          <t>м. Львів</t>
+          <t>м. Миколаїв</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
-          <t>"Миколаївський фаховий коледж Київського університету культури"</t>
+          <t>"Одеський коледж Київського університету культури"</t>
         </is>
       </c>
       <c r="B7" s="6" t="n">
-        <v>1534</v>
+        <v>1569</v>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
-          <t>Миколаївська обл.</t>
+          <t>Одеська обл.</t>
         </is>
       </c>
       <c r="D7" s="7" t="inlineStr">
         <is>
-          <t>UA48060150010035747</t>
+          <t>UA51100270010076757</t>
         </is>
       </c>
       <c r="E7" s="3" t="inlineStr">
         <is>
-          <t>м. Миколаїв</t>
+          <t>м. Одеса</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
-          <t>"Одеський коледж Київського університету культури"</t>
+          <t>"Фаховий коледж Київського університету культури"</t>
         </is>
       </c>
       <c r="B8" s="6" t="n">
-        <v>1569</v>
+        <v>1520</v>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
-          <t>Одеська обл.</t>
+          <t>м. Київ</t>
         </is>
       </c>
       <c r="D8" s="7" t="inlineStr">
         <is>
-          <t>UA51100270010076757</t>
+          <t>UA80000000000624772</t>
         </is>
       </c>
       <c r="E8" s="3" t="inlineStr">
         <is>
-          <t>м. Одеса</t>
+          <t>м. Київ</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
-          <t>"Фаховий коледж Київського університету культури"</t>
+          <t>Відокремлений підрозділ "Вінницький факультет менеджменту і бізнесу Київського університету культури"</t>
         </is>
       </c>
       <c r="B9" s="6" t="n">
-        <v>1520</v>
+        <v>1540</v>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
-          <t>м. Київ</t>
+          <t>Вінницька обл.</t>
         </is>
       </c>
       <c r="D9" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000624772</t>
+          <t>UA05020030010063857</t>
         </is>
       </c>
       <c r="E9" s="3" t="inlineStr">
         <is>
-          <t>м. Київ</t>
+          <t>м. Вінниця</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
-          <t>Відокремлений підрозділ "Вінницький факультет менеджменту і бізнесу Київського університету культури"</t>
+          <t>Відокремлений підрозділ "Дніпровський факультет менеджменту і бізнесу Київського університету культури"</t>
         </is>
       </c>
       <c r="B10" s="6" t="n">
-        <v>1540</v>
+        <v>1559</v>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
-          <t>Вінницька обл.</t>
+          <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="D10" s="7" t="inlineStr">
         <is>
-          <t>UA05020030010063857</t>
+          <t>UA12020010010816623</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
-          <t>м. Вінниця</t>
+          <t>м. Дніпро</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
-          <t>Відокремлений підрозділ "Дніпровський факультет менеджменту і бізнесу Київського університету культури"</t>
+          <t>Відокремлений підрозділ "Донецька академія перукарського мистецтва Київського університету культури"</t>
         </is>
       </c>
       <c r="B11" s="6" t="n">
-        <v>1559</v>
+        <v>1562</v>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
-          <t>Дніпропетровська обл.</t>
+          <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="D11" s="7" t="inlineStr">
         <is>
-          <t>UA12020010010816623</t>
+          <t>UA23060070010228148</t>
         </is>
       </c>
       <c r="E11" s="3" t="inlineStr">
         <is>
-          <t>м. Дніпро</t>
+          <t>м. Запоріжжя</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
-          <t>Відокремлений підрозділ "Донецька академія перукарського мистецтва Київського університету культури"</t>
+          <t>Відокремлений підрозділ "Донецький факультет менеджменту і бізнесу Київського університету культури"</t>
         </is>
       </c>
       <c r="B12" s="6" t="n">
-        <v>1562</v>
+        <v>1571</v>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="D12" s="7" t="inlineStr">
         <is>
           <t>UA23060070010228148</t>
         </is>
       </c>
       <c r="E12" s="3" t="inlineStr">
         <is>
           <t>м. Запоріжжя</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
-          <t>Відокремлений підрозділ "Донецький факультет менеджменту і бізнесу Київського університету культури"</t>
+          <t>Відокремлений підрозділ "Запорізький факультет менеджменту і бізнесу Київського університету культури"</t>
         </is>
       </c>
       <c r="B13" s="6" t="n">
-        <v>1571</v>
+        <v>1551</v>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="D13" s="7" t="inlineStr">
         <is>
           <t>UA23060070010228148</t>
         </is>
       </c>
       <c r="E13" s="3" t="inlineStr">
         <is>
           <t>м. Запоріжжя</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
-          <t>Відокремлений підрозділ "Запорізький факультет менеджменту і бізнесу Київського університету культури"</t>
+          <t>Відокремлений підрозділ "Львівський факультет менеджменту і бізнесу Київського університету культури"</t>
         </is>
       </c>
       <c r="B14" s="6" t="n">
-        <v>1551</v>
+        <v>1564</v>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
-          <t>Запорізька обл.</t>
+          <t>Львівська обл.</t>
         </is>
       </c>
       <c r="D14" s="7" t="inlineStr">
         <is>
-          <t>UA23060070010228148</t>
+          <t>UA46060250010615203</t>
         </is>
       </c>
       <c r="E14" s="3" t="inlineStr">
         <is>
-          <t>м. Запоріжжя</t>
+          <t>м. Львів</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
-          <t>Відокремлений підрозділ "Львівський факультет менеджменту і бізнесу Київського університету культури"</t>
+          <t>Відокремлений підрозділ "Миколаївський факультет менеджменту і бізнесу Київського університету культури"</t>
         </is>
       </c>
       <c r="B15" s="6" t="n">
-        <v>1564</v>
+        <v>1566</v>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
-          <t>Львівська обл.</t>
+          <t>Миколаївська обл.</t>
         </is>
       </c>
       <c r="D15" s="7" t="inlineStr">
         <is>
-          <t>UA46060250010615203</t>
+          <t>UA48060150010139573</t>
         </is>
       </c>
       <c r="E15" s="3" t="inlineStr">
         <is>
-          <t>м. Львів</t>
+          <t>м. Миколаїв</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
-          <t>Відокремлений підрозділ "Миколаївський факультет менеджменту і бізнесу Київського університету культури"</t>
+          <t>Відокремлений підрозділ "Одеський факультет менеджменту і бізнесу Київського університету культури"</t>
         </is>
       </c>
       <c r="B16" s="6" t="n">
-        <v>1566</v>
+        <v>1574</v>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
-          <t>Миколаївська обл.</t>
+          <t>Одеська обл.</t>
         </is>
       </c>
       <c r="D16" s="7" t="inlineStr">
         <is>
-          <t>UA48060150010139573</t>
+          <t>UA51100270010275193</t>
         </is>
       </c>
       <c r="E16" s="3" t="inlineStr">
         <is>
-          <t>м. Миколаїв</t>
+          <t>м. Одеса</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
-          <t>Відокремлений підрозділ "Одеський факультет менеджменту і бізнесу Київського університету культури"</t>
+          <t>Донецький коледж Київського університету культури</t>
         </is>
       </c>
       <c r="B17" s="6" t="n">
-        <v>1574</v>
+        <v>1567</v>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
-          <t>Одеська обл.</t>
+          <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="D17" s="7" t="inlineStr">
         <is>
-          <t>UA51100270010275193</t>
+          <t>UA23060070010069526</t>
         </is>
       </c>
       <c r="E17" s="3" t="inlineStr">
         <is>
-          <t>м. Одеса</t>
+          <t>м. Запоріжжя</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
-          <t>Донецький коледж Київського університету культури</t>
+          <t>Запорізький коледж Київського університету культури</t>
         </is>
       </c>
       <c r="B18" s="6" t="n">
-        <v>1567</v>
+        <v>1532</v>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="D18" s="7" t="inlineStr">
         <is>
-          <t>UA23060070010069526</t>
+          <t>UA23060070010228148</t>
         </is>
       </c>
       <c r="E18" s="3" t="inlineStr">
         <is>
           <t>м. Запоріжжя</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
-          <t>Запорізький коледж Київського університету культури</t>
+          <t>Кіровоградський коледж Київського університету культури</t>
         </is>
       </c>
       <c r="B19" s="6" t="n">
-        <v>1532</v>
+        <v>1558</v>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
-          <t>Запорізька обл.</t>
+          <t>Кіровоградська обл.</t>
         </is>
       </c>
       <c r="D19" s="7" t="inlineStr">
         <is>
-          <t>UA23060070010228148</t>
+          <t>UA35040210010145346</t>
         </is>
       </c>
       <c r="E19" s="3" t="inlineStr">
         <is>
-          <t>м. Запоріжжя</t>
+          <t>м. Кропивницький</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
-          <t>Кіровоградський коледж Київського університету культури</t>
+          <t>Кіровоградський факультет менеджменту і бізнесу Київського університету культури</t>
         </is>
       </c>
       <c r="B20" s="6" t="n">
-        <v>1558</v>
+        <v>1577</v>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Кіровоградська обл.</t>
         </is>
       </c>
       <c r="D20" s="7" t="inlineStr">
         <is>
           <t>UA35040210010145346</t>
         </is>
       </c>
       <c r="E20" s="3" t="inlineStr">
         <is>
           <t>м. Кропивницький</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
-          <t>Кіровоградський факультет менеджменту і бізнесу Київського університету культури</t>
+          <t>Коледж Донецької академії перукарського мистецтва Київського університету культури</t>
         </is>
       </c>
       <c r="B21" s="6" t="n">
-        <v>1577</v>
+        <v>1560</v>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
-          <t>Кіровоградська обл.</t>
+          <t>Запорізька обл.</t>
         </is>
       </c>
       <c r="D21" s="7" t="inlineStr">
         <is>
-          <t>UA35040210010145346</t>
+          <t>UA23060070010228148</t>
         </is>
       </c>
       <c r="E21" s="3" t="inlineStr">
         <is>
-          <t>м. Кропивницький</t>
+          <t>м. Запоріжжя</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
-          <t>Коледж Донецької академії перукарського мистецтва Київського університету культури</t>
+          <t>Ужгородський коледж Київського університету культури</t>
         </is>
       </c>
       <c r="B22" s="6" t="n">
-        <v>1560</v>
+        <v>1553</v>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
-          <t>Запорізька обл.</t>
+          <t>Закарпатська обл.</t>
         </is>
       </c>
       <c r="D22" s="7" t="inlineStr">
         <is>
-          <t>UA23060070010228148</t>
+          <t>UA21100230010016545</t>
         </is>
       </c>
       <c r="E22" s="3" t="inlineStr">
         <is>
-          <t>м. Запоріжжя</t>
+          <t>м. Ужгород</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
-          <t>Ужгородський коледж Київського університету культури</t>
+          <t>Ужгородський факультет менеджменту і бізнесу Київського університету культури</t>
         </is>
       </c>
       <c r="B23" s="6" t="n">
-        <v>1553</v>
+        <v>1557</v>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Закарпатська обл.</t>
         </is>
       </c>
       <c r="D23" s="7" t="inlineStr">
         <is>
           <t>UA21100230010016545</t>
         </is>
       </c>
       <c r="E23" s="3" t="inlineStr">
         <is>
           <t>м. Ужгород</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
-          <t>Ужгородський факультет менеджменту і бізнесу Київського університету культури</t>
+          <t>Українська академія перукарської майстерності та декоративної косметики Київського університету культури</t>
         </is>
       </c>
       <c r="B24" s="6" t="n">
-        <v>1557</v>
+        <v>1561</v>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
-          <t>Закарпатська обл.</t>
+          <t>м. Київ</t>
         </is>
       </c>
       <c r="D24" s="7" t="inlineStr">
         <is>
-          <t>UA21100230010016545</t>
+          <t>UA80000000000624772</t>
         </is>
       </c>
       <c r="E24" s="3" t="inlineStr">
         <is>
-          <t>м. Ужгород</t>
+          <t>м. Київ</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
-          <t>Українська академія перукарської майстерності та декоративної косметики Київського університету культури</t>
+          <t>Черкаський коледж Київського університету культури</t>
         </is>
       </c>
       <c r="B25" s="6" t="n">
-        <v>1561</v>
+        <v>1572</v>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
-          <t>м. Київ</t>
+          <t>Черкаська обл.</t>
         </is>
       </c>
       <c r="D25" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000624772</t>
+          <t>UA71080490010259590</t>
         </is>
       </c>
       <c r="E25" s="3" t="inlineStr">
         <is>
-          <t>м. Київ</t>
+          <t>м. Черкаси</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
-          <t>Черкаський коледж Київського університету культури</t>
+          <t>Черкаський факультет менеджменту і бізнесу Київського університету культури</t>
         </is>
       </c>
       <c r="B26" s="6" t="n">
-        <v>1572</v>
+        <v>1555</v>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Черкаська обл.</t>
         </is>
       </c>
       <c r="D26" s="7" t="inlineStr">
         <is>
           <t>UA71080490010259590</t>
         </is>
       </c>
       <c r="E26" s="3" t="inlineStr">
         <is>
           <t>м. Черкаси</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
-[...23 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:E27"/>
+  <autoFilter ref="A1:E26"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:A13"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="100"/>
     <col collapsed="false" hidden="false" max="1024" min="2" style="0" customWidth="false" width="11.5"/>
@@ -8721,51 +8696,51 @@
           <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
         </is>
       </c>
       <c r="D59" s="3"/>
       <c r="E59" s="6" t="n">
         <v>20500</v>
       </c>
       <c r="F59" s="3" t="inlineStr">
         <is>
           <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
         </is>
       </c>
       <c r="G59" s="3"/>
       <c r="H59" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I59" s="9"/>
       <c r="J59" s="7" t="inlineStr">
         <is>
           <t>УП 11011884</t>
         </is>
       </c>
       <c r="K59" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B60" s="7" t="inlineStr">
         <is>
           <t>B1</t>
         </is>
       </c>
       <c r="C60" s="3" t="inlineStr">
         <is>
           <t>Аудіовізуальне мистецтво та медіавиробництво</t>
         </is>
       </c>
       <c r="D60" s="3" t="inlineStr">
         <is>
           <t>Аудіовізуальне мистецтво</t>
         </is>
       </c>
       <c r="E60" s="6" t="n">
         <v>81918</v>
@@ -9546,331 +9521,333 @@
       <c r="C78" s="3" t="inlineStr">
         <is>
           <t>Аудіовізуальне мистецтво та виробництво</t>
         </is>
       </c>
       <c r="D78" s="3"/>
       <c r="E78" s="6" t="n">
         <v>21332</v>
       </c>
       <c r="F78" s="3" t="inlineStr">
         <is>
           <t>Аудіовізуальне мистецтво та виробництво</t>
         </is>
       </c>
       <c r="G78" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H78" s="7" t="inlineStr">
         <is>
           <t>УП 11002800</t>
         </is>
       </c>
       <c r="I78" s="9" t="n">
-        <v>46204</v>
+        <v>46569</v>
       </c>
       <c r="J78" s="7" t="inlineStr">
         <is>
           <t>НІ 1189495</t>
         </is>
       </c>
       <c r="K78" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B79" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C79" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D79" s="3"/>
       <c r="E79" s="6" t="n">
         <v>12328</v>
       </c>
       <c r="F79" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="G79" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H79" s="7" t="inlineStr">
         <is>
           <t>УП 11002801</t>
         </is>
       </c>
       <c r="I79" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J79" s="7" t="inlineStr">
         <is>
           <t>НІ 1189497</t>
         </is>
       </c>
       <c r="K79" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B80" s="7" t="inlineStr">
         <is>
           <t>024</t>
         </is>
       </c>
       <c r="C80" s="3" t="inlineStr">
         <is>
           <t>Хореографія</t>
         </is>
       </c>
       <c r="D80" s="3"/>
       <c r="E80" s="6" t="n">
         <v>13273</v>
       </c>
       <c r="F80" s="3" t="inlineStr">
         <is>
           <t>Хореографія</t>
         </is>
       </c>
       <c r="G80" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H80" s="7" t="inlineStr">
         <is>
           <t>УП 11002802</t>
         </is>
       </c>
       <c r="I80" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J80" s="7" t="inlineStr">
         <is>
           <t>НІ 1189494</t>
         </is>
       </c>
       <c r="K80" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B81" s="7" t="inlineStr">
         <is>
           <t>025</t>
         </is>
       </c>
       <c r="C81" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D81" s="3"/>
       <c r="E81" s="6" t="n">
         <v>13277</v>
       </c>
       <c r="F81" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="G81" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H81" s="7" t="inlineStr">
         <is>
           <t>УП 11002803</t>
         </is>
       </c>
       <c r="I81" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J81" s="7" t="inlineStr">
         <is>
           <t>НІ 1189496</t>
         </is>
       </c>
       <c r="K81" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B82" s="7" t="inlineStr">
         <is>
           <t>026</t>
         </is>
       </c>
       <c r="C82" s="3" t="inlineStr">
         <is>
           <t>Сценічне мистецтво</t>
         </is>
       </c>
       <c r="D82" s="3"/>
       <c r="E82" s="6" t="n">
         <v>21333</v>
       </c>
       <c r="F82" s="3" t="inlineStr">
         <is>
           <t>Сценічне мистецтво</t>
         </is>
       </c>
       <c r="G82" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H82" s="7" t="inlineStr">
         <is>
           <t>УП 11002804</t>
         </is>
       </c>
       <c r="I82" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J82" s="7" t="inlineStr">
         <is>
           <t>НІ 1189493</t>
         </is>
       </c>
       <c r="K82" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B83" s="7" t="inlineStr">
         <is>
           <t>027</t>
         </is>
       </c>
       <c r="C83" s="3" t="inlineStr">
         <is>
           <t>Музеєзнавство, пам’яткознавство</t>
         </is>
       </c>
       <c r="D83" s="3"/>
       <c r="E83" s="6" t="n">
         <v>12017</v>
       </c>
       <c r="F83" s="3" t="inlineStr">
         <is>
           <t>Музеєзнавство, пам’яткознавство</t>
         </is>
       </c>
       <c r="G83" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H83" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I83" s="9"/>
+          <t>УП 11002805</t>
+        </is>
+      </c>
+      <c r="I83" s="9" t="n">
+        <v>46752</v>
+      </c>
       <c r="J83" s="7" t="inlineStr">
         <is>
           <t>НІ 1189491</t>
         </is>
       </c>
       <c r="K83" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B84" s="7" t="inlineStr">
         <is>
           <t>028</t>
         </is>
       </c>
       <c r="C84" s="3" t="inlineStr">
         <is>
           <t>Менеджмент соціокультурної діяльності</t>
         </is>
       </c>
       <c r="D84" s="3"/>
       <c r="E84" s="6" t="n">
         <v>11873</v>
       </c>
       <c r="F84" s="3" t="inlineStr">
         <is>
           <t>Менеджмент соціокультурної діяльності</t>
         </is>
       </c>
       <c r="G84" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H84" s="7" t="inlineStr">
         <is>
           <t>УП 11002806</t>
         </is>
       </c>
       <c r="I84" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J84" s="7" t="inlineStr">
         <is>
           <t>НІ 1189492</t>
         </is>
       </c>
       <c r="K84" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B85" s="7" t="inlineStr">
         <is>
           <t>028</t>
         </is>
       </c>
       <c r="C85" s="3" t="inlineStr">
         <is>
           <t>Менеджмент соціокультурної діяльності</t>
         </is>
@@ -9918,98 +9895,98 @@
       <c r="C86" s="3" t="inlineStr">
         <is>
           <t>Інформаційна, бібліотечна та архівна справа</t>
         </is>
       </c>
       <c r="D86" s="3"/>
       <c r="E86" s="6" t="n">
         <v>16594</v>
       </c>
       <c r="F86" s="3" t="inlineStr">
         <is>
           <t>Інформаційна, бібліотечна та архівна справа</t>
         </is>
       </c>
       <c r="G86" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H86" s="7" t="inlineStr">
         <is>
           <t>УП 11002807</t>
         </is>
       </c>
       <c r="I86" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J86" s="7" t="inlineStr">
         <is>
           <t>НІ 1189490</t>
         </is>
       </c>
       <c r="K86" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B87" s="7" t="inlineStr">
         <is>
           <t>034</t>
         </is>
       </c>
       <c r="C87" s="3" t="inlineStr">
         <is>
           <t>Культурологія</t>
         </is>
       </c>
       <c r="D87" s="3"/>
       <c r="E87" s="6" t="n">
         <v>10981</v>
       </c>
       <c r="F87" s="3" t="inlineStr">
         <is>
           <t>Культурологія</t>
         </is>
       </c>
       <c r="G87" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H87" s="7" t="inlineStr">
         <is>
           <t>УП 11002808</t>
         </is>
       </c>
       <c r="I87" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J87" s="7" t="inlineStr">
         <is>
           <t>НІ 1189489</t>
         </is>
       </c>
       <c r="K87" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B88" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C88" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
@@ -10057,235 +10034,235 @@
       <c r="C89" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D89" s="3"/>
       <c r="E89" s="6" t="n">
         <v>11227</v>
       </c>
       <c r="F89" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="G89" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H89" s="7" t="inlineStr">
         <is>
           <t>УП 11002810</t>
         </is>
       </c>
       <c r="I89" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J89" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K89" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B90" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C90" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D90" s="3"/>
       <c r="E90" s="6" t="n">
         <v>11874</v>
       </c>
       <c r="F90" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="G90" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H90" s="7" t="inlineStr">
         <is>
           <t>УП 11002811</t>
         </is>
       </c>
       <c r="I90" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J90" s="7" t="inlineStr">
         <is>
           <t>НІ 1193001</t>
         </is>
       </c>
       <c r="K90" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B91" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C91" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D91" s="3"/>
       <c r="E91" s="6" t="n">
         <v>22708</v>
       </c>
       <c r="F91" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерні науки та інформаційні технології</t>
         </is>
       </c>
       <c r="G91" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H91" s="7" t="inlineStr">
         <is>
           <t>УП 11003488</t>
         </is>
       </c>
       <c r="I91" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J91" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K91" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B92" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C92" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D92" s="3"/>
       <c r="E92" s="6" t="n">
         <v>8423</v>
       </c>
       <c r="F92" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="G92" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H92" s="7" t="inlineStr">
         <is>
           <t>УП 11002813</t>
         </is>
       </c>
       <c r="I92" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J92" s="7" t="inlineStr">
         <is>
           <t>НІ 1193003</t>
         </is>
       </c>
       <c r="K92" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B93" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C93" s="3" t="inlineStr">
         <is>
           <t>Туризм</t>
         </is>
       </c>
       <c r="D93" s="3"/>
       <c r="E93" s="6" t="n">
         <v>15095</v>
       </c>
       <c r="F93" s="3" t="inlineStr">
         <is>
           <t>Міжнародний туризм</t>
         </is>
       </c>
       <c r="G93" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H93" s="7" t="inlineStr">
         <is>
           <t>УП 11002814</t>
         </is>
       </c>
       <c r="I93" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J93" s="7" t="inlineStr">
         <is>
           <t>НІ 11002814</t>
         </is>
       </c>
       <c r="K93" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B94" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C94" s="3" t="inlineStr">
         <is>
           <t>Туризм і рекреація</t>
         </is>
@@ -10333,98 +10310,98 @@
       <c r="C95" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D95" s="3"/>
       <c r="E95" s="6" t="n">
         <v>21374</v>
       </c>
       <c r="F95" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="G95" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H95" s="7" t="inlineStr">
         <is>
           <t>УП 11002815</t>
         </is>
       </c>
       <c r="I95" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J95" s="7" t="inlineStr">
         <is>
           <t>НІ 1193005</t>
         </is>
       </c>
       <c r="K95" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B96" s="7" t="inlineStr">
         <is>
           <t>291</t>
         </is>
       </c>
       <c r="C96" s="3" t="inlineStr">
         <is>
           <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
         </is>
       </c>
       <c r="D96" s="3"/>
       <c r="E96" s="6" t="n">
         <v>25620</v>
       </c>
       <c r="F96" s="3" t="inlineStr">
         <is>
           <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
         </is>
       </c>
       <c r="G96" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H96" s="7" t="inlineStr">
         <is>
           <t>УП 11001493</t>
         </is>
       </c>
       <c r="I96" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J96" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K96" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B97" s="7" t="inlineStr">
         <is>
           <t>B1</t>
         </is>
       </c>
       <c r="C97" s="3" t="inlineStr">
         <is>
           <t>Аудіовізуальне мистецтво та медіавиробництво</t>
         </is>
       </c>
       <c r="D97" s="3" t="inlineStr">
@@ -11420,51 +11397,51 @@
       <c r="I120" s="9"/>
       <c r="J120" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K120" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K120"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I50"/>
+  <dimension ref="A1:I49"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -11546,483 +11523,483 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>B1</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Аудіовізуальне мистецтво та медіавиробництво</t>
         </is>
       </c>
       <c r="D3" s="3" t="inlineStr">
         <is>
           <t>Аудіовізуальне мистецтво</t>
         </is>
       </c>
       <c r="E3" s="6" t="n">
-        <v>167</v>
+        <v>155</v>
       </c>
       <c r="F3" s="6" t="n">
         <v>15</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>B12</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Культурологія та музеєзнавство</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="6" t="n">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="F4" s="6" t="n">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
           <t>Дизайн костюму</t>
         </is>
       </c>
       <c r="E5" s="6" t="n">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="F5" s="6" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>Дизайн середовища</t>
         </is>
       </c>
       <c r="E6" s="6" t="n">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="F6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
           <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="E7" s="6" t="n">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="F7" s="6" t="n">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>B5</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="6" t="n">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="F8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>B6</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Перформативні мистецтва</t>
         </is>
       </c>
       <c r="D9" s="3" t="inlineStr">
         <is>
           <t>Хореографічне мистецтво</t>
         </is>
       </c>
       <c r="E9" s="6" t="n">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="F9" s="6" t="n">
         <v>9</v>
       </c>
       <c r="G9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>B6</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Перформативні мистецтва</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Сценічне мистецтво</t>
         </is>
       </c>
       <c r="E10" s="6" t="n">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="F10" s="6" t="n">
         <v>9</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="F11" s="6" t="n">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="G11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="F12" s="6" t="n">
         <v>10</v>
       </c>
       <c r="G12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа та кейтеринг</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="F13" s="6" t="n">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>021</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Аудіовізуальне мистецтво та виробництво</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
-        <v>600</v>
+        <v>588</v>
       </c>
       <c r="F14" s="6" t="n">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="G14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>5</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D15" s="3" t="inlineStr">
         <is>
           <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="E15" s="6" t="n">
-        <v>294</v>
+        <v>284</v>
       </c>
       <c r="F15" s="6" t="n">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="G15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D16" s="3" t="inlineStr">
         <is>
           <t>Дизайн одягу (взуття)</t>
         </is>
       </c>
       <c r="E16" s="6" t="n">
         <v>58</v>
@@ -12040,528 +12017,532 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D17" s="3" t="inlineStr">
         <is>
           <t>Перукарське мистецтво та декоративна косметика</t>
         </is>
       </c>
       <c r="E17" s="6" t="n">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="F17" s="6" t="n">
         <v>10</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>1</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D18" s="3" t="inlineStr">
         <is>
           <t>Дизайн середовища</t>
         </is>
       </c>
       <c r="E18" s="6" t="n">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="F18" s="6" t="n">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="G18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>3</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>024</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Хореографія</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="6" t="n">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="F19" s="6" t="n">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="G19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>025</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="6" t="n">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="F20" s="6" t="n">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="G20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>026</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Сценічне мистецтво</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="6" t="n">
-        <v>270</v>
+        <v>257</v>
       </c>
       <c r="F21" s="6" t="n">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="G21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>028</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Менеджмент соціокультурної діяльності</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="6" t="n">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="F22" s="6" t="n">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="G22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>029</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Інформаційна, бібліотечна та архівна справа</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="6" t="n">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="F23" s="6" t="n">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>034</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Культурологія</t>
         </is>
       </c>
       <c r="D24" s="3"/>
       <c r="E24" s="6" t="n">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="F24" s="6" t="n">
         <v>19</v>
       </c>
       <c r="G24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="6" t="n">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="F25" s="6" t="n">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="G25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D26" s="3"/>
       <c r="E26" s="6" t="n">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="F26" s="6" t="n">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="G26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="6" t="n">
         <v>12</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
-          <t>242</t>
+          <t>291</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
-          <t>Туризм</t>
+          <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
         </is>
       </c>
       <c r="D27" s="3"/>
       <c r="E27" s="6" t="n">
-        <v>0</v>
+        <v>32</v>
       </c>
       <c r="F27" s="6" t="n">
-        <v>1</v>
+        <v>21</v>
       </c>
       <c r="G27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
-          <t>Бакалавр</t>
+          <t>Магістр</t>
         </is>
       </c>
       <c r="B28" s="7" t="inlineStr">
         <is>
-          <t>291</t>
+          <t>B1</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
-[...2 lines deleted...]
-      <c r="D28" s="3"/>
+          <t>Аудіовізуальне мистецтво та медіавиробництво</t>
+        </is>
+      </c>
+      <c r="D28" s="3" t="inlineStr">
+        <is>
+          <t>Аудіовізуальне мистецтво</t>
+        </is>
+      </c>
       <c r="E28" s="6" t="n">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="F28" s="6" t="n">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I28" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B29" s="7" t="inlineStr">
         <is>
-          <t>B1</t>
+          <t>B2</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
-          <t>Аудіовізуальне мистецтво та медіавиробництво</t>
+          <t>Дизайн</t>
         </is>
       </c>
       <c r="D29" s="3" t="inlineStr">
         <is>
-          <t>Аудіовізуальне мистецтво</t>
+          <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="E29" s="6" t="n">
-        <v>14</v>
+        <v>6</v>
       </c>
       <c r="F29" s="6" t="n">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="G29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B30" s="7" t="inlineStr">
         <is>
-          <t>B2</t>
+          <t>B5</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
-          <t>Дизайн</t>
-[...6 lines deleted...]
-      </c>
+          <t>Музичне мистецтво</t>
+        </is>
+      </c>
+      <c r="D30" s="3"/>
       <c r="E30" s="6" t="n">
         <v>6</v>
       </c>
       <c r="F30" s="6" t="n">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="G30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I30" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B31" s="7" t="inlineStr">
         <is>
-          <t>B5</t>
+          <t>B6</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво</t>
-[...2 lines deleted...]
-      <c r="D31" s="3"/>
+          <t>Перформативні мистецтва</t>
+        </is>
+      </c>
+      <c r="D31" s="3" t="inlineStr">
+        <is>
+          <t>Сценічне мистецтво</t>
+        </is>
+      </c>
       <c r="E31" s="6" t="n">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="F31" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I31" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B32" s="7" t="inlineStr">
         <is>
           <t>B6</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Перформативні мистецтва</t>
@@ -12574,642 +12555,605 @@
       </c>
       <c r="E32" s="6" t="n">
         <v>10</v>
       </c>
       <c r="F32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I32" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B33" s="7" t="inlineStr">
         <is>
-          <t>B6</t>
+          <t>C7</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
-          <t>Перформативні мистецтва</t>
-[...6 lines deleted...]
-      </c>
+          <t>Журналістика</t>
+        </is>
+      </c>
+      <c r="D33" s="3"/>
       <c r="E33" s="6" t="n">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="F33" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I33" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B34" s="7" t="inlineStr">
         <is>
-          <t>C7</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D34" s="3"/>
       <c r="E34" s="6" t="n">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="F34" s="6" t="n">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="G34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I34" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B35" s="7" t="inlineStr">
         <is>
-          <t>D3</t>
+          <t>021</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Аудіовізуальне мистецтво та виробництво</t>
         </is>
       </c>
       <c r="D35" s="3"/>
       <c r="E35" s="6" t="n">
-        <v>16</v>
+        <v>86</v>
       </c>
       <c r="F35" s="6" t="n">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="G35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I35" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B36" s="7" t="inlineStr">
         <is>
-          <t>021</t>
+          <t>022</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
-          <t>Аудіовізуальне мистецтво та виробництво</t>
+          <t>Дизайн</t>
         </is>
       </c>
       <c r="D36" s="3"/>
       <c r="E36" s="6" t="n">
-        <v>102</v>
+        <v>16</v>
       </c>
       <c r="F36" s="6" t="n">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="G36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I36" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B37" s="7" t="inlineStr">
         <is>
-          <t>022</t>
+          <t>024</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
-          <t>Дизайн</t>
+          <t>Хореографія</t>
         </is>
       </c>
       <c r="D37" s="3"/>
       <c r="E37" s="6" t="n">
-        <v>17</v>
+        <v>0</v>
       </c>
       <c r="F37" s="6" t="n">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="G37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I37" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B38" s="7" t="inlineStr">
         <is>
-          <t>024</t>
+          <t>025</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
-          <t>Хореографія</t>
+          <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D38" s="3"/>
       <c r="E38" s="6" t="n">
-        <v>0</v>
+        <v>17</v>
       </c>
       <c r="F38" s="6" t="n">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="G38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I38" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B39" s="7" t="inlineStr">
         <is>
-          <t>025</t>
+          <t>026</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво</t>
+          <t>Сценічне мистецтво</t>
         </is>
       </c>
       <c r="D39" s="3"/>
       <c r="E39" s="6" t="n">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="F39" s="6" t="n">
-        <v>17</v>
+        <v>4</v>
       </c>
       <c r="G39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I39" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B40" s="7" t="inlineStr">
         <is>
-          <t>026</t>
+          <t>028</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
-          <t>Сценічне мистецтво</t>
+          <t>Менеджмент соціокультурної діяльності</t>
         </is>
       </c>
       <c r="D40" s="3"/>
       <c r="E40" s="6" t="n">
-        <v>12</v>
+        <v>49</v>
       </c>
       <c r="F40" s="6" t="n">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="G40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I40" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B41" s="7" t="inlineStr">
         <is>
-          <t>028</t>
+          <t>029</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент соціокультурної діяльності</t>
+          <t>Інформаційна, бібліотечна та архівна справа</t>
         </is>
       </c>
       <c r="D41" s="3"/>
       <c r="E41" s="6" t="n">
-        <v>49</v>
+        <v>0</v>
       </c>
       <c r="F41" s="6" t="n">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="G41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I41" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B42" s="7" t="inlineStr">
         <is>
-          <t>029</t>
+          <t>061</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
-          <t>Інформаційна, бібліотечна та архівна справа</t>
+          <t>Журналістика</t>
         </is>
       </c>
       <c r="D42" s="3"/>
       <c r="E42" s="6" t="n">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="F42" s="6" t="n">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="G42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I42" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B43" s="7" t="inlineStr">
         <is>
-          <t>061</t>
+          <t>241</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D43" s="3"/>
       <c r="E43" s="6" t="n">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="F43" s="6" t="n">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="G43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I43" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B44" s="7" t="inlineStr">
         <is>
-          <t>241</t>
+          <t>021</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
-          <t>Готельно-ресторанна справа</t>
+          <t>Аудіовізуальне мистецтво та виробництво</t>
         </is>
       </c>
       <c r="D44" s="3"/>
       <c r="E44" s="6" t="n">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="F44" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I44" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B45" s="7" t="inlineStr">
         <is>
-          <t>021</t>
+          <t>061</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
-          <t>Аудіовізуальне мистецтво та виробництво</t>
+          <t>Журналістика</t>
         </is>
       </c>
       <c r="D45" s="3"/>
       <c r="E45" s="6" t="n">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F45" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I45" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B46" s="7" t="inlineStr">
         <is>
-          <t>061</t>
+          <t>241</t>
         </is>
       </c>
       <c r="C46" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D46" s="3"/>
       <c r="E46" s="6" t="n">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="F46" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I46" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B47" s="7" t="inlineStr">
         <is>
-          <t>241</t>
+          <t>242</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
-          <t>Готельно-ресторанна справа</t>
+          <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D47" s="3"/>
       <c r="E47" s="6" t="n">
-        <v>24</v>
+        <v>9</v>
       </c>
       <c r="F47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I47" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B48" s="7" t="inlineStr">
         <is>
-          <t>242</t>
+          <t>281</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
-          <t>Туризм і рекреація</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D48" s="3"/>
       <c r="E48" s="6" t="n">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="F48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I48" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B49" s="7" t="inlineStr">
         <is>
-          <t>281</t>
+          <t>291</t>
         </is>
       </c>
       <c r="C49" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
         </is>
       </c>
       <c r="D49" s="3"/>
       <c r="E49" s="6" t="n">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="F49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I49" s="6" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
-[...31 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I50"/>
+  <autoFilter ref="A1:I49"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>