--- v0 (2025-10-09)
+++ v1 (2025-11-28)
@@ -11,59 +11,59 @@
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Факультети" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="3" state="visible" r:id="rId4"/>
-    <sheet name="Ліцензії ФПВО" sheetId="4" state="visible" r:id="rId5"/>
+    <sheet name="Ліцензії ФПО" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Освітні програми" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Здобувачі ВО" sheetId="6" state="visible" r:id="rId7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$3</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$19</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ФПВО'!$A$1:$J$37</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ФПО'!$A$1:$J$37</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$65</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$35</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
@@ -583,51 +583,51 @@
       </c>
       <c r="H1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (заочна)</t>
         </is>
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (вечірня)</t>
         </is>
       </c>
       <c r="J1" s="4" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="K1" s="4" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="L1" s="4" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Молодший спеціаліст</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Фізичне виховання</t>
         </is>
       </c>
       <c r="E2" s="8" t="n">
@@ -1495,51 +1495,51 @@
       </c>
       <c r="F1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="G1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (на строк навчання)</t>
         </is>
       </c>
       <c r="H1" s="4" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="J1" s="4" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B2" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C2" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="E2" s="3" t="inlineStr">
@@ -5164,54 +5164,56 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B55" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C55" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D55" s="3"/>
       <c r="E55" s="8" t="n">
         <v>75232</v>
       </c>
       <c r="F55" s="3" t="inlineStr">
         <is>
           <t>Фінанси і кредит</t>
         </is>
       </c>
       <c r="G55" s="3"/>
       <c r="H55" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I55" s="9"/>
+          <t>ПС 006787</t>
+        </is>
+      </c>
+      <c r="I55" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J55" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K55" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B56" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C56" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D56" s="3"/>
       <c r="E56" s="8" t="n">
@@ -5322,54 +5324,56 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B59" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C59" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
         </is>
       </c>
       <c r="D59" s="3"/>
       <c r="E59" s="8" t="n">
         <v>75250</v>
       </c>
       <c r="F59" s="3" t="inlineStr">
         <is>
           <t>Товарознавство та комерційна діяльність</t>
         </is>
       </c>
       <c r="G59" s="3"/>
       <c r="H59" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I59" s="9"/>
+          <t>ПС 006785</t>
+        </is>
+      </c>
+      <c r="I59" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J59" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K59" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B60" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C60" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D60" s="3"/>
       <c r="E60" s="8" t="n">
@@ -5562,54 +5566,56 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B65" s="7" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
       <c r="C65" s="3" t="inlineStr">
         <is>
           <t>Туризм та рекреація</t>
         </is>
       </c>
       <c r="D65" s="3"/>
       <c r="E65" s="8" t="n">
         <v>75269</v>
       </c>
       <c r="F65" s="3" t="inlineStr">
         <is>
           <t>Туризм</t>
         </is>
       </c>
       <c r="G65" s="3"/>
       <c r="H65" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I65" s="9"/>
+          <t>ПС 006786</t>
+        </is>
+      </c>
+      <c r="I65" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J65" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K65" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K65"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:I35"/>
@@ -5679,84 +5685,84 @@
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E2" s="8" t="n">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>2</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
@@ -5778,51 +5784,51 @@
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>1</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
@@ -5844,586 +5850,586 @@
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>1</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="F8" s="8" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>1</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>D6</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Секретарська та офісна справа</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>1</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>66</v>
+        <v>124</v>
       </c>
       <c r="F11" s="8" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="F12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
         <v>24</v>
       </c>
       <c r="F13" s="8" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>G18</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="8" t="n">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="F14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="8" t="n">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F15" s="8" t="n">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="G15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа та кейтеринг</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="8" t="n">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="F16" s="8" t="n">
         <v>2</v>
       </c>
       <c r="G16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Туризм та рекреація</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="8" t="n">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="F17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D18" s="3" t="inlineStr">
         <is>
           <t>Фізичне виховання</t>
         </is>
       </c>
       <c r="E18" s="8" t="n">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F18" s="8" t="n">
         <v>1</v>
       </c>
       <c r="G18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="8" t="n">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="F19" s="8" t="n">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="8" t="n">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F20" s="8" t="n">
         <v>4</v>
       </c>
       <c r="G20" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="8" t="n">
-        <v>124</v>
+        <v>138</v>
       </c>
       <c r="F21" s="8" t="n">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="G21" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="8" t="n">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="F22" s="8" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G22" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="8" t="n">
-        <v>66</v>
+        <v>32</v>
       </c>
       <c r="F23" s="8" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G23" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H23" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
@@ -6475,183 +6481,183 @@
       <c r="H25" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D26" s="3"/>
       <c r="E26" s="8" t="n">
-        <v>28</v>
+        <v>5</v>
       </c>
       <c r="F26" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G26" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H26" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D27" s="3"/>
       <c r="E27" s="8" t="n">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="F27" s="8" t="n">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="G27" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H27" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B28" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D28" s="3"/>
       <c r="E28" s="8" t="n">
         <v>221</v>
       </c>
       <c r="F28" s="8" t="n">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="G28" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H28" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I28" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B29" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D29" s="3"/>
       <c r="E29" s="8" t="n">
-        <v>136</v>
+        <v>126</v>
       </c>
       <c r="F29" s="8" t="n">
         <v>2</v>
       </c>
       <c r="G29" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H29" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B30" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D30" s="3"/>
       <c r="E30" s="8" t="n">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="F30" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G30" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H30" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I30" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B31" s="7" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
@@ -6673,51 +6679,51 @@
       <c r="H31" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I31" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B32" s="7" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D32" s="3"/>
       <c r="E32" s="8" t="n">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="F32" s="8" t="n">
         <v>2</v>
       </c>
       <c r="G32" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H32" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I32" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B33" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
@@ -6772,51 +6778,51 @@
       <c r="H34" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I34" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B35" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D35" s="3"/>
       <c r="E35" s="8" t="n">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="F35" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G35" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H35" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I35" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I35"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>