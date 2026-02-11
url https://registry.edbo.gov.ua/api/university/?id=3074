--- v1 (2025-11-28)
+++ v2 (2026-02-11)
@@ -5718,51 +5718,51 @@
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>2</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
@@ -6147,51 +6147,51 @@
       <c r="H15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа та кейтеринг</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="8" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F16" s="8" t="n">
         <v>2</v>
       </c>
       <c r="G16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
@@ -6349,117 +6349,117 @@
       <c r="H21" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="8" t="n">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="F22" s="8" t="n">
         <v>1</v>
       </c>
       <c r="G22" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="8" t="n">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="F23" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G23" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H23" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D24" s="3"/>
       <c r="E24" s="8" t="n">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="F24" s="8" t="n">
         <v>1</v>
       </c>
       <c r="G24" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H24" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
@@ -6481,216 +6481,216 @@
       <c r="H25" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D26" s="3"/>
       <c r="E26" s="8" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F26" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G26" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H26" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D27" s="3"/>
       <c r="E27" s="8" t="n">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="F27" s="8" t="n">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="G27" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H27" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B28" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D28" s="3"/>
       <c r="E28" s="8" t="n">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="F28" s="8" t="n">
         <v>14</v>
       </c>
       <c r="G28" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H28" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I28" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B29" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D29" s="3"/>
       <c r="E29" s="8" t="n">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F29" s="8" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G29" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H29" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B30" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D30" s="3"/>
       <c r="E30" s="8" t="n">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="F30" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G30" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H30" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I30" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B31" s="7" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D31" s="3"/>
       <c r="E31" s="8" t="n">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="F31" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G31" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H31" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I31" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B32" s="7" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>