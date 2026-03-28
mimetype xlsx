--- v2 (2026-02-11)
+++ v3 (2026-03-28)
@@ -5685,150 +5685,150 @@
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E2" s="8" t="n">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>2</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>30</v>
+        <v>43</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>1</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
@@ -5850,84 +5850,84 @@
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>1</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>2</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
@@ -5949,84 +5949,84 @@
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>D6</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Секретарська та офісна справа</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>1</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>1</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
@@ -6048,117 +6048,117 @@
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
-        <v>24</v>
+        <v>6</v>
       </c>
       <c r="F13" s="8" t="n">
         <v>1</v>
       </c>
       <c r="G13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>G18</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="8" t="n">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="F14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="8" t="n">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="F15" s="8" t="n">
         <v>7</v>
       </c>
       <c r="G15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
@@ -6217,84 +6217,84 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D18" s="3" t="inlineStr">
         <is>
           <t>Фізичне виховання</t>
         </is>
       </c>
       <c r="E18" s="8" t="n">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="F18" s="8" t="n">
         <v>1</v>
       </c>
       <c r="G18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="8" t="n">
-        <v>85</v>
+        <v>74</v>
       </c>
       <c r="F19" s="8" t="n">
         <v>4</v>
       </c>
       <c r="G19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
@@ -6316,54 +6316,54 @@
       <c r="H20" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="8" t="n">
-        <v>138</v>
+        <v>128</v>
       </c>
       <c r="F21" s="8" t="n">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G21" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
@@ -6382,282 +6382,282 @@
       <c r="H22" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="8" t="n">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="F23" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G23" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H23" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D24" s="3"/>
       <c r="E24" s="8" t="n">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="F24" s="8" t="n">
         <v>1</v>
       </c>
       <c r="G24" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H24" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="8" t="n">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="F25" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G25" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H25" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D26" s="3"/>
       <c r="E26" s="8" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F26" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G26" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H26" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D27" s="3"/>
       <c r="E27" s="8" t="n">
-        <v>133</v>
+        <v>108</v>
       </c>
       <c r="F27" s="8" t="n">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="G27" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H27" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B28" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D28" s="3"/>
       <c r="E28" s="8" t="n">
-        <v>222</v>
+        <v>212</v>
       </c>
       <c r="F28" s="8" t="n">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G28" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H28" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I28" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B29" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D29" s="3"/>
       <c r="E29" s="8" t="n">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="F29" s="8" t="n">
         <v>3</v>
       </c>
       <c r="G29" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H29" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B30" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D30" s="3"/>
       <c r="E30" s="8" t="n">
-        <v>103</v>
+        <v>97</v>
       </c>
       <c r="F30" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G30" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H30" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I30" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B31" s="7" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
@@ -6679,84 +6679,84 @@
       <c r="H31" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I31" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B32" s="7" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D32" s="3"/>
       <c r="E32" s="8" t="n">
-        <v>118</v>
+        <v>103</v>
       </c>
       <c r="F32" s="8" t="n">
         <v>2</v>
       </c>
       <c r="G32" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H32" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I32" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B33" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D33" s="3"/>
       <c r="E33" s="8" t="n">
-        <v>64</v>
+        <v>41</v>
       </c>
       <c r="F33" s="8" t="n">
         <v>1</v>
       </c>
       <c r="G33" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H33" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I33" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B34" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
@@ -6778,51 +6778,51 @@
       <c r="H34" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I34" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B35" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D35" s="3"/>
       <c r="E35" s="8" t="n">
-        <v>78</v>
+        <v>58</v>
       </c>
       <c r="F35" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G35" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H35" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I35" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I35"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>