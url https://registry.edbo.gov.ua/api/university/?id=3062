--- v0 (2025-12-01)
+++ v1 (2026-01-26)
@@ -489,85 +489,85 @@
           <t> </t>
         </is>
       </c>
       <c r="D2" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>8321 Водій мототранспортних засобів (категорія A)
 </t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
         <v>30</v>
       </c>
       <c r="C3" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D3" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
-          <t>8322.2 Водій автотранспортних засобів (категорія D)
+          <t>8322 Водій автотранспортних засобів (категорія D)
 </t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
         <v>120</v>
       </c>
       <c r="C4" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D4" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
-          <t>8322.2 Водій автотранспортних засобів (категорія B)
+          <t>8322 Водій автотранспортних засобів (категорія B)
 </t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
         <v>180</v>
       </c>
       <c r="C5" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D5" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
-          <t>8322.2 Водій автотранспортних засобів (категорія C)
+          <t>8322 Водій автотранспортних засобів (категорія C)
 </t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
         <v>150</v>
       </c>
       <c r="C6" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D6" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:D6"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 