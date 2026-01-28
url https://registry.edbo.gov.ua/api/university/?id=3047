--- v0 (2025-10-30)
+++ v1 (2026-01-28)
@@ -4788,51 +4788,51 @@
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
@@ -4957,84 +4957,84 @@
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>G14</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Деревообробні та меблеві технології</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
@@ -5056,51 +5056,51 @@
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>G7</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
@@ -5159,51 +5159,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D13" s="3" t="inlineStr">
         <is>
           <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="E13" s="8" t="n">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="F13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
@@ -5225,150 +5225,150 @@
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="8" t="n">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="F15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="8" t="n">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="8" t="n">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="F17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="8" t="n">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="F18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
@@ -5390,117 +5390,117 @@
       <c r="H19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="8" t="n">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F20" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G20" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>187</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Деревообробні та меблеві технології</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="8" t="n">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="F21" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G21" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="8" t="n">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F22" s="8" t="n">
         <v>10</v>
       </c>
       <c r="G22" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I22"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>