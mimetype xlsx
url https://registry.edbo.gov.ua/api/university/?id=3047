--- v1 (2026-01-28)
+++ v2 (2026-03-14)
@@ -3541,54 +3541,56 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="8" t="n">
         <v>55653</v>
       </c>
       <c r="F15" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="G15" s="3"/>
       <c r="H15" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I15" s="9"/>
+          <t>ДС 006918</t>
+        </is>
+      </c>
+      <c r="I15" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J15" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K15" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D16" s="3" t="inlineStr">
         <is>
@@ -3906,55 +3908,55 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D24" s="3"/>
       <c r="E24" s="8" t="n">
         <v>44748</v>
       </c>
       <c r="F24" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="G24" s="3"/>
       <c r="H24" s="7" t="inlineStr">
         <is>
-          <t>ДС 002530</t>
+          <t>ДС 006919</t>
         </is>
       </c>
       <c r="I24" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J24" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K24" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D25" s="3"/>
@@ -4825,51 +4827,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D3" s="3" t="inlineStr">
         <is>
           <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="E3" s="8" t="n">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
@@ -4891,51 +4893,51 @@
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
@@ -5159,51 +5161,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D13" s="3" t="inlineStr">
         <is>
           <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="E13" s="8" t="n">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="F13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
@@ -5324,51 +5326,51 @@
       <c r="H17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="8" t="n">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="F18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
@@ -5423,51 +5425,51 @@
       <c r="H20" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>187</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Деревообробні та меблеві технології</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="8" t="n">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="F21" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G21" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>