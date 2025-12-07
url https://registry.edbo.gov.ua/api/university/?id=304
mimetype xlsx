--- v0 (2025-10-15)
+++ v1 (2025-12-07)
@@ -648,51 +648,51 @@
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="45"/>
     <col collapsed="false" hidden="false" max="1024" min="4" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Рівень освіти/ Освітній ступінь</t>
         </is>
       </c>
       <c r="B1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="C1" s="5" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>перший (бакалаврський) рівень</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
         <v>105</v>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 30.03.2021 № 37-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>другий (магістерський) рівень</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
@@ -763,51 +763,51 @@
         </is>
       </c>
       <c r="E1" s="5" t="inlineStr">
         <is>
           <t>Освітня програма</t>
         </is>
       </c>
       <c r="F1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="G1" s="5" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="H1" s="5" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="I1" s="5" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
@@ -2626,84 +2626,84 @@
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
         <v>21</v>
       </c>
       <c r="F3" s="6" t="n">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="6" t="n">
         <v>12</v>
       </c>
       <c r="F4" s="6" t="n">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>K9</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
@@ -2725,51 +2725,51 @@
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="6" t="n">
         <v>6</v>
       </c>
       <c r="F6" s="6" t="n">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
@@ -2788,87 +2788,87 @@
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="6" t="n">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="F8" s="6" t="n">
-        <v>345</v>
+        <v>340</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>262</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="6" t="n">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="F9" s="6" t="n">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="G9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
@@ -2890,117 +2890,117 @@
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>D4</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F11" s="6" t="n">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="G11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F12" s="6" t="n">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="G12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>K9</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F13" s="6" t="n">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="G13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Право</t>
@@ -3019,51 +3019,51 @@
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>262</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="6" t="n">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="F15" s="6" t="n">
         <v>73</v>
       </c>
       <c r="G15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
@@ -3088,51 +3088,51 @@
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F17" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>K9</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
@@ -3151,54 +3151,54 @@
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="6" t="n">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F19" s="6" t="n">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="G19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>262</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>