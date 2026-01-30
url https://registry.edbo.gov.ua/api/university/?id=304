--- v1 (2025-12-07)
+++ v2 (2026-01-30)
@@ -2125,55 +2125,55 @@
         <is>
           <t>281</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="6" t="n">
         <v>56627</v>
       </c>
       <c r="F18" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="G18" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H18" s="7" t="inlineStr">
         <is>
-          <t>- 9719</t>
+          <t>- 19781</t>
         </is>
       </c>
       <c r="I18" s="9" t="n">
-        <v>46015</v>
+        <v>48030</v>
       </c>
       <c r="J18" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K18" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D19" s="3"/>
@@ -2626,147 +2626,147 @@
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
         <v>21</v>
       </c>
       <c r="F3" s="6" t="n">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="6" t="n">
         <v>12</v>
       </c>
       <c r="F4" s="6" t="n">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>K9</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
         <v>148</v>
       </c>
       <c r="F5" s="6" t="n">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="6" t="n">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="F6" s="6" t="n">
         <v>7</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
@@ -2788,87 +2788,87 @@
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="6" t="n">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="F8" s="6" t="n">
-        <v>340</v>
+        <v>328</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>262</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="6" t="n">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="F9" s="6" t="n">
-        <v>223</v>
+        <v>217</v>
       </c>
       <c r="G9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
@@ -2923,150 +2923,150 @@
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F12" s="6" t="n">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="G12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>K9</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F13" s="6" t="n">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F14" s="6" t="n">
-        <v>48</v>
+        <v>39</v>
       </c>
       <c r="G14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>262</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="F15" s="6" t="n">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="G15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
@@ -3187,51 +3187,51 @@
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>262</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="6" t="n">
         <v>5</v>
       </c>
       <c r="F20" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I20"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">