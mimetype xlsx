--- v2 (2026-01-30)
+++ v3 (2026-03-16)
@@ -592,51 +592,51 @@
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Навчально-науковий інститут підготовки фахівців для підрозділів кримінальної поліції імені Е.О. Дідоренка</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Навчально-науковий інститут права та соціального менеджменту</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Факультет № 4</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
-          <t>Факультет підготовки фахівців для органов досудового розслідування Національної поліції України</t>
+          <t>Факультет підготовки фахівців для органів досудового розслідування Національної поліції України</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Факультет підготовки фахівців для підрозділів превентивної діяльності Національної поліції України</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:A7"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
@@ -1059,55 +1059,55 @@
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>262</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="F9" s="6" t="n">
         <v>250</v>
       </c>
       <c r="G9" s="7" t="inlineStr">
         <is>
-          <t>УД 05016215</t>
+          <t> 20042</t>
         </is>
       </c>
       <c r="H9" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="I9" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 19.04.2021 № 49-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="3" t="inlineStr">
@@ -1211,54 +1211,56 @@
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>262</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="F13" s="6" t="n">
         <v>10</v>
       </c>
       <c r="G13" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="H13" s="9"/>
+          <t> 20013</t>
+        </is>
+      </c>
+      <c r="H13" s="9" t="n">
+        <v>46435</v>
+      </c>
       <c r="I13" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 24.04.2023 № 134-л</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I13"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:D5"/>
   <sheetViews>
@@ -1713,56 +1715,54 @@
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="6" t="n">
         <v>32425</v>
       </c>
       <c r="F8" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="G8" s="3"/>
       <c r="H8" s="7" t="inlineStr">
         <is>
-          <t>- 10306</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I8" s="9"/>
       <c r="J8" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K8" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D9" s="3" t="inlineStr">
         <is>
@@ -2035,100 +2035,102 @@
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
         <v>32426</v>
       </c>
       <c r="F16" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="G16" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H16" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I16" s="9"/>
+          <t>- 20055</t>
+        </is>
+      </c>
+      <c r="I16" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J16" s="7" t="inlineStr">
         <is>
           <t>УД 05016214</t>
         </is>
       </c>
       <c r="K16" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>262</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
         <v>29323</v>
       </c>
       <c r="F17" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="G17" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H17" s="7" t="inlineStr">
         <is>
-          <t>УД 05016215</t>
+          <t>- 20042</t>
         </is>
       </c>
       <c r="I17" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J17" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K17" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D18" s="3"/>
@@ -2387,54 +2389,56 @@
         <is>
           <t>262</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D24" s="3"/>
       <c r="E24" s="6" t="n">
         <v>56514</v>
       </c>
       <c r="F24" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="G24" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H24" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I24" s="9"/>
+          <t>- 20013</t>
+        </is>
+      </c>
+      <c r="I24" s="9" t="n">
+        <v>46435</v>
+      </c>
       <c r="J24" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K24" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="6" t="n">
@@ -2590,150 +2594,150 @@
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="E2" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="F2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
         <v>21</v>
       </c>
       <c r="F3" s="6" t="n">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="6" t="n">
         <v>12</v>
       </c>
       <c r="F4" s="6" t="n">
-        <v>56</v>
+        <v>48</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>K9</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="F5" s="6" t="n">
         <v>37</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
@@ -2788,87 +2792,87 @@
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="6" t="n">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="F8" s="6" t="n">
         <v>328</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>262</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="6" t="n">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="F9" s="6" t="n">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="G9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
@@ -2923,51 +2927,51 @@
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F12" s="6" t="n">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="G12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>K9</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
@@ -3019,54 +3023,54 @@
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>262</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="6" t="n">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="F15" s="6" t="n">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="G15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
@@ -3154,51 +3158,51 @@
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="6" t="n">
         <v>18</v>
       </c>
       <c r="F19" s="6" t="n">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="G19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>262</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>