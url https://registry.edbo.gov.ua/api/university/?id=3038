--- v0 (2025-12-07)
+++ v1 (2026-03-10)
@@ -404,51 +404,51 @@
         <is>
           <t>fk@kink.ukr.education</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>https://www.kifk.org</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Демченко Валерій Антонович</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="B21" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:B21"/>
@@ -1307,55 +1307,55 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
         <v>58438</v>
       </c>
       <c r="F7" s="3" t="inlineStr">
         <is>
           <t>Рекламна діяльність</t>
         </is>
       </c>
       <c r="G7" s="3"/>
       <c r="H7" s="7" t="inlineStr">
         <is>
-          <t>ДС 003827</t>
+          <t>ДС 006948</t>
         </is>
       </c>
       <c r="I7" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J7" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K7" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D8" s="3"/>
@@ -1836,88 +1836,88 @@
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="E2" s="8" t="n">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>B4</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво та реставрація</t>
         </is>
       </c>
       <c r="D3" s="3" t="inlineStr">
         <is>
           <t>Візуальні мистецтва</t>
         </is>
       </c>
       <c r="E3" s="8" t="n">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
@@ -2009,84 +2009,84 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
           <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="E7" s="8" t="n">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>023</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>