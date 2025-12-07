--- v0 (2025-10-19)
+++ v1 (2025-12-07)
@@ -550,51 +550,51 @@
         </is>
       </c>
       <c r="E1" s="4" t="inlineStr">
         <is>
           <t>Освітня програма</t>
         </is>
       </c>
       <c r="F1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="G1" s="4" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="H1" s="4" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>J5</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Морський та внутрішній водний транспорт</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Експлуатація суднового електрообладнання і засобів автоматики</t>
         </is>
       </c>
       <c r="E2" s="3" t="inlineStr">
@@ -1502,125 +1502,125 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>271</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Морський та внутрішній водний транспорт</t>
         </is>
       </c>
       <c r="D3" s="3" t="inlineStr">
         <is>
           <t>Навігація і управління морськими суднами</t>
         </is>
       </c>
       <c r="E3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="8" t="n">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>271</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Морський та внутрішній водний транспорт</t>
         </is>
       </c>
       <c r="D4" s="3" t="inlineStr">
         <is>
           <t>Управління судновими технічними системами і комплексами</t>
         </is>
       </c>
       <c r="E4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="8" t="n">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>271</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Морський та внутрішній водний транспорт</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
           <t>Експлуатація суднового електрообладнання і засобів автоматики</t>
         </is>
       </c>
       <c r="E5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="8" t="n">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I5"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">