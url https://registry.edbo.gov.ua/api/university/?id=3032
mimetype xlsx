--- v0 (2025-10-18)
+++ v1 (2025-12-07)
@@ -402,51 +402,51 @@
         <is>
           <t>http://www.osvita.khcz.gov.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
-          <t>Калашник Ганна Миколаївна</t>
+          <t>Котуков Олександр Анатолійович</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="B21" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:B21"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">