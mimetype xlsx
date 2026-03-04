--- v1 (2025-12-07)
+++ v2 (2026-03-04)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Ліцензії ПТО" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПТО'!$A$1:$D$73</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПТО'!$A$1:$D$75</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -431,51 +431,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="B21" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:B21"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:D73"/>
+  <dimension ref="A1:D75"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="100"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="1024" min="5" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="6" t="inlineStr">
         <is>
           <t>Професії</t>
         </is>
       </c>
       <c r="B1" s="6" t="inlineStr">
         <is>
           <t>Ліцензійний обсяг</t>
         </is>
       </c>
@@ -507,1312 +507,1346 @@
       </c>
       <c r="D2" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>4113 Оператор з обробки інформації та програмного забезпечення
 </t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
         <v>15</v>
       </c>
       <c r="C3" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D3" s="9" t="n">
         <v>46448</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
-          <t>4211 Касир торговельного залу
+          <t>4121 Офісний службовець (бухгалтерія)
 </t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
         <v>15</v>
       </c>
       <c r="C4" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
-      <c r="D4" s="9" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="D4" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
-          <t>4222 Адміністратор
+          <t>4121 Офісний службовець (бухгалтерія)
 </t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
-        <v>30</v>
+        <v>5</v>
       </c>
       <c r="C5" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
-      <c r="D5" s="9" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="D5" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
-          <t>5122 Кухар
+          <t>4211 Касир торговельного залу
 </t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="C6" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D6" s="9" t="n">
         <v>46448</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
-          <t>5122 Кухар
+          <t>4222 Адміністратор
 </t>
         </is>
       </c>
       <c r="B7" s="7" t="n">
         <v>30</v>
       </c>
       <c r="C7" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
-      <c r="D7" s="9"/>
+      <c r="D7" s="9" t="n">
+        <v>46448</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
-          <t>5132 Молодша медична сестра (молодший медичний брат) з догляду за хворими
+          <t>5122 Кухар
 </t>
         </is>
       </c>
       <c r="B8" s="7" t="n">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="C8" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D8" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
-          <t>5133 Соціальний робітник
+          <t>5122 Кухар
 </t>
         </is>
       </c>
       <c r="B9" s="7" t="n">
-        <v>6</v>
+        <v>30</v>
       </c>
       <c r="C9" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
-      <c r="D9" s="9"/>
+      <c r="D9" s="9" t="n">
+        <v>46448</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
-          <t>5133 Соціальний робітник
+          <t>5132 Молодша медична сестра (молодший медичний брат) з догляду за хворими
 </t>
         </is>
       </c>
       <c r="B10" s="7" t="n">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="C10" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D10" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
-          <t>5141 Косметик
+          <t>5133 Соціальний робітник
 </t>
         </is>
       </c>
       <c r="B11" s="7" t="n">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="C11" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
-      <c r="D11" s="9" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="D11" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
-          <t>5141 Перукар (перукар-модельєр)
+          <t>5133 Соціальний робітник
 </t>
         </is>
       </c>
       <c r="B12" s="7" t="n">
-        <v>30</v>
+        <v>6</v>
       </c>
       <c r="C12" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
-      <c r="D12" s="9" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="D12" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
-          <t>5141 Манікюрник
+          <t>5141 Педикюрник
 </t>
         </is>
       </c>
       <c r="B13" s="7" t="n">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="C13" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D13" s="9" t="n">
         <v>46448</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
-          <t>5141 Педикюрник
+          <t>5141 Манікюрник
 </t>
         </is>
       </c>
       <c r="B14" s="7" t="n">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="C14" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D14" s="9" t="n">
         <v>46448</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
+          <t>5141 Перукар (перукар-модельєр)
+</t>
+        </is>
+      </c>
+      <c r="B15" s="7" t="n">
+        <v>30</v>
+      </c>
+      <c r="C15" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D15" s="9" t="n">
+        <v>46448</v>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="3" t="inlineStr">
+        <is>
+          <t>5141 Косметик
+</t>
+        </is>
+      </c>
+      <c r="B16" s="7" t="n">
+        <v>8</v>
+      </c>
+      <c r="C16" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D16" s="9" t="n">
+        <v>46448</v>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="3" t="inlineStr">
+        <is>
           <t>5141 Манікюрник
 5141 Педикюрник
 </t>
         </is>
       </c>
-      <c r="B15" s="7" t="n">
-[...7 lines deleted...]
-      <c r="D15" s="9" t="n">
+      <c r="B17" s="7" t="n">
+        <v>15</v>
+      </c>
+      <c r="C17" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D17" s="9" t="n">
         <v>46448</v>
-      </c>
-[...36 lines deleted...]
-        <v>49116</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
-          <t>5220 Продавець продовольчих товарів
+          <t>5142 Покоївка
 </t>
         </is>
       </c>
       <c r="B18" s="7" t="n">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="C18" s="8" t="inlineStr">
         <is>
-          <t>- -</t>
+          <t> </t>
         </is>
       </c>
       <c r="D18" s="9" t="n">
-        <v>49116</v>
+        <v>46448</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
-          <t>5220 Продавець продовольчих товарів
+          <t>5220 Продавець непродовольчих товарів
 </t>
         </is>
       </c>
       <c r="B19" s="7" t="n">
-        <v>14</v>
+        <v>2</v>
       </c>
       <c r="C19" s="8" t="inlineStr">
         <is>
           <t>- -</t>
         </is>
       </c>
       <c r="D19" s="9" t="n">
-        <v>49116</v>
+        <v>48598</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
-          <t>5220 Продавець непродовольчих товарів
+          <t>5220 Продавець продовольчих товарів
 </t>
         </is>
       </c>
       <c r="B20" s="7" t="n">
-        <v>14</v>
+        <v>2</v>
       </c>
       <c r="C20" s="8" t="inlineStr">
         <is>
           <t>- -</t>
         </is>
       </c>
       <c r="D20" s="9" t="n">
-        <v>48598</v>
+        <v>49116</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
-          <t>5220 Продавець непродовольчих товарів
+          <t>5220 Продавець продовольчих товарів
 </t>
         </is>
       </c>
       <c r="B21" s="7" t="n">
-        <v>2</v>
+        <v>14</v>
       </c>
       <c r="C21" s="8" t="inlineStr">
         <is>
           <t>- -</t>
         </is>
       </c>
       <c r="D21" s="9" t="n">
-        <v>48598</v>
+        <v>49116</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
-          <t>5220 Продавець непродовольчих товарів
+          <t>5220 Продавець продовольчих товарів
 </t>
         </is>
       </c>
       <c r="B22" s="7" t="n">
         <v>7</v>
       </c>
       <c r="C22" s="8" t="inlineStr">
         <is>
           <t>- -</t>
         </is>
       </c>
       <c r="D22" s="9" t="n">
-        <v>48598</v>
+        <v>49116</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
-          <t>6111 Плодоовочівник
+          <t>5220 Продавець непродовольчих товарів
 </t>
         </is>
       </c>
       <c r="B23" s="7" t="n">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="C23" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D23" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D23" s="9" t="n">
+        <v>48598</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
-          <t>6111 Плодоовочівник
+          <t>5220 Продавець непродовольчих товарів
 </t>
         </is>
       </c>
       <c r="B24" s="7" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C24" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D24" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D24" s="9" t="n">
+        <v>48598</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>6111 Плодоовочівник
 </t>
         </is>
       </c>
       <c r="B25" s="7" t="n">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="C25" s="8" t="inlineStr">
         <is>
-          <t>- -</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D25" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
-          <t>6112 Виноградар
+          <t>6111 Плодоовочівник
 </t>
         </is>
       </c>
       <c r="B26" s="7" t="n">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="C26" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
-      <c r="D26" s="9" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="D26" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
-          <t>6113 Квітникар
+          <t>6111 Плодоовочівник
 </t>
         </is>
       </c>
       <c r="B27" s="7" t="n">
-        <v>2</v>
+        <v>15</v>
       </c>
       <c r="C27" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D27" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D27" s="9" t="n">
+        <v>47867</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
-          <t>6113 Квітникар
+          <t>6112 Виноградар
 </t>
         </is>
       </c>
       <c r="B28" s="7" t="n">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C28" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
-      <c r="D28" s="9"/>
+      <c r="D28" s="9" t="n">
+        <v>46448</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>6113 Квітникар
 </t>
         </is>
       </c>
       <c r="B29" s="7" t="n">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="C29" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D29" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
-          <t>7122 Муляр
+          <t>6113 Квітникар
 </t>
         </is>
       </c>
       <c r="B30" s="7" t="n">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C30" s="8" t="inlineStr">
         <is>
-          <t>- -</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D30" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
-          <t>7129 Монтажник гіпсокартонних конструкцій
+          <t>6113 Квітникар
 </t>
         </is>
       </c>
       <c r="B31" s="7" t="n">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="C31" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
-      <c r="D31" s="9" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="D31" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
-          <t>7129 Монтажник-складальник металопластикових конструкцій
+          <t>7122 Муляр
 </t>
         </is>
       </c>
       <c r="B32" s="7" t="n">
-        <v>4</v>
+        <v>15</v>
       </c>
       <c r="C32" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D32" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D32" s="9" t="n">
+        <v>47867</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>7129 Монтажник-складальник металопластикових конструкцій
 </t>
         </is>
       </c>
       <c r="B33" s="7" t="n">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C33" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D33" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>7129 Монтажник-складальник металопластикових конструкцій
 </t>
         </is>
       </c>
       <c r="B34" s="7" t="n">
         <v>12</v>
       </c>
       <c r="C34" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D34" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
-          <t>7132 Лицювальник-плиточник
+          <t>7129 Монтажник-складальник металопластикових конструкцій
 </t>
         </is>
       </c>
       <c r="B35" s="7" t="n">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="C35" s="8" t="inlineStr">
         <is>
-          <t>- -</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D35" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
-          <t>7133 Штукатур
+          <t>7129 Монтажник гіпсокартонних конструкцій
 </t>
         </is>
       </c>
       <c r="B36" s="7" t="n">
         <v>15</v>
       </c>
       <c r="C36" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D36" s="9" t="n">
-        <v>46571</v>
+        <v>46448</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
-          <t>7141 Маляр
+          <t>7132 Лицювальник-плиточник
 </t>
         </is>
       </c>
       <c r="B37" s="7" t="n">
         <v>15</v>
       </c>
       <c r="C37" s="8" t="inlineStr">
         <is>
-          <t> </t>
+          <t>- -</t>
         </is>
       </c>
       <c r="D37" s="9" t="n">
-        <v>46448</v>
+        <v>46571</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
-          <t>7212 Електрозварник ручного зварювання
+          <t>7133 Штукатур
 </t>
         </is>
       </c>
       <c r="B38" s="7" t="n">
         <v>15</v>
       </c>
       <c r="C38" s="8" t="inlineStr">
         <is>
-          <t>- -</t>
+          <t> </t>
         </is>
       </c>
       <c r="D38" s="9" t="n">
-        <v>47867</v>
+        <v>46571</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
-          <t>7222 Заточувальник
+          <t>7141 Маляр
 </t>
         </is>
       </c>
       <c r="B39" s="7" t="n">
         <v>15</v>
       </c>
       <c r="C39" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
-      <c r="D39" s="9"/>
+      <c r="D39" s="9" t="n">
+        <v>46448</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
-          <t>7223 Налагоджувальник верстатів і маніпуляторів з програмним керуванням
+          <t>7212 Електрозварник ручного зварювання
 </t>
         </is>
       </c>
       <c r="B40" s="7" t="n">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="C40" s="8" t="inlineStr">
         <is>
-          <t> </t>
+          <t>- -</t>
         </is>
       </c>
       <c r="D40" s="9" t="n">
-        <v>46448</v>
+        <v>47867</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
-          <t>7231 Слюсар з ремонту колісних транспортних засобів
+          <t>7222 Заточувальник
 </t>
         </is>
       </c>
       <c r="B41" s="7" t="n">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="C41" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D41" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
-          <t>7231 Слюсар з ремонту колісних транспортних засобів
+          <t>7223 Налагоджувальник верстатів і маніпуляторів з програмним керуванням
 </t>
         </is>
       </c>
       <c r="B42" s="7" t="n">
-        <v>4</v>
+        <v>30</v>
       </c>
       <c r="C42" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
-      <c r="D42" s="9"/>
+      <c r="D42" s="9" t="n">
+        <v>46448</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 </t>
         </is>
       </c>
       <c r="B43" s="7" t="n">
         <v>12</v>
       </c>
       <c r="C43" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D43" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
-          <t>7233 Слюсар-ремонтник
+          <t>7231 Слюсар з ремонту колісних транспортних засобів
 </t>
         </is>
       </c>
       <c r="B44" s="7" t="n">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="C44" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
-      <c r="D44" s="9" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="D44" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
-          <t>7241 Електромонтер з ремонту та обслуговування електроустаткування
+          <t>7231 Слюсар з ремонту колісних транспортних засобів
 </t>
         </is>
       </c>
       <c r="B45" s="7" t="n">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C45" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D45" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
-          <t>7241 Електромонтер з ремонту та обслуговування електроустаткування
+          <t>7233 Слюсар-ремонтник
 </t>
         </is>
       </c>
       <c r="B46" s="7" t="n">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C46" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
-      <c r="D46" s="9"/>
+      <c r="D46" s="9" t="n">
+        <v>46571</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>7241 Електромонтер з ремонту та обслуговування електроустаткування
 </t>
         </is>
       </c>
       <c r="B47" s="7" t="n">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C47" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D47" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
-          <t>7412 Пекар
+          <t>7241 Електромонтер з ремонту та обслуговування електроустаткування
 </t>
         </is>
       </c>
       <c r="B48" s="7" t="n">
         <v>12</v>
       </c>
       <c r="C48" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D48" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
-          <t>7412 Пекар
+          <t>7241 Електромонтер з ремонту та обслуговування електроустаткування
 </t>
         </is>
       </c>
       <c r="B49" s="7" t="n">
         <v>4</v>
       </c>
       <c r="C49" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D49" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>7412 Пекар
 </t>
         </is>
       </c>
       <c r="B50" s="7" t="n">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="C50" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D50" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
-          <t>7433 Кравець
+          <t>7412 Пекар
 </t>
         </is>
       </c>
       <c r="B51" s="7" t="n">
-        <v>30</v>
+        <v>4</v>
       </c>
       <c r="C51" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
-      <c r="D51" s="9" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="D51" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
-          <t>7436 Швачка
+          <t>7412 Пекар
 </t>
         </is>
       </c>
       <c r="B52" s="7" t="n">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="C52" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D52" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3" t="inlineStr">
         <is>
-          <t>7436 Швачка
+          <t>7433 Кравець
 </t>
         </is>
       </c>
       <c r="B53" s="7" t="n">
         <v>30</v>
       </c>
       <c r="C53" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
-      <c r="D53" s="9"/>
+      <c r="D53" s="9" t="n">
+        <v>46571</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>7436 Швачка
 </t>
         </is>
       </c>
       <c r="B54" s="7" t="n">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="C54" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
-      <c r="D54" s="9" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="D54" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="3" t="inlineStr">
         <is>
-          <t>7439 Майстер з пошиття одягу
+          <t>7436 Швачка
 </t>
         </is>
       </c>
       <c r="B55" s="7" t="n">
-        <v>4</v>
+        <v>30</v>
       </c>
       <c r="C55" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
-      <c r="D55" s="9"/>
+      <c r="D55" s="9" t="n">
+        <v>46448</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="3" t="inlineStr">
         <is>
-          <t>7439 Майстер з пошиття одягу
+          <t>7436 Швачка
 </t>
         </is>
       </c>
       <c r="B56" s="7" t="n">
-        <v>19</v>
+        <v>30</v>
       </c>
       <c r="C56" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D56" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3" t="inlineStr">
         <is>
-          <t>8143 Оператор маніпулятора (лісове господарство та лісозаготівля)
+          <t>7439 Майстер з пошиття одягу
 </t>
         </is>
       </c>
       <c r="B57" s="7" t="n">
-        <v>15</v>
+        <v>4</v>
       </c>
       <c r="C57" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D57" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
-          <t>8162 Оператор котельні
+          <t>7439 Майстер з пошиття одягу
 </t>
         </is>
       </c>
       <c r="B58" s="7" t="n">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="C58" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
-      <c r="D58" s="9" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="D58" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
-          <t>8211 Шліфувальник
+          <t>8143 Оператор маніпулятора (лісове господарство та лісозаготівля)
 </t>
         </is>
       </c>
       <c r="B59" s="7" t="n">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="C59" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D59" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
-          <t>8211 Шліфувальник
+          <t>8162 Оператор котельні
 </t>
         </is>
       </c>
       <c r="B60" s="7" t="n">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C60" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
-      <c r="D60" s="9"/>
+      <c r="D60" s="9" t="n">
+        <v>47063</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>8211 Шліфувальник
 </t>
         </is>
       </c>
       <c r="B61" s="7" t="n">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C61" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D61" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3" t="inlineStr">
         <is>
-          <t>8211 Оператор верстатів з програмним керуванням
+          <t>8211 Верстатник широкого профілю
 </t>
         </is>
       </c>
       <c r="B62" s="7" t="n">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="C62" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
-      <c r="D62" s="9"/>
+      <c r="D62" s="9" t="n">
+        <v>46571</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
-          <t>8211 Оператор верстатів з програмним керуванням
+          <t>8211 Фрезерувальник
 </t>
         </is>
       </c>
       <c r="B63" s="7" t="n">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="C63" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D63" s="9" t="n">
         <v>46448</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3" t="inlineStr">
         <is>
-          <t>8211 Верстатник широкого профілю
+          <t>8211 Токар
 </t>
         </is>
       </c>
       <c r="B64" s="7" t="n">
         <v>30</v>
       </c>
       <c r="C64" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D64" s="9" t="n">
-        <v>46571</v>
+        <v>46448</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
-          <t>8211 Фрезерувальник
+          <t>8211 Оператор верстатів з програмним керуванням
 </t>
         </is>
       </c>
       <c r="B65" s="7" t="n">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="C65" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D65" s="9" t="n">
         <v>46448</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
-          <t>8211 Токар
+          <t>8211 Оператор верстатів з програмним керуванням
 </t>
         </is>
       </c>
       <c r="B66" s="7" t="n">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="C66" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
-      <c r="D66" s="9" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="D66" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="3" t="inlineStr">
         <is>
-          <t>8262 В'язальник трикотажних виробів та полотна
+          <t>8211 Шліфувальник
 </t>
         </is>
       </c>
       <c r="B67" s="7" t="n">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="C67" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
-      <c r="D67" s="9" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="D67" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
-          <t>8331 Тракторист-машиніст сільськогосподарського (лісогосподарського) виробництва
+          <t>8211 Шліфувальник
 </t>
         </is>
       </c>
       <c r="B68" s="7" t="n">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="C68" s="8" t="inlineStr">
         <is>
-          <t>- -</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D68" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
-          <t>8331 Тракторист-машиніст сільськогосподарського (лісогосподарського) виробництва
+          <t>8262 В'язальник трикотажних виробів та полотна
 </t>
         </is>
       </c>
       <c r="B69" s="7" t="n">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="C69" s="8" t="inlineStr">
         <is>
-          <t>- -</t>
+          <t> </t>
         </is>
       </c>
       <c r="D69" s="9" t="n">
-        <v>47867</v>
+        <v>46448</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>8331 Тракторист-машиніст сільськогосподарського (лісогосподарського) виробництва
 </t>
         </is>
       </c>
       <c r="B70" s="7" t="n">
         <v>30</v>
       </c>
       <c r="C70" s="8" t="inlineStr">
         <is>
           <t>- -</t>
         </is>
       </c>
       <c r="D70" s="9" t="n">
         <v>47867</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
-          <t>8333 Машиніст крана (кранівник)
+          <t>8331 Тракторист-машиніст сільськогосподарського (лісогосподарського) виробництва
 </t>
         </is>
       </c>
       <c r="B71" s="7" t="n">
-        <v>2</v>
+        <v>15</v>
       </c>
       <c r="C71" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D71" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D71" s="9" t="n">
+        <v>47867</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
-          <t>8333 Машиніст крана (кранівник)
+          <t>8331 Тракторист-машиніст сільськогосподарського (лісогосподарського) виробництва
 </t>
         </is>
       </c>
       <c r="B72" s="7" t="n">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C72" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D72" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D72" s="9" t="n">
+        <v>47867</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>8333 Машиніст крана (кранівник)
 </t>
         </is>
       </c>
       <c r="B73" s="7" t="n">
+        <v>14</v>
+      </c>
+      <c r="C73" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D73" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="3" t="inlineStr">
+        <is>
+          <t>8333 Машиніст крана (кранівник)
+</t>
+        </is>
+      </c>
+      <c r="B74" s="7" t="n">
+        <v>2</v>
+      </c>
+      <c r="C74" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D74" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="3" t="inlineStr">
+        <is>
+          <t>8333 Машиніст крана (кранівник)
+</t>
+        </is>
+      </c>
+      <c r="B75" s="7" t="n">
         <v>7</v>
       </c>
-      <c r="C73" s="8" t="inlineStr">
-[...4 lines deleted...]
-      <c r="D73" s="9"/>
+      <c r="C75" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D75" s="9"/>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D73"/>
+  <autoFilter ref="A1:D75"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>