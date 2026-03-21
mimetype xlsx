--- v0 (2025-12-07)
+++ v1 (2026-03-21)
@@ -1233,51 +1233,51 @@
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>