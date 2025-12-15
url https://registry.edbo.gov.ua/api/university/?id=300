--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -4632,51 +4632,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E10" s="6" t="n">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="F10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
@@ -4863,51 +4863,51 @@
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>I2</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Медицина</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
-        <v>418</v>
+        <v>417</v>
       </c>
       <c r="F17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>I3</t>
         </is>
       </c>
@@ -4966,51 +4966,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>I6</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Технології медичної діагностики та лікування</t>
         </is>
       </c>
       <c r="D20" s="3" t="inlineStr">
         <is>
           <t>Протезування-ортезування</t>
         </is>
       </c>
       <c r="E20" s="6" t="n">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>I6</t>
         </is>
       </c>
@@ -5172,84 +5172,84 @@
       <c r="H25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
           <t>221</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Стоматологія</t>
         </is>
       </c>
       <c r="D26" s="3"/>
       <c r="E26" s="6" t="n">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="F26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
           <t>222</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Медицина</t>
         </is>
       </c>
       <c r="D27" s="3"/>
       <c r="E27" s="6" t="n">
-        <v>1450</v>
+        <v>1435</v>
       </c>
       <c r="F27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B28" s="7" t="inlineStr">
         <is>
           <t>223</t>
         </is>
       </c>