--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -27,51 +27,51 @@
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="ВСП" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Факультети" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Ліцензії ПДО" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Освітні програми" sheetId="7" state="visible" r:id="rId8"/>
     <sheet name="Здобувачі ВО" sheetId="8" state="visible" r:id="rId9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'ВСП'!$A$1:$E$2</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$9</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$3</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$30</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПДО'!$A$1:$K$8</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$42</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$42</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$40</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -2961,54 +2961,56 @@
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
         <v>64524</v>
       </c>
       <c r="F14" s="3" t="inlineStr">
         <is>
           <t>Клінічна психологія</t>
         </is>
       </c>
       <c r="G14" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H14" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I14" s="9"/>
+          <t>- 19491</t>
+        </is>
+      </c>
+      <c r="I14" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J14" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K14" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>221</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Стоматологія</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="6" t="n">
@@ -3464,54 +3466,56 @@
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="6" t="n">
         <v>70226</v>
       </c>
       <c r="F25" s="3" t="inlineStr">
         <is>
           <t>Клінічна психологія</t>
         </is>
       </c>
       <c r="G25" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H25" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I25" s="9"/>
+          <t>- 19847</t>
+        </is>
+      </c>
+      <c r="I25" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J25" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K25" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
           <t>D4</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D26" s="3"/>
       <c r="E26" s="6" t="n">
@@ -4267,51 +4271,51 @@
       </c>
       <c r="J42" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K42" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K42"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I42"/>
+  <dimension ref="A1:I40"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -4455,88 +4459,88 @@
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>I6</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Технології медичної діагностики та лікування</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>I7</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E6" s="6" t="n">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="F6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
@@ -4595,121 +4599,121 @@
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>224</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Технології медичної діагностики та лікування</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="6" t="n">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E10" s="6" t="n">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="F10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
@@ -4764,51 +4768,51 @@
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>D4</t>
         </is>
       </c>
@@ -4830,84 +4834,84 @@
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>I1</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Стоматологія</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="F16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>I2</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Медицина</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
-        <v>417</v>
+        <v>407</v>
       </c>
       <c r="F17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>I3</t>
         </is>
       </c>
@@ -4962,92 +4966,92 @@
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>I6</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Технології медичної діагностики та лікування</t>
         </is>
       </c>
       <c r="D20" s="3" t="inlineStr">
         <is>
-          <t>Протезування-ортезування</t>
+          <t>Лабораторна діагностика</t>
         </is>
       </c>
       <c r="E20" s="6" t="n">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="F20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>I6</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Технології медичної діагностики та лікування</t>
         </is>
       </c>
       <c r="D21" s="3" t="inlineStr">
         <is>
-          <t>Лабораторна діагностика</t>
+          <t>Протезування-ортезування</t>
         </is>
       </c>
       <c r="E21" s="6" t="n">
-        <v>34</v>
+        <v>16</v>
       </c>
       <c r="F21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>I7</t>
         </is>
       </c>
@@ -5076,703 +5080,637 @@
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>I9</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Громадське здоров'я</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F23" s="6" t="n">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
-          <t>011</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
-          <t>Освітні, педагогічні науки</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D24" s="3"/>
       <c r="E24" s="6" t="n">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="F24" s="6" t="n">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="G24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>221</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Стоматологія</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="6" t="n">
-        <v>20</v>
+        <v>412</v>
       </c>
       <c r="F25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
-          <t>221</t>
+          <t>222</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
-          <t>Стоматологія</t>
+          <t>Медицина</t>
         </is>
       </c>
       <c r="D26" s="3"/>
       <c r="E26" s="6" t="n">
-        <v>417</v>
+        <v>1412</v>
       </c>
       <c r="F26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
-          <t>222</t>
+          <t>223</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
-          <t>Медицина</t>
+          <t>Медсестринство</t>
         </is>
       </c>
       <c r="D27" s="3"/>
       <c r="E27" s="6" t="n">
-        <v>1435</v>
+        <v>0</v>
       </c>
       <c r="F27" s="6" t="n">
-        <v>0</v>
+        <v>26</v>
       </c>
       <c r="G27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B28" s="7" t="inlineStr">
         <is>
-          <t>223</t>
+          <t>224</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
-          <t>Медсестринство</t>
-[...2 lines deleted...]
-      <c r="D28" s="3"/>
+          <t>Технології медичної діагностики та лікування</t>
+        </is>
+      </c>
+      <c r="D28" s="3" t="inlineStr">
+        <is>
+          <t>Протезування-ортезування</t>
+        </is>
+      </c>
       <c r="E28" s="6" t="n">
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="F28" s="6" t="n">
-        <v>26</v>
+        <v>0</v>
       </c>
       <c r="G28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I28" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B29" s="7" t="inlineStr">
         <is>
           <t>224</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Технології медичної діагностики та лікування</t>
         </is>
       </c>
       <c r="D29" s="3" t="inlineStr">
         <is>
-          <t>Протезування-ортезування</t>
+          <t>Лабораторна діагностика</t>
         </is>
       </c>
       <c r="E29" s="6" t="n">
-        <v>13</v>
+        <v>25</v>
       </c>
       <c r="F29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B30" s="7" t="inlineStr">
         <is>
-          <t>224</t>
+          <t>227</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
-          <t>Технології медичної діагностики та лікування</t>
+          <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D30" s="3" t="inlineStr">
         <is>
-          <t>Лабораторна діагностика</t>
+          <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E30" s="6" t="n">
-        <v>25</v>
+        <v>65</v>
       </c>
       <c r="F30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I30" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B31" s="7" t="inlineStr">
         <is>
-          <t>227</t>
+          <t>228</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
-          <t>Терапія та реабілітація</t>
-[...6 lines deleted...]
-      </c>
+          <t>Педіатрія</t>
+        </is>
+      </c>
+      <c r="D31" s="3"/>
       <c r="E31" s="6" t="n">
-        <v>68</v>
+        <v>59</v>
       </c>
       <c r="F31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I31" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B32" s="7" t="inlineStr">
         <is>
-          <t>228</t>
+          <t>229</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
-          <t>Педіатрія</t>
+          <t>Громадське здоров`я</t>
         </is>
       </c>
       <c r="D32" s="3"/>
       <c r="E32" s="6" t="n">
-        <v>59</v>
+        <v>0</v>
       </c>
       <c r="F32" s="6" t="n">
-        <v>0</v>
+        <v>21</v>
       </c>
       <c r="G32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I32" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B33" s="7" t="inlineStr">
         <is>
-          <t>229</t>
+          <t>I1</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
-          <t>Громадське здоров`я</t>
+          <t>Стоматологія</t>
         </is>
       </c>
       <c r="D33" s="3"/>
       <c r="E33" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F33" s="6" t="n">
-        <v>23</v>
+        <v>0</v>
       </c>
       <c r="G33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I33" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B34" s="7" t="inlineStr">
         <is>
-          <t>281</t>
+          <t>I2</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Медицина</t>
         </is>
       </c>
       <c r="D34" s="3"/>
       <c r="E34" s="6" t="n">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="F34" s="6" t="n">
-        <v>22</v>
+        <v>4</v>
       </c>
       <c r="G34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I34" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B35" s="7" t="inlineStr">
         <is>
-          <t>I1</t>
+          <t>I3</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
-          <t>Стоматологія</t>
+          <t>Педіатрія</t>
         </is>
       </c>
       <c r="D35" s="3"/>
       <c r="E35" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I35" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B36" s="7" t="inlineStr">
         <is>
-          <t>I2</t>
+          <t>I6</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
-          <t>Медицина</t>
+          <t>Технології медичної діагностики та лікування</t>
         </is>
       </c>
       <c r="D36" s="3"/>
       <c r="E36" s="6" t="n">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="F36" s="6" t="n">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I36" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B37" s="7" t="inlineStr">
         <is>
-          <t>I3</t>
+          <t>221</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
-          <t>Педіатрія</t>
+          <t>Стоматологія</t>
         </is>
       </c>
       <c r="D37" s="3"/>
       <c r="E37" s="6" t="n">
+        <v>10</v>
+      </c>
+      <c r="F37" s="6" t="n">
         <v>1</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="G37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I37" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B38" s="7" t="inlineStr">
         <is>
-          <t>I6</t>
+          <t>222</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
-          <t>Технології медичної діагностики та лікування</t>
+          <t>Медицина</t>
         </is>
       </c>
       <c r="D38" s="3"/>
       <c r="E38" s="6" t="n">
-        <v>0</v>
+        <v>25</v>
       </c>
       <c r="F38" s="6" t="n">
-        <v>1</v>
+        <v>19</v>
       </c>
       <c r="G38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I38" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B39" s="7" t="inlineStr">
         <is>
-          <t>221</t>
+          <t>224</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
-          <t>Стоматологія</t>
+          <t>Технології медичної діагностики та лікування</t>
         </is>
       </c>
       <c r="D39" s="3"/>
       <c r="E39" s="6" t="n">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="F39" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I39" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B40" s="7" t="inlineStr">
         <is>
-          <t>222</t>
+          <t>228</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
-          <t>Медицина</t>
+          <t>Педіатрія</t>
         </is>
       </c>
       <c r="D40" s="3"/>
       <c r="E40" s="6" t="n">
-        <v>25</v>
+        <v>4</v>
       </c>
       <c r="F40" s="6" t="n">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="G40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I40" s="6" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
-[...64 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I42"/>
+  <autoFilter ref="A1:I40"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>