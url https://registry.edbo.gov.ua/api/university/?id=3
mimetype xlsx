--- v0 (2025-11-03)
+++ v1 (2026-01-01)
@@ -18,51 +18,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Факультети" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Освітні програми" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Здобувачі ВО" sheetId="5" state="visible" r:id="rId6"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$11</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$263</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$196</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$174</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -6996,104 +6996,104 @@
       <c r="C147" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D147" s="3" t="inlineStr">
         <is>
           <t>Англійська мова і література</t>
         </is>
       </c>
       <c r="E147" s="6" t="n">
         <v>42064</v>
       </c>
       <c r="F147" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Мова і література (англійська))</t>
         </is>
       </c>
       <c r="G147" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H147" s="8" t="inlineStr">
         <is>
-          <t>- 9889</t>
+          <t>- 19443</t>
         </is>
       </c>
       <c r="I147" s="9" t="n">
-        <v>46015</v>
+        <v>48030</v>
       </c>
       <c r="J147" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K147" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B148" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C148" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D148" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E148" s="6" t="n">
         <v>61848</v>
       </c>
       <c r="F148" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Мова і література (англійська))</t>
         </is>
       </c>
       <c r="G148" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H148" s="8" t="inlineStr">
         <is>
-          <t>- 9889</t>
+          <t>- 19443</t>
         </is>
       </c>
       <c r="I148" s="9" t="n">
-        <v>46015</v>
+        <v>48030</v>
       </c>
       <c r="J148" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K148" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B149" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C149" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D149" s="3" t="inlineStr">
@@ -8270,54 +8270,56 @@
       <c r="C173" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D173" s="3" t="inlineStr">
         <is>
           <t>Ортопедагогіка</t>
         </is>
       </c>
       <c r="E173" s="6" t="n">
         <v>63609</v>
       </c>
       <c r="F173" s="3" t="inlineStr">
         <is>
           <t>Корекційна психопедагогіка. Фізична реабілітація</t>
         </is>
       </c>
       <c r="G173" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H173" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I173" s="9"/>
+          <t>- 19469</t>
+        </is>
+      </c>
+      <c r="I173" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J173" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K173" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B174" s="8" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C174" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D174" s="3"/>
       <c r="E174" s="6" t="n">
@@ -9223,54 +9225,56 @@
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C194" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D194" s="3"/>
       <c r="E194" s="6" t="n">
         <v>62787</v>
       </c>
       <c r="F194" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="G194" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H194" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I194" s="9"/>
+          <t>- 18986</t>
+        </is>
+      </c>
+      <c r="I194" s="9" t="n">
+        <v>46344</v>
+      </c>
       <c r="J194" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K194" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B195" s="8" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
       <c r="C195" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D195" s="3"/>
       <c r="E195" s="6" t="n">
@@ -9626,56 +9630,54 @@
       <c r="C203" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D203" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E203" s="6" t="n">
         <v>78204</v>
       </c>
       <c r="F203" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Англійська мова та зарубіжна література)</t>
         </is>
       </c>
       <c r="G203" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H203" s="8" t="inlineStr">
         <is>
-          <t>- 12962</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I203" s="9"/>
       <c r="J203" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K203" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B204" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C204" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D204" s="3" t="inlineStr">
         <is>
@@ -12404,51 +12406,51 @@
       </c>
       <c r="J263" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K263" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K263"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I196"/>
+  <dimension ref="A1:I174"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -12489,87 +12491,87 @@
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>A2</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="F2" s="6" t="n">
         <v>11</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>A3</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
         <v>49</v>
       </c>
       <c r="F3" s="6" t="n">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -12596,91 +12598,91 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E5" s="6" t="n">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="F5" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E6" s="6" t="n">
         <v>15</v>
       </c>
       <c r="F6" s="6" t="n">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -13443,51 +13445,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B28" s="8" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D28" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E28" s="6" t="n">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F28" s="6" t="n">
         <v>20</v>
       </c>
       <c r="G28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I28" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="8" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
@@ -13549,51 +13551,51 @@
       <c r="I30" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B31" s="8" t="inlineStr">
         <is>
           <t>B5</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D31" s="3"/>
       <c r="E31" s="6" t="n">
         <v>8</v>
       </c>
       <c r="F31" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I31" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B32" s="8" t="inlineStr">
         <is>
           <t>B6</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Перформативні мистецтва</t>
@@ -13652,51 +13654,51 @@
       <c r="I33" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B34" s="8" t="inlineStr">
         <is>
           <t>B9</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D34" s="3"/>
       <c r="E34" s="6" t="n">
         <v>10</v>
       </c>
       <c r="F34" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I34" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B35" s="8" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
@@ -13722,84 +13724,84 @@
       <c r="I35" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B36" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D36" s="3"/>
       <c r="E36" s="6" t="n">
         <v>99</v>
       </c>
       <c r="F36" s="6" t="n">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="G36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I36" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B37" s="8" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D37" s="3"/>
       <c r="E37" s="6" t="n">
         <v>15</v>
       </c>
       <c r="F37" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I37" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B38" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
@@ -14016,84 +14018,84 @@
       <c r="H44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I44" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B45" s="8" t="inlineStr">
         <is>
           <t>012</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D45" s="3"/>
       <c r="E45" s="6" t="n">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="F45" s="6" t="n">
         <v>106</v>
       </c>
       <c r="G45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I45" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B46" s="8" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C46" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D46" s="3"/>
       <c r="E46" s="6" t="n">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="F46" s="6" t="n">
         <v>74</v>
       </c>
       <c r="G46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I46" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B47" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -14345,51 +14347,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B54" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C54" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D54" s="3" t="inlineStr">
         <is>
           <t>Історія</t>
         </is>
       </c>
       <c r="E54" s="6" t="n">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="F54" s="6" t="n">
         <v>13</v>
       </c>
       <c r="G54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I54" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B55" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -14567,51 +14569,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B60" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C60" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D60" s="3" t="inlineStr">
         <is>
           <t>Фізика</t>
         </is>
       </c>
       <c r="E60" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I60" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B61" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -15085,88 +15087,88 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B74" s="8" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
       <c r="C74" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D74" s="3" t="inlineStr">
         <is>
           <t>Транспорт</t>
         </is>
       </c>
       <c r="E74" s="6" t="n">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="F74" s="6" t="n">
         <v>35</v>
       </c>
       <c r="G74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I74" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B75" s="8" t="inlineStr">
         <is>
           <t>016</t>
         </is>
       </c>
       <c r="C75" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D75" s="3" t="inlineStr">
         <is>
           <t>Логопедія</t>
         </is>
       </c>
       <c r="E75" s="6" t="n">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="F75" s="6" t="n">
         <v>46</v>
       </c>
       <c r="G75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I75" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B76" s="8" t="inlineStr">
         <is>
           <t>016</t>
         </is>
       </c>
@@ -15192,51 +15194,51 @@
       <c r="H76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I76" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B77" s="8" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C77" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D77" s="3"/>
       <c r="E77" s="6" t="n">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="F77" s="6" t="n">
         <v>53</v>
       </c>
       <c r="G77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I77" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B78" s="8" t="inlineStr">
         <is>
           <t>024</t>
         </is>
       </c>
@@ -15501,87 +15503,87 @@
       <c r="H85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I85" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B86" s="8" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C86" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D86" s="3"/>
       <c r="E86" s="6" t="n">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="F86" s="6" t="n">
         <v>5</v>
       </c>
       <c r="G86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I86" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B87" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C87" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D87" s="3"/>
       <c r="E87" s="6" t="n">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="F87" s="6" t="n">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="G87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I87" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B88" s="8" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
       <c r="C88" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
@@ -15768,51 +15770,51 @@
       <c r="I93" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B94" s="8" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
       <c r="C94" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D94" s="3"/>
       <c r="E94" s="6" t="n">
         <v>28</v>
       </c>
       <c r="F94" s="6" t="n">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="G94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I94" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B95" s="8" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C95" s="3" t="inlineStr">
         <is>
           <t>Туризм</t>
@@ -15864,51 +15866,51 @@
       <c r="H96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I96" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B97" s="8" t="inlineStr">
         <is>
           <t>A1</t>
         </is>
       </c>
       <c r="C97" s="3" t="inlineStr">
         <is>
           <t>Освітні науки</t>
         </is>
       </c>
       <c r="D97" s="3"/>
       <c r="E97" s="6" t="n">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="F97" s="6" t="n">
         <v>9</v>
       </c>
       <c r="G97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I97" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B98" s="8" t="inlineStr">
         <is>
           <t>A2</t>
         </is>
       </c>
@@ -16004,91 +16006,91 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B101" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C101" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D101" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E101" s="6" t="n">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="F101" s="6" t="n">
         <v>9</v>
       </c>
       <c r="G101" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H101" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I101" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B102" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C102" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D102" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E102" s="6" t="n">
         <v>11</v>
       </c>
       <c r="F102" s="6" t="n">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="G102" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H102" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I102" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B103" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C103" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -16673,51 +16675,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B119" s="8" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
       <c r="C119" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D119" s="3" t="inlineStr">
         <is>
           <t>Логопедія</t>
         </is>
       </c>
       <c r="E119" s="6" t="n">
         <v>17</v>
       </c>
       <c r="F119" s="6" t="n">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="G119" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H119" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I119" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B120" s="8" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
       <c r="C120" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
@@ -17181,2201 +17183,1423 @@
       <c r="H133" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I133" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B134" s="8" t="inlineStr">
         <is>
           <t>011</t>
         </is>
       </c>
       <c r="C134" s="3" t="inlineStr">
         <is>
           <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D134" s="3"/>
       <c r="E134" s="6" t="n">
-        <v>13</v>
+        <v>3</v>
       </c>
       <c r="F134" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G134" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H134" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I134" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B135" s="8" t="inlineStr">
         <is>
-          <t>012</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C135" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта</t>
-[...2 lines deleted...]
-      <c r="D135" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D135" s="3" t="inlineStr">
+        <is>
+          <t>Англійська мова та зарубіжна література</t>
+        </is>
+      </c>
       <c r="E135" s="6" t="n">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="F135" s="6" t="n">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="G135" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H135" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I135" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B136" s="8" t="inlineStr">
         <is>
-          <t>013</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C136" s="3" t="inlineStr">
         <is>
-          <t>Початкова освіта</t>
-[...2 lines deleted...]
-      <c r="D136" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D136" s="3" t="inlineStr">
+        <is>
+          <t>Німецька мова та зарубіжна література</t>
+        </is>
+      </c>
       <c r="E136" s="6" t="n">
-        <v>18</v>
+        <v>5</v>
       </c>
       <c r="F136" s="6" t="n">
-        <v>25</v>
+        <v>3</v>
       </c>
       <c r="G136" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H136" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I136" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B137" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C137" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D137" s="3" t="inlineStr">
         <is>
-          <t>Хореографія</t>
+          <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="E137" s="6" t="n">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="F137" s="6" t="n">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G137" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H137" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I137" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B138" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C138" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D138" s="3" t="inlineStr">
         <is>
-          <t>Українська мова і література</t>
+          <t>Інформатика</t>
         </is>
       </c>
       <c r="E138" s="6" t="n">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="F138" s="6" t="n">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="G138" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H138" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I138" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B139" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C139" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D139" s="3" t="inlineStr">
         <is>
-          <t>Англійська мова та зарубіжна література</t>
+          <t>Технології</t>
         </is>
       </c>
       <c r="E139" s="6" t="n">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="F139" s="6" t="n">
-        <v>25</v>
+        <v>0</v>
       </c>
       <c r="G139" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H139" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I139" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B140" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C140" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D140" s="3" t="inlineStr">
         <is>
-          <t>Німецька мова та зарубіжна література</t>
+          <t>Фізична культура</t>
         </is>
       </c>
       <c r="E140" s="6" t="n">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="F140" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G140" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H140" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I140" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B141" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>015</t>
         </is>
       </c>
       <c r="C141" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
+          <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D141" s="3" t="inlineStr">
         <is>
-          <t>Історія та громадянська освіта</t>
+          <t>Технологія виробів легкої промисловості</t>
         </is>
       </c>
       <c r="E141" s="6" t="n">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="F141" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G141" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H141" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I141" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B142" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>017</t>
         </is>
       </c>
       <c r="C142" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Фізична культура і спорт</t>
+        </is>
+      </c>
+      <c r="D142" s="3"/>
       <c r="E142" s="6" t="n">
-        <v>11</v>
+        <v>4</v>
       </c>
       <c r="F142" s="6" t="n">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="G142" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H142" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I142" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B143" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>024</t>
         </is>
       </c>
       <c r="C143" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Хореографія</t>
+        </is>
+      </c>
+      <c r="D143" s="3"/>
       <c r="E143" s="6" t="n">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="F143" s="6" t="n">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="G143" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H143" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I143" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B144" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>032</t>
         </is>
       </c>
       <c r="C144" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Історія та археологія</t>
+        </is>
+      </c>
+      <c r="D144" s="3"/>
       <c r="E144" s="6" t="n">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="F144" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G144" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H144" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I144" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B145" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>033</t>
         </is>
       </c>
       <c r="C145" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Філософія</t>
+        </is>
+      </c>
+      <c r="D145" s="3"/>
       <c r="E145" s="6" t="n">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="F145" s="6" t="n">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="G145" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H145" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I145" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B146" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>034</t>
         </is>
       </c>
       <c r="C146" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Культурологія</t>
+        </is>
+      </c>
+      <c r="D146" s="3"/>
       <c r="E146" s="6" t="n">
-        <v>11</v>
+        <v>2</v>
       </c>
       <c r="F146" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G146" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H146" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I146" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B147" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C147" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D147" s="3" t="inlineStr">
         <is>
-          <t>Інформатика</t>
+          <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E147" s="6" t="n">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F147" s="6" t="n">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="G147" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H147" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I147" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B148" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C148" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Економіка</t>
+        </is>
+      </c>
+      <c r="D148" s="3"/>
       <c r="E148" s="6" t="n">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="F148" s="6" t="n">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G148" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H148" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I148" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B149" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C149" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Психологія</t>
+        </is>
+      </c>
+      <c r="D149" s="3"/>
       <c r="E149" s="6" t="n">
-        <v>32</v>
+        <v>7</v>
       </c>
       <c r="F149" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G149" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H149" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I149" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B150" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C150" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Менеджмент</t>
+        </is>
+      </c>
+      <c r="D150" s="3"/>
       <c r="E150" s="6" t="n">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="F150" s="6" t="n">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G150" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H150" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I150" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B151" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>231</t>
         </is>
       </c>
       <c r="C151" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Соціальна робота</t>
+        </is>
+      </c>
+      <c r="D151" s="3"/>
       <c r="E151" s="6" t="n">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="F151" s="6" t="n">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="G151" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H151" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I151" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B152" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>A1</t>
         </is>
       </c>
       <c r="C152" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Освітні науки</t>
+        </is>
+      </c>
+      <c r="D152" s="3"/>
       <c r="E152" s="6" t="n">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="F152" s="6" t="n">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="G152" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H152" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I152" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B153" s="8" t="inlineStr">
         <is>
-          <t>015</t>
+          <t>A2</t>
         </is>
       </c>
       <c r="C153" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Дошкільна освіта</t>
+        </is>
+      </c>
+      <c r="D153" s="3"/>
       <c r="E153" s="6" t="n">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="F153" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G153" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H153" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I153" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B154" s="8" t="inlineStr">
         <is>
-          <t>015</t>
+          <t>A3</t>
         </is>
       </c>
       <c r="C154" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Початкова освіта</t>
+        </is>
+      </c>
+      <c r="D154" s="3"/>
       <c r="E154" s="6" t="n">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="F154" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G154" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H154" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I154" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B155" s="8" t="inlineStr">
         <is>
-          <t>016</t>
+          <t>A4</t>
         </is>
       </c>
       <c r="C155" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D155" s="3"/>
       <c r="E155" s="6" t="n">
-        <v>18</v>
+        <v>5</v>
       </c>
       <c r="F155" s="6" t="n">
-        <v>38</v>
+        <v>0</v>
       </c>
       <c r="G155" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H155" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I155" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B156" s="8" t="inlineStr">
         <is>
-          <t>016</t>
+          <t>A5</t>
         </is>
       </c>
       <c r="C156" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Професійна освіта</t>
+        </is>
+      </c>
+      <c r="D156" s="3"/>
       <c r="E156" s="6" t="n">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="F156" s="6" t="n">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="G156" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H156" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I156" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B157" s="8" t="inlineStr">
         <is>
-          <t>017</t>
+          <t>A6</t>
         </is>
       </c>
       <c r="C157" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
+          <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D157" s="3"/>
       <c r="E157" s="6" t="n">
-        <v>51</v>
+        <v>1</v>
       </c>
       <c r="F157" s="6" t="n">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="G157" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H157" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I157" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B158" s="8" t="inlineStr">
         <is>
-          <t>024</t>
+          <t>B11</t>
         </is>
       </c>
       <c r="C158" s="3" t="inlineStr">
         <is>
-          <t>Хореографія</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D158" s="3"/>
       <c r="E158" s="6" t="n">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F158" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G158" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H158" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I158" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B159" s="8" t="inlineStr">
         <is>
-          <t>031</t>
+          <t>B9</t>
         </is>
       </c>
       <c r="C159" s="3" t="inlineStr">
         <is>
-          <t>Релігієзнавство</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D159" s="3"/>
       <c r="E159" s="6" t="n">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="F159" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G159" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H159" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I159" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B160" s="8" t="inlineStr">
         <is>
-          <t>032</t>
+          <t>C1</t>
         </is>
       </c>
       <c r="C160" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D160" s="3"/>
       <c r="E160" s="6" t="n">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="F160" s="6" t="n">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G160" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H160" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I160" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B161" s="8" t="inlineStr">
         <is>
-          <t>033</t>
+          <t>C4</t>
         </is>
       </c>
       <c r="C161" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D161" s="3"/>
       <c r="E161" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F161" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G161" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H161" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I161" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B162" s="8" t="inlineStr">
         <is>
-          <t>034</t>
+          <t>E1</t>
         </is>
       </c>
       <c r="C162" s="3" t="inlineStr">
         <is>
-          <t>Культурологія</t>
+          <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D162" s="3"/>
       <c r="E162" s="6" t="n">
-        <v>19</v>
+        <v>3</v>
       </c>
       <c r="F162" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G162" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H162" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I162" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B163" s="8" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>011</t>
         </is>
       </c>
       <c r="C163" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Освітні, педагогічні науки</t>
+        </is>
+      </c>
+      <c r="D163" s="3"/>
       <c r="E163" s="6" t="n">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="F163" s="6" t="n">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="G163" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H163" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I163" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B164" s="8" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>012</t>
         </is>
       </c>
       <c r="C164" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D164" s="3"/>
       <c r="E164" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F164" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G164" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H164" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I164" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B165" s="8" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>013</t>
         </is>
       </c>
       <c r="C165" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D165" s="3"/>
       <c r="E165" s="6" t="n">
-        <v>41</v>
+        <v>3</v>
       </c>
       <c r="F165" s="6" t="n">
-        <v>206</v>
+        <v>0</v>
       </c>
       <c r="G165" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H165" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I165" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B166" s="8" t="inlineStr">
         <is>
-          <t>061</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C166" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Середня освіта</t>
         </is>
       </c>
       <c r="D166" s="3"/>
       <c r="E166" s="6" t="n">
         <v>9</v>
       </c>
       <c r="F166" s="6" t="n">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="G166" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H166" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I166" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B167" s="8" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C167" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
-[...2 lines deleted...]
-      <c r="D167" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D167" s="3" t="inlineStr">
+        <is>
+          <t>Трудове навчання та технології</t>
+        </is>
+      </c>
       <c r="E167" s="6" t="n">
-        <v>16</v>
+        <v>3</v>
       </c>
       <c r="F167" s="6" t="n">
-        <v>18</v>
+        <v>0</v>
       </c>
       <c r="G167" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H167" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I167" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B168" s="8" t="inlineStr">
         <is>
-          <t>091</t>
+          <t>015</t>
         </is>
       </c>
       <c r="C168" s="3" t="inlineStr">
         <is>
-          <t>Біологія та біохімія</t>
+          <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D168" s="3"/>
       <c r="E168" s="6" t="n">
-        <v>5</v>
+        <v>35</v>
       </c>
       <c r="F168" s="6" t="n">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="G168" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H168" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I168" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B169" s="8" t="inlineStr">
         <is>
-          <t>101</t>
+          <t>032</t>
         </is>
       </c>
       <c r="C169" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D169" s="3"/>
       <c r="E169" s="6" t="n">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="F169" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G169" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H169" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I169" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B170" s="8" t="inlineStr">
         <is>
-          <t>102</t>
+          <t>033</t>
         </is>
       </c>
       <c r="C170" s="3" t="inlineStr">
         <is>
-          <t>Хімія</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="D170" s="3"/>
       <c r="E170" s="6" t="n">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="F170" s="6" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G170" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H170" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I170" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B171" s="8" t="inlineStr">
         <is>
-          <t>106</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C171" s="3" t="inlineStr">
         <is>
-          <t>Географія</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D171" s="3"/>
       <c r="E171" s="6" t="n">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="F171" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G171" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H171" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I171" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B172" s="8" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C172" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D172" s="3"/>
       <c r="E172" s="6" t="n">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="F172" s="6" t="n">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G172" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H172" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I172" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B173" s="8" t="inlineStr">
         <is>
-          <t>231</t>
+          <t>091</t>
         </is>
       </c>
       <c r="C173" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота</t>
+          <t>Біологія</t>
         </is>
       </c>
       <c r="D173" s="3"/>
       <c r="E173" s="6" t="n">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="F173" s="6" t="n">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="G173" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H173" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I173" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B174" s="8" t="inlineStr">
         <is>
-          <t>A1</t>
+          <t>091</t>
         </is>
       </c>
       <c r="C174" s="3" t="inlineStr">
         <is>
-          <t>Освітні науки</t>
+          <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D174" s="3"/>
       <c r="E174" s="6" t="n">
         <v>6</v>
       </c>
       <c r="F174" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G174" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H174" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I174" s="6" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="175">
-[...728 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I196"/>
+  <autoFilter ref="A1:I174"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>