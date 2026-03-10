--- v1 (2026-01-01)
+++ v2 (2026-03-10)
@@ -18,51 +18,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Факультети" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Освітні програми" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Здобувачі ВО" sheetId="5" state="visible" r:id="rId6"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$11</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$263</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$174</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$162</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -8861,56 +8861,54 @@
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C186" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D186" s="3"/>
       <c r="E186" s="6" t="n">
         <v>25308</v>
       </c>
       <c r="F186" s="3" t="inlineStr">
         <is>
           <t>Менеджмент (Управління інноваційною діяльністю)</t>
         </is>
       </c>
       <c r="G186" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H186" s="8" t="inlineStr">
         <is>
-          <t>- 10099</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I186" s="9"/>
       <c r="J186" s="8" t="inlineStr">
         <is>
           <t>НД 1796768</t>
         </is>
       </c>
       <c r="K186" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B187" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C187" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
@@ -8953,56 +8951,54 @@
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C188" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D188" s="3"/>
       <c r="E188" s="6" t="n">
         <v>25310</v>
       </c>
       <c r="F188" s="3" t="inlineStr">
         <is>
           <t>Менеджмент (Управління навчальним закладом)</t>
         </is>
       </c>
       <c r="G188" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H188" s="8" t="inlineStr">
         <is>
-          <t>- 10100</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I188" s="9"/>
       <c r="J188" s="8" t="inlineStr">
         <is>
           <t>НД 1796768</t>
         </is>
       </c>
       <c r="K188" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B189" s="8" t="inlineStr">
         <is>
           <t>091</t>
         </is>
       </c>
       <c r="C189" s="3" t="inlineStr">
         <is>
           <t>Біологія</t>
         </is>
       </c>
@@ -12406,51 +12402,51 @@
       </c>
       <c r="J263" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K263" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K263"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I174"/>
+  <dimension ref="A1:I162"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -12491,84 +12487,84 @@
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>A2</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="F2" s="6" t="n">
         <v>11</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>A3</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="F3" s="6" t="n">
         <v>19</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
@@ -13005,54 +13001,54 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D16" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E16" s="6" t="n">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="F16" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -13082,51 +13078,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D18" s="3" t="inlineStr">
         <is>
           <t>Мистецтво. Музичне мистецтво</t>
         </is>
       </c>
       <c r="E18" s="6" t="n">
         <v>11</v>
       </c>
       <c r="F18" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B19" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -13227,51 +13223,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="8" t="inlineStr">
         <is>
           <t>A5</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D22" s="3" t="inlineStr">
         <is>
           <t>Технологія виробів легкої промисловості</t>
         </is>
       </c>
       <c r="E22" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="8" t="inlineStr">
         <is>
           <t>A5</t>
         </is>
       </c>
@@ -13721,54 +13717,54 @@
       <c r="H35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I35" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B36" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D36" s="3"/>
       <c r="E36" s="6" t="n">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="F36" s="6" t="n">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="G36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I36" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B37" s="8" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
@@ -14018,121 +14014,121 @@
       <c r="H44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I44" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B45" s="8" t="inlineStr">
         <is>
           <t>012</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D45" s="3"/>
       <c r="E45" s="6" t="n">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="F45" s="6" t="n">
         <v>106</v>
       </c>
       <c r="G45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I45" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B46" s="8" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C46" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D46" s="3"/>
       <c r="E46" s="6" t="n">
         <v>128</v>
       </c>
       <c r="F46" s="6" t="n">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="G46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I46" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B47" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D47" s="3" t="inlineStr">
         <is>
           <t>Хореографія</t>
         </is>
       </c>
       <c r="E47" s="6" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F47" s="6" t="n">
         <v>18</v>
       </c>
       <c r="G47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I47" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B48" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -14236,51 +14232,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B51" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D51" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E51" s="6" t="n">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="F51" s="6" t="n">
         <v>22</v>
       </c>
       <c r="G51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I51" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B52" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -14347,51 +14343,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B54" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C54" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D54" s="3" t="inlineStr">
         <is>
           <t>Історія</t>
         </is>
       </c>
       <c r="E54" s="6" t="n">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F54" s="6" t="n">
         <v>13</v>
       </c>
       <c r="G54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I54" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B55" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -14421,91 +14417,91 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B56" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C56" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D56" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="E56" s="6" t="n">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="F56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I56" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B57" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C57" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D57" s="3" t="inlineStr">
         <is>
           <t>Біологія та здоров’я людини</t>
         </is>
       </c>
       <c r="E57" s="6" t="n">
         <v>63</v>
       </c>
       <c r="F57" s="6" t="n">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="G57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I57" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B58" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C58" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -14535,51 +14531,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B59" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C59" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D59" s="3" t="inlineStr">
         <is>
           <t>Географія</t>
         </is>
       </c>
       <c r="E59" s="6" t="n">
         <v>33</v>
       </c>
       <c r="F59" s="6" t="n">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I59" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B60" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C60" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -14680,162 +14676,162 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B63" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C63" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D63" s="3" t="inlineStr">
         <is>
           <t>Трудове навчання та технології</t>
         </is>
       </c>
       <c r="E63" s="6" t="n">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="F63" s="6" t="n">
         <v>26</v>
       </c>
       <c r="G63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I63" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B64" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C64" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D64" s="3" t="inlineStr">
         <is>
           <t>Технології</t>
         </is>
       </c>
       <c r="E64" s="6" t="n">
         <v>29</v>
       </c>
       <c r="F64" s="6" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I64" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B65" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C65" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D65" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E65" s="6" t="n">
         <v>98</v>
       </c>
       <c r="F65" s="6" t="n">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="G65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I65" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B66" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D66" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво</t>
         </is>
       </c>
       <c r="E66" s="6" t="n">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="F66" s="6" t="n">
         <v>6</v>
       </c>
       <c r="G66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I66" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B67" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -15087,51 +15083,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B74" s="8" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
       <c r="C74" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D74" s="3" t="inlineStr">
         <is>
           <t>Транспорт</t>
         </is>
       </c>
       <c r="E74" s="6" t="n">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="F74" s="6" t="n">
         <v>35</v>
       </c>
       <c r="G74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I74" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B75" s="8" t="inlineStr">
         <is>
           <t>016</t>
         </is>
       </c>
@@ -15194,54 +15190,54 @@
       <c r="H76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I76" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B77" s="8" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C77" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D77" s="3"/>
       <c r="E77" s="6" t="n">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="F77" s="6" t="n">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="G77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I77" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B78" s="8" t="inlineStr">
         <is>
           <t>024</t>
         </is>
       </c>
       <c r="C78" s="3" t="inlineStr">
         <is>
           <t>Хореографія</t>
@@ -15359,51 +15355,51 @@
       <c r="H81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I81" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B82" s="8" t="inlineStr">
         <is>
           <t>034</t>
         </is>
       </c>
       <c r="C82" s="3" t="inlineStr">
         <is>
           <t>Культурологія</t>
         </is>
       </c>
       <c r="D82" s="3"/>
       <c r="E82" s="6" t="n">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="F82" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I82" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B83" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
@@ -15433,54 +15429,54 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B84" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C84" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D84" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E84" s="6" t="n">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="F84" s="6" t="n">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I84" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B85" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C85" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
@@ -15536,87 +15532,87 @@
       <c r="H86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I86" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B87" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C87" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D87" s="3"/>
       <c r="E87" s="6" t="n">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="F87" s="6" t="n">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="G87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I87" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B88" s="8" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
       <c r="C88" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D88" s="3"/>
       <c r="E88" s="6" t="n">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="F88" s="6" t="n">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I88" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B89" s="8" t="inlineStr">
         <is>
           <t>091</t>
         </is>
       </c>
       <c r="C89" s="3" t="inlineStr">
         <is>
           <t>Біологія</t>
@@ -15734,51 +15730,51 @@
       <c r="H92" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I92" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B93" s="8" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C93" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D93" s="3"/>
       <c r="E93" s="6" t="n">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I93" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B94" s="8" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
@@ -15833,51 +15829,51 @@
       <c r="H95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I95" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B96" s="8" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C96" s="3" t="inlineStr">
         <is>
           <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D96" s="3"/>
       <c r="E96" s="6" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I96" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B97" s="8" t="inlineStr">
         <is>
           <t>A1</t>
         </is>
       </c>
@@ -16083,51 +16079,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B103" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C103" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D103" s="3" t="inlineStr">
         <is>
           <t>Німецька мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E103" s="6" t="n">
         <v>2</v>
       </c>
       <c r="F103" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G103" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H103" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I103" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B104" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C104" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -16302,51 +16298,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B109" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C109" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D109" s="3" t="inlineStr">
         <is>
           <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="E109" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="F109" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G109" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H109" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I109" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B110" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
@@ -16675,51 +16671,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B119" s="8" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
       <c r="C119" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D119" s="3" t="inlineStr">
         <is>
           <t>Логопедія</t>
         </is>
       </c>
       <c r="E119" s="6" t="n">
         <v>17</v>
       </c>
       <c r="F119" s="6" t="n">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="G119" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H119" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I119" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B120" s="8" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
       <c r="C120" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
@@ -16955,84 +16951,84 @@
       <c r="I126" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B127" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C127" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D127" s="3"/>
       <c r="E127" s="6" t="n">
         <v>24</v>
       </c>
       <c r="F127" s="6" t="n">
-        <v>286</v>
+        <v>285</v>
       </c>
       <c r="G127" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H127" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I127" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B128" s="8" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C128" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D128" s="3"/>
       <c r="E128" s="6" t="n">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F128" s="6" t="n">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="G128" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H128" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I128" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B129" s="8" t="inlineStr">
         <is>
           <t>E1</t>
         </is>
       </c>
       <c r="C129" s="3" t="inlineStr">
         <is>
           <t>Біологія та біохімія</t>
@@ -17173,1433 +17169,1009 @@
       <c r="D133" s="3"/>
       <c r="E133" s="6" t="n">
         <v>4</v>
       </c>
       <c r="F133" s="6" t="n">
         <v>30</v>
       </c>
       <c r="G133" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H133" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I133" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B134" s="8" t="inlineStr">
         <is>
-          <t>011</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C134" s="3" t="inlineStr">
         <is>
-          <t>Освітні, педагогічні науки</t>
-[...2 lines deleted...]
-      <c r="D134" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D134" s="3" t="inlineStr">
+        <is>
+          <t>Інформатика</t>
+        </is>
+      </c>
       <c r="E134" s="6" t="n">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F134" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G134" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H134" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I134" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B135" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>032</t>
         </is>
       </c>
       <c r="C135" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Історія та археологія</t>
+        </is>
+      </c>
+      <c r="D135" s="3"/>
       <c r="E135" s="6" t="n">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="F135" s="6" t="n">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="G135" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H135" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I135" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B136" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>034</t>
         </is>
       </c>
       <c r="C136" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Культурологія</t>
+        </is>
+      </c>
+      <c r="D136" s="3"/>
       <c r="E136" s="6" t="n">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F136" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G136" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H136" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I136" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B137" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C137" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Психологія</t>
+        </is>
+      </c>
+      <c r="D137" s="3"/>
       <c r="E137" s="6" t="n">
+        <v>2</v>
+      </c>
+      <c r="F137" s="6" t="n">
         <v>1</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="G137" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H137" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I137" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B138" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C138" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Менеджмент</t>
+        </is>
+      </c>
+      <c r="D138" s="3"/>
       <c r="E138" s="6" t="n">
         <v>1</v>
       </c>
       <c r="F138" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G138" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H138" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I138" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B139" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>231</t>
         </is>
       </c>
       <c r="C139" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Соціальна робота</t>
+        </is>
+      </c>
+      <c r="D139" s="3"/>
       <c r="E139" s="6" t="n">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="F139" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G139" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H139" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I139" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B140" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>A1</t>
         </is>
       </c>
       <c r="C140" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Освітні науки</t>
+        </is>
+      </c>
+      <c r="D140" s="3"/>
       <c r="E140" s="6" t="n">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="F140" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G140" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H140" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I140" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B141" s="8" t="inlineStr">
         <is>
-          <t>015</t>
+          <t>A2</t>
         </is>
       </c>
       <c r="C141" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Дошкільна освіта</t>
+        </is>
+      </c>
+      <c r="D141" s="3"/>
       <c r="E141" s="6" t="n">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F141" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G141" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H141" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I141" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B142" s="8" t="inlineStr">
         <is>
-          <t>017</t>
+          <t>A3</t>
         </is>
       </c>
       <c r="C142" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
+          <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D142" s="3"/>
       <c r="E142" s="6" t="n">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F142" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G142" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H142" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I142" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B143" s="8" t="inlineStr">
         <is>
-          <t>024</t>
+          <t>A4</t>
         </is>
       </c>
       <c r="C143" s="3" t="inlineStr">
         <is>
-          <t>Хореографія</t>
+          <t>Середня освіта</t>
         </is>
       </c>
       <c r="D143" s="3"/>
       <c r="E143" s="6" t="n">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F143" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G143" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H143" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I143" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B144" s="8" t="inlineStr">
         <is>
-          <t>032</t>
+          <t>A5</t>
         </is>
       </c>
       <c r="C144" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D144" s="3"/>
       <c r="E144" s="6" t="n">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="F144" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G144" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H144" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I144" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B145" s="8" t="inlineStr">
         <is>
-          <t>033</t>
+          <t>A6</t>
         </is>
       </c>
       <c r="C145" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D145" s="3"/>
       <c r="E145" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F145" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G145" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H145" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I145" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B146" s="8" t="inlineStr">
         <is>
-          <t>034</t>
+          <t>B11</t>
         </is>
       </c>
       <c r="C146" s="3" t="inlineStr">
         <is>
-          <t>Культурологія</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D146" s="3"/>
       <c r="E146" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F146" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G146" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H146" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I146" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B147" s="8" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>B9</t>
         </is>
       </c>
       <c r="C147" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Історія та археологія</t>
+        </is>
+      </c>
+      <c r="D147" s="3"/>
       <c r="E147" s="6" t="n">
-        <v>14</v>
+        <v>2</v>
       </c>
       <c r="F147" s="6" t="n">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="G147" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H147" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I147" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B148" s="8" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>C1</t>
         </is>
       </c>
       <c r="C148" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D148" s="3"/>
       <c r="E148" s="6" t="n">
         <v>1</v>
       </c>
       <c r="F148" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G148" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H148" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I148" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B149" s="8" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>C4</t>
         </is>
       </c>
       <c r="C149" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D149" s="3"/>
       <c r="E149" s="6" t="n">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="F149" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G149" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H149" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I149" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B150" s="8" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>E1</t>
         </is>
       </c>
       <c r="C150" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D150" s="3"/>
       <c r="E150" s="6" t="n">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F150" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G150" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H150" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I150" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B151" s="8" t="inlineStr">
         <is>
-          <t>231</t>
+          <t>011</t>
         </is>
       </c>
       <c r="C151" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота</t>
+          <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D151" s="3"/>
       <c r="E151" s="6" t="n">
-        <v>2</v>
+        <v>27</v>
       </c>
       <c r="F151" s="6" t="n">
-        <v>2</v>
+        <v>15</v>
       </c>
       <c r="G151" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H151" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I151" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B152" s="8" t="inlineStr">
         <is>
-          <t>A1</t>
+          <t>012</t>
         </is>
       </c>
       <c r="C152" s="3" t="inlineStr">
         <is>
-          <t>Освітні науки</t>
+          <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D152" s="3"/>
       <c r="E152" s="6" t="n">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="F152" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G152" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H152" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I152" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B153" s="8" t="inlineStr">
         <is>
-          <t>A2</t>
+          <t>013</t>
         </is>
       </c>
       <c r="C153" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта</t>
+          <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D153" s="3"/>
       <c r="E153" s="6" t="n">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F153" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G153" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H153" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I153" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B154" s="8" t="inlineStr">
         <is>
-          <t>A3</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C154" s="3" t="inlineStr">
         <is>
-          <t>Початкова освіта</t>
+          <t>Середня освіта</t>
         </is>
       </c>
       <c r="D154" s="3"/>
       <c r="E154" s="6" t="n">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="F154" s="6" t="n">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G154" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H154" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I154" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B155" s="8" t="inlineStr">
         <is>
-          <t>A4</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C155" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
-      <c r="D155" s="3"/>
+      <c r="D155" s="3" t="inlineStr">
+        <is>
+          <t>Трудове навчання та технології</t>
+        </is>
+      </c>
       <c r="E155" s="6" t="n">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="F155" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G155" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H155" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I155" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B156" s="8" t="inlineStr">
         <is>
-          <t>A5</t>
+          <t>015</t>
         </is>
       </c>
       <c r="C156" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D156" s="3"/>
       <c r="E156" s="6" t="n">
-        <v>4</v>
+        <v>35</v>
       </c>
       <c r="F156" s="6" t="n">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="G156" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H156" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I156" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B157" s="8" t="inlineStr">
         <is>
-          <t>A6</t>
+          <t>032</t>
         </is>
       </c>
       <c r="C157" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D157" s="3"/>
       <c r="E157" s="6" t="n">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="F157" s="6" t="n">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G157" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H157" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I157" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B158" s="8" t="inlineStr">
         <is>
-          <t>B11</t>
+          <t>033</t>
         </is>
       </c>
       <c r="C158" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="D158" s="3"/>
       <c r="E158" s="6" t="n">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="F158" s="6" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G158" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H158" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I158" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B159" s="8" t="inlineStr">
         <is>
-          <t>B9</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C159" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D159" s="3"/>
       <c r="E159" s="6" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F159" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G159" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H159" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I159" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B160" s="8" t="inlineStr">
         <is>
-          <t>C1</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C160" s="3" t="inlineStr">
         <is>
-          <t>Економіка та міжнародні економічні відносини</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D160" s="3"/>
       <c r="E160" s="6" t="n">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="F160" s="6" t="n">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G160" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H160" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I160" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B161" s="8" t="inlineStr">
         <is>
-          <t>C4</t>
+          <t>091</t>
         </is>
       </c>
       <c r="C161" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Біологія</t>
         </is>
       </c>
       <c r="D161" s="3"/>
       <c r="E161" s="6" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F161" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G161" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H161" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I161" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B162" s="8" t="inlineStr">
         <is>
-          <t>E1</t>
+          <t>091</t>
         </is>
       </c>
       <c r="C162" s="3" t="inlineStr">
         <is>
           <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D162" s="3"/>
       <c r="E162" s="6" t="n">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="F162" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G162" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H162" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I162" s="6" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="163">
-[...398 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I174"/>
+  <autoFilter ref="A1:I162"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>