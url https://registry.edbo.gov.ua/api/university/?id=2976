--- v0 (2025-10-24)
+++ v1 (2026-01-20)
@@ -1689,54 +1689,56 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>D6</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Секретарська та офісна справа</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
         <v>87534</v>
       </c>
       <c r="F13" s="3" t="inlineStr">
         <is>
           <t>Правознавство та офісна комунікація</t>
         </is>
       </c>
       <c r="G13" s="3"/>
       <c r="H13" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I13" s="9"/>
+          <t>ПС 006536</t>
+        </is>
+      </c>
+      <c r="I13" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J13" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K13" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="8" t="n">
@@ -1874,84 +1876,84 @@
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>D6</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Секретарська та офісна справа</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>1</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
@@ -1973,51 +1975,51 @@
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I6"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>