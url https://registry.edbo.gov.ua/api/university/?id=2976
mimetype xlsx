--- v1 (2026-01-20)
+++ v2 (2026-03-07)
@@ -1975,51 +1975,51 @@
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I6"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>