--- v0 (2025-12-23)
+++ v1 (2026-02-20)
@@ -3400,216 +3400,216 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Верстати та інструменти</t>
         </is>
       </c>
       <c r="E10" s="6" t="n">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="F10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>G9</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="F11" s="6" t="n">
         <v>5</v>
       </c>
       <c r="G11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="8" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="F12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="8" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="F13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
-        <v>134</v>
+        <v>104</v>
       </c>
       <c r="F14" s="6" t="n">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="G14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="8" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="6" t="n">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="F15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="8" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
@@ -3634,51 +3634,51 @@
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="8" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
         <v>136</v>
       </c>
       <c r="F17" s="6" t="n">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="8" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
@@ -3697,54 +3697,54 @@
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="8" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="6" t="n">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="F19" s="6" t="n">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I19"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">