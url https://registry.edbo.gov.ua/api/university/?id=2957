--- v0 (2025-12-07)
+++ v1 (2026-01-30)
@@ -769,119 +769,119 @@
       </c>
       <c r="D1" s="4" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="4" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="4" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>4112 Оператор комп'ютерної верстки
 4113 Оператор з обробки інформації та програмного забезпечення</t>
         </is>
       </c>
       <c r="B2" s="7" t="n">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>4113 Оператор з обробки інформації та програмного забезпечення
 4112 Оператор комп'ютерної верстки</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
         <v>26</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 7241 Слюсар-електрик з ремонту електроустаткування</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>7422 Столяр
 7331 Виробник художніх виробів з дерева</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
         <v>8</v>
       </c>
       <c r="C6" s="7" t="n">