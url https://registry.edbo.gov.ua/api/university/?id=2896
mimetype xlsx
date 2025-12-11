--- v0 (2025-10-25)
+++ v1 (2025-12-11)
@@ -825,51 +825,51 @@
       </c>
       <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 7412 Кондитер</t>
         </is>
       </c>
       <c r="B2" s="7" t="n">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>7133 Штукатур
 7132 Лицювальник-плиточник</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
         <v>59</v>
       </c>
       <c r="C3" s="7" t="n">