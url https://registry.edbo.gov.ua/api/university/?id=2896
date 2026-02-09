--- v1 (2025-12-11)
+++ v2 (2026-02-09)
@@ -848,97 +848,97 @@
       </c>
       <c r="B2" s="7" t="n">
         <v>66</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>7133 Штукатур
 7132 Лицювальник-плиточник</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
-        <v>59</v>
+        <v>31</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>7212 Електрозварник ручного зварювання
 8322 Водій автотранспортних засобів
 7221 Коваль ручного кування</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7433 Кравець</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>8162 Оператор котельні</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
         <v>31</v>
       </c>
       <c r="C6" s="7" t="n">
         <v>0</v>
@@ -1029,51 +1029,51 @@
       <c r="B10" s="7" t="n">
         <v>1</v>
       </c>
       <c r="C10" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D10" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E10" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F10" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>8331 Тракторист-машиніст сільськогосподарського (лісогосподарського) виробництва
 7233 Слюсар з ремонту сільськогосподарських машин та устаткування
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B11" s="7" t="n">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="C11" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D11" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E11" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F11" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>8331 Тракторист-машиніст сільськогосподарського виробництва
 7233 Слюсар з ремонту сільськогосподарських машин та устаткування
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B12" s="7" t="n">
         <v>3</v>
       </c>
@@ -1100,51 +1100,51 @@
       <c r="B13" s="7" t="n">
         <v>3</v>
       </c>
       <c r="C13" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D13" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E13" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F13" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>8331 Тракторист-машиніст сільськогосподарського (лісогосподарського) виробництва
 8322 Водій автотранспортних засобів
 7233 Слюсар з ремонту сільськогосподарських машин та устаткування</t>
         </is>
       </c>
       <c r="B14" s="7" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C14" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D14" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E14" s="7" t="n">
         <v>1</v>
       </c>
       <c r="F14" s="7" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:F14"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>