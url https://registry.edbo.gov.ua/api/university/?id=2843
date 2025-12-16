--- v0 (2025-10-18)
+++ v1 (2025-12-16)
@@ -505,51 +505,51 @@
       </c>
       <c r="H1" s="6" t="inlineStr">
         <is>
           <t>Обсяг
 (заочна)</t>
         </is>
       </c>
       <c r="I1" s="6" t="inlineStr">
         <is>
           <t>Обсяг
 (вечірня)</t>
         </is>
       </c>
       <c r="J1" s="6" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="K1" s="6" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="L1" s="6" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
         <v>60</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>